--- v0 (2025-12-08)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e2c73c493ef4ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20083ca12ad84f9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="October, 2025" sheetId="1" r:id="Rf23ad288e2954333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="October, 2025" sheetId="1" r:id="R469a3237d7904aa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c1765a5e8c4317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf23ad288e2954333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac88670ecdc04289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R469a3237d7904aa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 15 to Tuesday 21, October, 2025</x:v>
@@ -1740,51 +1740,51 @@
       </x:c>
       <x:c r="B99" s="3" t="str">
         <x:v>ALZ 93</x:v>
       </x:c>
       <x:c r="C99" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D99" s="3" t="str">
         <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E99" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:18</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" s="3" t="str">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B100" s="3" t="str">
         <x:v>ALZ 472</x:v>
       </x:c>
       <x:c r="C100" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D100" s="3" t="str">
-        <x:v>£790.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E100" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" s="3" t="str">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B101" s="3" t="str">
         <x:v>717 AM</x:v>
       </x:c>
       <x:c r="C101" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D101" s="3" t="str">
         <x:v>£10,000.00</x:v>
       </x:c>
       <x:c r="E101" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" s="3" t="str">
         <x:v>97</x:v>
@@ -2301,51 +2301,51 @@
       </x:c>
       <x:c r="B132" s="3" t="str">
         <x:v>ANN 34T</x:v>
       </x:c>
       <x:c r="C132" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D132" s="3" t="str">
         <x:v>£1,860.00</x:v>
       </x:c>
       <x:c r="E132" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:02</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" s="3" t="str">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B133" s="3" t="str">
         <x:v>A211 NSB</x:v>
       </x:c>
       <x:c r="C133" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D133" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E133" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:25</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" s="3" t="str">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B134" s="3" t="str">
         <x:v>662 ANT</x:v>
       </x:c>
       <x:c r="C134" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D134" s="3" t="str">
         <x:v>£2,360.00</x:v>
       </x:c>
       <x:c r="E134" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:51</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" s="3" t="str">
         <x:v>130</x:v>
@@ -3338,51 +3338,51 @@
       </x:c>
       <x:c r="B193" s="3" t="str">
         <x:v>AYD 9N</x:v>
       </x:c>
       <x:c r="C193" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D193" s="3" t="str">
         <x:v>£16,010.00</x:v>
       </x:c>
       <x:c r="E193" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:52</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" s="3" t="str">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B194" s="3" t="str">
         <x:v>78 AYJ</x:v>
       </x:c>
       <x:c r="C194" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D194" s="3" t="str">
-        <x:v>£1,040.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E194" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:01</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" s="3" t="str">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B195" s="3" t="str">
         <x:v>A88 YJC</x:v>
       </x:c>
       <x:c r="C195" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D195" s="3" t="str">
         <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E195" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:37</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" s="3" t="str">
         <x:v>191</x:v>
@@ -4171,51 +4171,51 @@
       </x:c>
       <x:c r="B242" s="3" t="str">
         <x:v>BJP 77M</x:v>
       </x:c>
       <x:c r="C242" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D242" s="3" t="str">
         <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E242" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:47</x:v>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" s="3" t="str">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B243" s="3" t="str">
         <x:v>BKG 120N</x:v>
       </x:c>
       <x:c r="C243" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D243" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E243" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:47</x:v>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" s="3" t="str">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B244" s="3" t="str">
         <x:v>BKH 14N</x:v>
       </x:c>
       <x:c r="C244" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D244" s="3" t="str">
         <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E244" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:33</x:v>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" s="3" t="str">
         <x:v>240</x:v>
@@ -4766,51 +4766,51 @@
       </x:c>
       <x:c r="B277" s="3" t="str">
         <x:v>BUP 33N</x:v>
       </x:c>
       <x:c r="C277" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D277" s="3" t="str">
         <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E277" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" s="3" t="str">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B278" s="3" t="str">
         <x:v>BU54 RAH</x:v>
       </x:c>
       <x:c r="C278" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D278" s="3" t="str">
-        <x:v>£1,770.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E278" s="3" t="str">
         <x:v>Tue 21 Oct 2025 21:23</x:v>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" s="3" t="str">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B279" s="3" t="str">
         <x:v>BUR 635S</x:v>
       </x:c>
       <x:c r="C279" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D279" s="3" t="str">
         <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E279" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:52</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" s="3" t="str">
         <x:v>275</x:v>
@@ -6976,51 +6976,51 @@
       </x:c>
       <x:c r="B407" s="3" t="str">
         <x:v>DAS 5A</x:v>
       </x:c>
       <x:c r="C407" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D407" s="3" t="str">
         <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E407" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:18</x:v>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" s="3" t="str">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B408" s="3" t="str">
         <x:v>DAV 33B</x:v>
       </x:c>
       <x:c r="C408" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D408" s="3" t="str">
-        <x:v>£3,220.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E408" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:46</x:v>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" s="3" t="str">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B409" s="3" t="str">
         <x:v>DA17 WNS</x:v>
       </x:c>
       <x:c r="C409" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D409" s="3" t="str">
         <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E409" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" s="3" t="str">
         <x:v>405</x:v>
@@ -7724,51 +7724,51 @@
       </x:c>
       <x:c r="B451" s="3" t="str">
         <x:v>D321 LEO</x:v>
       </x:c>
       <x:c r="C451" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D451" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="E451" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="452">
       <x:c r="A452" s="3" t="str">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B452" s="3" t="str">
         <x:v>D777 LKV</x:v>
       </x:c>
       <x:c r="C452" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D452" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E452" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="453">
       <x:c r="A453" s="3" t="str">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B453" s="3" t="str">
         <x:v>DLM 2A</x:v>
       </x:c>
       <x:c r="C453" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D453" s="3" t="str">
         <x:v>£1,070.00</x:v>
       </x:c>
       <x:c r="E453" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="454">
       <x:c r="A454" s="3" t="str">
         <x:v>449</x:v>
@@ -7911,51 +7911,51 @@
       </x:c>
       <x:c r="B462" s="3" t="str">
         <x:v>D44 NTS</x:v>
       </x:c>
       <x:c r="C462" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D462" s="3" t="str">
         <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E462" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:44</x:v>
       </x:c>
     </x:row>
     <x:row r="463">
       <x:c r="A463" s="3" t="str">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B463" s="3" t="str">
         <x:v>DNW 470R</x:v>
       </x:c>
       <x:c r="C463" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D463" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E463" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:31</x:v>
       </x:c>
     </x:row>
     <x:row r="464">
       <x:c r="A464" s="3" t="str">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B464" s="3" t="str">
         <x:v>D411 NYH</x:v>
       </x:c>
       <x:c r="C464" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D464" s="3" t="str">
         <x:v>£2,260.00</x:v>
       </x:c>
       <x:c r="E464" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:37</x:v>
       </x:c>
     </x:row>
     <x:row r="465">
       <x:c r="A465" s="3" t="str">
         <x:v>460</x:v>
@@ -9424,51 +9424,51 @@
       </x:c>
       <x:c r="B551" s="3" t="str">
         <x:v>EMZ 876</x:v>
       </x:c>
       <x:c r="C551" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D551" s="3" t="str">
         <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E551" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="552">
       <x:c r="A552" s="3" t="str">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B552" s="3" t="str">
         <x:v>E94 NBL</x:v>
       </x:c>
       <x:c r="C552" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D552" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E552" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" s="3" t="str">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B553" s="3" t="str">
         <x:v>E115 ONA</x:v>
       </x:c>
       <x:c r="C553" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D553" s="3" t="str">
         <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E553" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" s="3" t="str">
         <x:v>549</x:v>
@@ -10002,51 +10002,51 @@
       </x:c>
       <x:c r="B585" s="3" t="str">
         <x:v>FDR 41N</x:v>
       </x:c>
       <x:c r="C585" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D585" s="3" t="str">
         <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E585" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" s="3" t="str">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B586" s="3" t="str">
         <x:v>3 FEN</x:v>
       </x:c>
       <x:c r="C586" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D586" s="3" t="str">
-        <x:v>£8,000.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E586" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:56</x:v>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" s="3" t="str">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B587" s="3" t="str">
         <x:v>FEN 6G</x:v>
       </x:c>
       <x:c r="C587" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D587" s="3" t="str">
         <x:v>£1,230.00</x:v>
       </x:c>
       <x:c r="E587" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" s="3" t="str">
         <x:v>583</x:v>
@@ -10682,51 +10682,51 @@
       </x:c>
       <x:c r="B625" s="3" t="str">
         <x:v>1984 GC</x:v>
       </x:c>
       <x:c r="C625" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D625" s="3" t="str">
         <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E625" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" s="3" t="str">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B626" s="3" t="str">
         <x:v>G105 CNC</x:v>
       </x:c>
       <x:c r="C626" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D626" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E626" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:04</x:v>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" s="3" t="str">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B627" s="3" t="str">
         <x:v>G87 COR</x:v>
       </x:c>
       <x:c r="C627" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D627" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E627" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:04</x:v>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" s="3" t="str">
         <x:v>623</x:v>
@@ -10954,51 +10954,51 @@
       </x:c>
       <x:c r="B641" s="3" t="str">
         <x:v>GHO 575T</x:v>
       </x:c>
       <x:c r="C641" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D641" s="3" t="str">
         <x:v>£5,170.00</x:v>
       </x:c>
       <x:c r="E641" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:50</x:v>
       </x:c>
     </x:row>
     <x:row r="642">
       <x:c r="A642" s="3" t="str">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B642" s="3" t="str">
         <x:v>G110 HXA</x:v>
       </x:c>
       <x:c r="C642" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D642" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E642" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="643">
       <x:c r="A643" s="3" t="str">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B643" s="3" t="str">
         <x:v>GIG 106</x:v>
       </x:c>
       <x:c r="C643" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D643" s="3" t="str">
         <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E643" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:32</x:v>
       </x:c>
     </x:row>
     <x:row r="644">
       <x:c r="A644" s="3" t="str">
         <x:v>639</x:v>
@@ -14286,51 +14286,51 @@
       </x:c>
       <x:c r="B837" s="3" t="str">
         <x:v>J82 EEN</x:v>
       </x:c>
       <x:c r="C837" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D837" s="3" t="str">
         <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E837" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:46</x:v>
       </x:c>
     </x:row>
     <x:row r="838">
       <x:c r="A838" s="3" t="str">
         <x:v>833</x:v>
       </x:c>
       <x:c r="B838" s="3" t="str">
         <x:v>J810 EMM</x:v>
       </x:c>
       <x:c r="C838" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D838" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E838" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:46</x:v>
       </x:c>
     </x:row>
     <x:row r="839">
       <x:c r="A839" s="3" t="str">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B839" s="3" t="str">
         <x:v>JEM 26R</x:v>
       </x:c>
       <x:c r="C839" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D839" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E839" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:46</x:v>
       </x:c>
     </x:row>
     <x:row r="840">
       <x:c r="A840" s="3" t="str">
         <x:v>835</x:v>
@@ -14507,51 +14507,51 @@
       </x:c>
       <x:c r="B850" s="3" t="str">
         <x:v>J175 HAH</x:v>
       </x:c>
       <x:c r="C850" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D850" s="3" t="str">
         <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E850" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:36</x:v>
       </x:c>
     </x:row>
     <x:row r="851">
       <x:c r="A851" s="3" t="str">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B851" s="3" t="str">
         <x:v>J92 HGN</x:v>
       </x:c>
       <x:c r="C851" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D851" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E851" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:49</x:v>
       </x:c>
     </x:row>
     <x:row r="852">
       <x:c r="A852" s="3" t="str">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B852" s="3" t="str">
         <x:v>93 JHR</x:v>
       </x:c>
       <x:c r="C852" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D852" s="3" t="str">
         <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E852" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:49</x:v>
       </x:c>
     </x:row>
     <x:row r="853">
       <x:c r="A853" s="3" t="str">
         <x:v>848</x:v>
@@ -15918,51 +15918,51 @@
       </x:c>
       <x:c r="B933" s="3" t="str">
         <x:v>300 JYF</x:v>
       </x:c>
       <x:c r="C933" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D933" s="3" t="str">
         <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E933" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="934">
       <x:c r="A934" s="3" t="str">
         <x:v>929</x:v>
       </x:c>
       <x:c r="B934" s="3" t="str">
         <x:v>J74 YMO</x:v>
       </x:c>
       <x:c r="C934" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D934" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E934" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:05</x:v>
       </x:c>
     </x:row>
     <x:row r="935">
       <x:c r="A935" s="3" t="str">
         <x:v>930</x:v>
       </x:c>
       <x:c r="B935" s="3" t="str">
         <x:v>J41 YNE</x:v>
       </x:c>
       <x:c r="C935" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D935" s="3" t="str">
         <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E935" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:47</x:v>
       </x:c>
     </x:row>
     <x:row r="936">
       <x:c r="A936" s="3" t="str">
         <x:v>931</x:v>
@@ -16496,51 +16496,51 @@
       </x:c>
       <x:c r="B967" s="3" t="str">
         <x:v>KER 111T</x:v>
       </x:c>
       <x:c r="C967" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D967" s="3" t="str">
         <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E967" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="968">
       <x:c r="A968" s="3" t="str">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B968" s="3" t="str">
         <x:v>KFR 511E</x:v>
       </x:c>
       <x:c r="C968" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D968" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E968" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="969">
       <x:c r="A969" s="3" t="str">
         <x:v>964</x:v>
       </x:c>
       <x:c r="B969" s="3" t="str">
         <x:v>KFZ 986</x:v>
       </x:c>
       <x:c r="C969" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D969" s="3" t="str">
         <x:v>£370.00</x:v>
       </x:c>
       <x:c r="E969" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:32</x:v>
       </x:c>
     </x:row>
     <x:row r="970">
       <x:c r="A970" s="3" t="str">
         <x:v>965</x:v>
@@ -16581,51 +16581,51 @@
       </x:c>
       <x:c r="B972" s="3" t="str">
         <x:v>KHK 1A</x:v>
       </x:c>
       <x:c r="C972" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D972" s="3" t="str">
         <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E972" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:13</x:v>
       </x:c>
     </x:row>
     <x:row r="973">
       <x:c r="A973" s="3" t="str">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B973" s="3" t="str">
         <x:v>K35 HNE</x:v>
       </x:c>
       <x:c r="C973" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D973" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E973" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:13</x:v>
       </x:c>
     </x:row>
     <x:row r="974">
       <x:c r="A974" s="3" t="str">
         <x:v>969</x:v>
       </x:c>
       <x:c r="B974" s="3" t="str">
         <x:v>KHZ 60</x:v>
       </x:c>
       <x:c r="C974" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D974" s="3" t="str">
         <x:v>£1,070.00</x:v>
       </x:c>
       <x:c r="E974" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:49</x:v>
       </x:c>
     </x:row>
     <x:row r="975">
       <x:c r="A975" s="3" t="str">
         <x:v>970</x:v>
@@ -16955,51 +16955,51 @@
       </x:c>
       <x:c r="B994" s="3" t="str">
         <x:v>KRS 54M</x:v>
       </x:c>
       <x:c r="C994" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D994" s="3" t="str">
         <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E994" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="995">
       <x:c r="A995" s="3" t="str">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B995" s="3" t="str">
         <x:v>K315 RVN</x:v>
       </x:c>
       <x:c r="C995" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D995" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E995" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:17</x:v>
       </x:c>
     </x:row>
     <x:row r="996">
       <x:c r="A996" s="3" t="str">
         <x:v>991</x:v>
       </x:c>
       <x:c r="B996" s="3" t="str">
         <x:v>KRZ 136</x:v>
       </x:c>
       <x:c r="C996" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D996" s="3" t="str">
         <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E996" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="997">
       <x:c r="A997" s="3" t="str">
         <x:v>992</x:v>
@@ -17669,51 +17669,51 @@
       </x:c>
       <x:c r="B1036" s="3" t="str">
         <x:v>LEV 101A</x:v>
       </x:c>
       <x:c r="C1036" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1036" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1036" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1037">
       <x:c r="A1037" s="3" t="str">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="str">
         <x:v>LEV 4B</x:v>
       </x:c>
       <x:c r="C1037" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1037" s="3" t="str">
-        <x:v>£560.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1037" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1038">
       <x:c r="A1038" s="3" t="str">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="str">
         <x:v>LEV 157M</x:v>
       </x:c>
       <x:c r="C1038" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1038" s="3" t="str">
         <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1038" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1039">
       <x:c r="A1039" s="3" t="str">
         <x:v>1034</x:v>
@@ -17771,51 +17771,51 @@
       </x:c>
       <x:c r="B1042" s="3" t="str">
         <x:v>L351 EYM</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1042" s="3" t="str">
         <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E1042" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" s="3" t="str">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="str">
         <x:v>L35 FKU</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1043" s="3" t="str">
-        <x:v>£460.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1043" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" s="3" t="str">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="str">
         <x:v>LGZ 90</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1044" s="3" t="str">
         <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E1044" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" s="3" t="str">
         <x:v>1040</x:v>
@@ -19029,51 +19029,51 @@
       </x:c>
       <x:c r="B1116" s="3" t="str">
         <x:v>77 MAP</x:v>
       </x:c>
       <x:c r="C1116" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1116" s="3" t="str">
         <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E1116" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1117">
       <x:c r="A1117" s="3" t="str">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="str">
         <x:v>MAR 818X</x:v>
       </x:c>
       <x:c r="C1117" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1117" s="3" t="str">
-        <x:v>£710.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1117" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1118">
       <x:c r="A1118" s="3" t="str">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="str">
         <x:v>MAS 87</x:v>
       </x:c>
       <x:c r="C1118" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1118" s="3" t="str">
         <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E1118" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1119">
       <x:c r="A1119" s="3" t="str">
         <x:v>1114</x:v>
@@ -20423,51 +20423,51 @@
       </x:c>
       <x:c r="B1198" s="3" t="str">
         <x:v>MNE 110N</x:v>
       </x:c>
       <x:c r="C1198" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1198" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1198" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1199">
       <x:c r="A1199" s="3" t="str">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="B1199" s="3" t="str">
         <x:v>M487 NES</x:v>
       </x:c>
       <x:c r="C1199" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1199" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1199" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1200">
       <x:c r="A1200" s="3" t="str">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B1200" s="3" t="str">
         <x:v>M117 NYG</x:v>
       </x:c>
       <x:c r="C1200" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1200" s="3" t="str">
         <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E1200" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1201">
       <x:c r="A1201" s="3" t="str">
         <x:v>1196</x:v>
@@ -22225,68 +22225,68 @@
       </x:c>
       <x:c r="B1304" s="3" t="str">
         <x:v>N511 NCH</x:v>
       </x:c>
       <x:c r="C1304" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1304" s="3" t="str">
         <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E1304" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1305">
       <x:c r="A1305" s="3" t="str">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="B1305" s="3" t="str">
         <x:v>N124 NTE</x:v>
       </x:c>
       <x:c r="C1305" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1305" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1305" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1306">
       <x:c r="A1306" s="3" t="str">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B1306" s="3" t="str">
         <x:v>N451 NTS</x:v>
       </x:c>
       <x:c r="C1306" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1306" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1306" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1307">
       <x:c r="A1307" s="3" t="str">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="B1307" s="3" t="str">
         <x:v>NOA 11W</x:v>
       </x:c>
       <x:c r="C1307" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1307" s="3" t="str">
         <x:v>£1,960.00</x:v>
       </x:c>
       <x:c r="E1307" s="3" t="str">
         <x:v>Tue 21 Oct 2025 20:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1308">
       <x:c r="A1308" s="3" t="str">
         <x:v>1303</x:v>
@@ -22667,51 +22667,51 @@
       </x:c>
       <x:c r="B1330" s="3" t="str">
         <x:v>733 NY</x:v>
       </x:c>
       <x:c r="C1330" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1330" s="3" t="str">
         <x:v>£2,200.00</x:v>
       </x:c>
       <x:c r="E1330" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1331">
       <x:c r="A1331" s="3" t="str">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="B1331" s="3" t="str">
         <x:v>NYM 42K</x:v>
       </x:c>
       <x:c r="C1331" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1331" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1331" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1332">
       <x:c r="A1332" s="3" t="str">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B1332" s="3" t="str">
         <x:v>500 NYY</x:v>
       </x:c>
       <x:c r="C1332" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1332" s="3" t="str">
         <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1332" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1333">
       <x:c r="A1333" s="3" t="str">
         <x:v>1328</x:v>
@@ -22905,51 +22905,51 @@
       </x:c>
       <x:c r="B1344" s="3" t="str">
         <x:v>OFZ 1111</x:v>
       </x:c>
       <x:c r="C1344" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1344" s="3" t="str">
         <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E1344" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1345">
       <x:c r="A1345" s="3" t="str">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B1345" s="3" t="str">
         <x:v>995 OG</x:v>
       </x:c>
       <x:c r="C1345" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1345" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1345" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1346">
       <x:c r="A1346" s="3" t="str">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="B1346" s="3" t="str">
         <x:v>OGW 80Y</x:v>
       </x:c>
       <x:c r="C1346" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1346" s="3" t="str">
         <x:v>£730.00</x:v>
       </x:c>
       <x:c r="E1346" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1347">
       <x:c r="A1347" s="3" t="str">
         <x:v>1342</x:v>
@@ -24571,51 +24571,51 @@
       </x:c>
       <x:c r="B1442" s="3" t="str">
         <x:v>PUP 7Y</x:v>
       </x:c>
       <x:c r="C1442" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1442" s="3" t="str">
         <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1442" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1443">
       <x:c r="A1443" s="3" t="str">
         <x:v>1438</x:v>
       </x:c>
       <x:c r="B1443" s="3" t="str">
         <x:v>PUR 531X</x:v>
       </x:c>
       <x:c r="C1443" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1443" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1443" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1444">
       <x:c r="A1444" s="3" t="str">
         <x:v>1439</x:v>
       </x:c>
       <x:c r="B1444" s="3" t="str">
         <x:v>123 PXA</x:v>
       </x:c>
       <x:c r="C1444" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1444" s="3" t="str">
         <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E1444" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1445">
       <x:c r="A1445" s="3" t="str">
         <x:v>1440</x:v>
@@ -27019,51 +27019,51 @@
       </x:c>
       <x:c r="B1586" s="3" t="str">
         <x:v>20 RYS</x:v>
       </x:c>
       <x:c r="C1586" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1586" s="3" t="str">
         <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1586" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1587">
       <x:c r="A1587" s="3" t="str">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="B1587" s="3" t="str">
         <x:v>R118 YWO</x:v>
       </x:c>
       <x:c r="C1587" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1587" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1587" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1588">
       <x:c r="A1588" s="3" t="str">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="B1588" s="3" t="str">
         <x:v>2333 S</x:v>
       </x:c>
       <x:c r="C1588" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1588" s="3" t="str">
         <x:v>£5,330.00</x:v>
       </x:c>
       <x:c r="E1588" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1589">
       <x:c r="A1589" s="3" t="str">
         <x:v>1584</x:v>
@@ -27648,51 +27648,51 @@
       </x:c>
       <x:c r="B1623" s="3" t="str">
         <x:v>SEF 1D</x:v>
       </x:c>
       <x:c r="C1623" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1623" s="3" t="str">
         <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1623" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1624">
       <x:c r="A1624" s="3" t="str">
         <x:v>1619</x:v>
       </x:c>
       <x:c r="B1624" s="3" t="str">
         <x:v>S47 EFE</x:v>
       </x:c>
       <x:c r="C1624" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1624" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1624" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1625">
       <x:c r="A1625" s="3" t="str">
         <x:v>1620</x:v>
       </x:c>
       <x:c r="B1625" s="3" t="str">
         <x:v>500 SEM</x:v>
       </x:c>
       <x:c r="C1625" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1625" s="3" t="str">
         <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1625" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1626">
       <x:c r="A1626" s="3" t="str">
         <x:v>1621</x:v>
@@ -29059,51 +29059,51 @@
       </x:c>
       <x:c r="B1706" s="3" t="str">
         <x:v>S62 RMC</x:v>
       </x:c>
       <x:c r="C1706" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1706" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E1706" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1707">
       <x:c r="A1707" s="3" t="str">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="B1707" s="3" t="str">
         <x:v>S955 RML</x:v>
       </x:c>
       <x:c r="C1707" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1707" s="3" t="str">
-        <x:v>£200.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1707" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1708">
       <x:c r="A1708" s="3" t="str">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="B1708" s="3" t="str">
         <x:v>S71 ROS</x:v>
       </x:c>
       <x:c r="C1708" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1708" s="3" t="str">
         <x:v>£820.00</x:v>
       </x:c>
       <x:c r="E1708" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1709">
       <x:c r="A1709" s="3" t="str">
         <x:v>1704</x:v>
@@ -29739,51 +29739,51 @@
       </x:c>
       <x:c r="B1746" s="3" t="str">
         <x:v>SXZ 1000</x:v>
       </x:c>
       <x:c r="C1746" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1746" s="3" t="str">
         <x:v>£1,030.00</x:v>
       </x:c>
       <x:c r="E1746" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1747">
       <x:c r="A1747" s="3" t="str">
         <x:v>1742</x:v>
       </x:c>
       <x:c r="B1747" s="3" t="str">
         <x:v>8055 SY</x:v>
       </x:c>
       <x:c r="C1747" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1747" s="3" t="str">
-        <x:v>£4,780.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1747" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1748">
       <x:c r="A1748" s="3" t="str">
         <x:v>1743</x:v>
       </x:c>
       <x:c r="B1748" s="3" t="str">
         <x:v>S481 YAL</x:v>
       </x:c>
       <x:c r="C1748" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1748" s="3" t="str">
         <x:v>£620.00</x:v>
       </x:c>
       <x:c r="E1748" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1749">
       <x:c r="A1749" s="3" t="str">
         <x:v>1744</x:v>
@@ -30028,51 +30028,51 @@
       </x:c>
       <x:c r="B1763" s="3" t="str">
         <x:v>TCP 9S</x:v>
       </x:c>
       <x:c r="C1763" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1763" s="3" t="str">
         <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E1763" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1764">
       <x:c r="A1764" s="3" t="str">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="B1764" s="3" t="str">
         <x:v>T51 CYV</x:v>
       </x:c>
       <x:c r="C1764" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1764" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1764" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1765">
       <x:c r="A1765" s="3" t="str">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="B1765" s="3" t="str">
         <x:v>TDM 805S</x:v>
       </x:c>
       <x:c r="C1765" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1765" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1765" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1766">
       <x:c r="A1766" s="3" t="str">
         <x:v>1761</x:v>
@@ -31337,51 +31337,51 @@
       </x:c>
       <x:c r="B1840" s="3" t="str">
         <x:v>111 UTT</x:v>
       </x:c>
       <x:c r="C1840" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1840" s="3" t="str">
         <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1840" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1841">
       <x:c r="A1841" s="3" t="str">
         <x:v>1836</x:v>
       </x:c>
       <x:c r="B1841" s="3" t="str">
         <x:v>UUI 972</x:v>
       </x:c>
       <x:c r="C1841" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1841" s="3" t="str">
-        <x:v>£420.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1841" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1842">
       <x:c r="A1842" s="3" t="str">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B1842" s="3" t="str">
         <x:v>11 UVL</x:v>
       </x:c>
       <x:c r="C1842" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1842" s="3" t="str">
         <x:v>£3,500.00</x:v>
       </x:c>
       <x:c r="E1842" s="3" t="str">
         <x:v>Tue 21 Oct 2025 20:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1843">
       <x:c r="A1843" s="3" t="str">
         <x:v>1838</x:v>
@@ -31694,51 +31694,51 @@
       </x:c>
       <x:c r="B1861" s="3" t="str">
         <x:v>VIG 777</x:v>
       </x:c>
       <x:c r="C1861" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1861" s="3" t="str">
         <x:v>£1,300.00</x:v>
       </x:c>
       <x:c r="E1861" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1862">
       <x:c r="A1862" s="3" t="str">
         <x:v>1857</x:v>
       </x:c>
       <x:c r="B1862" s="3" t="str">
         <x:v>2277 VK</x:v>
       </x:c>
       <x:c r="C1862" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1862" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1862" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1863">
       <x:c r="A1863" s="3" t="str">
         <x:v>1858</x:v>
       </x:c>
       <x:c r="B1863" s="3" t="str">
         <x:v>1 VKC</x:v>
       </x:c>
       <x:c r="C1863" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1863" s="3" t="str">
         <x:v>£9,210.00</x:v>
       </x:c>
       <x:c r="E1863" s="3" t="str">
         <x:v>Tue 21 Oct 2025 19:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1864">
       <x:c r="A1864" s="3" t="str">
         <x:v>1859</x:v>
@@ -33139,68 +33139,68 @@
       </x:c>
       <x:c r="B1946" s="3" t="str">
         <x:v>X96 MRD</x:v>
       </x:c>
       <x:c r="C1946" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1946" s="3" t="str">
         <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E1946" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1947">
       <x:c r="A1947" s="3" t="str">
         <x:v>1942</x:v>
       </x:c>
       <x:c r="B1947" s="3" t="str">
         <x:v>X71 MUR</x:v>
       </x:c>
       <x:c r="C1947" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1947" s="3" t="str">
-        <x:v>£420.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1947" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1948">
       <x:c r="A1948" s="3" t="str">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="B1948" s="3" t="str">
         <x:v>XNZ 123</x:v>
       </x:c>
       <x:c r="C1948" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1948" s="3" t="str">
-        <x:v>£610.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1948" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1949">
       <x:c r="A1949" s="3" t="str">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="B1949" s="3" t="str">
         <x:v>XOX 101X</x:v>
       </x:c>
       <x:c r="C1949" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1949" s="3" t="str">
         <x:v>£2,800.00</x:v>
       </x:c>
       <x:c r="E1949" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1950">
       <x:c r="A1950" s="3" t="str">
         <x:v>1945</x:v>
@@ -33326,51 +33326,51 @@
       </x:c>
       <x:c r="B1957" s="3" t="str">
         <x:v>XSW 337Y</x:v>
       </x:c>
       <x:c r="C1957" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1957" s="3" t="str">
         <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1957" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1958">
       <x:c r="A1958" s="3" t="str">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="B1958" s="3" t="str">
         <x:v>XTV 1P</x:v>
       </x:c>
       <x:c r="C1958" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1958" s="3" t="str">
-        <x:v>£810.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1958" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1959">
       <x:c r="A1959" s="3" t="str">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="B1959" s="3" t="str">
         <x:v>X41 UFC</x:v>
       </x:c>
       <x:c r="C1959" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1959" s="3" t="str">
         <x:v>£1,470.00</x:v>
       </x:c>
       <x:c r="E1959" s="3" t="str">
         <x:v>Tue 21 Oct 2025 19:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1960">
       <x:c r="A1960" s="3" t="str">
         <x:v>1955</x:v>
@@ -33547,51 +33547,51 @@
       </x:c>
       <x:c r="B1970" s="3" t="str">
         <x:v>YBB 1T</x:v>
       </x:c>
       <x:c r="C1970" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1970" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1970" s="3" t="str">
         <x:v>Tue 21 Oct 2025 19:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1971">
       <x:c r="A1971" s="3" t="str">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="B1971" s="3" t="str">
         <x:v>YBZ 95</x:v>
       </x:c>
       <x:c r="C1971" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1971" s="3" t="str">
-        <x:v>£760.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1971" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1972">
       <x:c r="A1972" s="3" t="str">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="B1972" s="3" t="str">
         <x:v>24 YDA</x:v>
       </x:c>
       <x:c r="C1972" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1972" s="3" t="str">
         <x:v>£2,930.00</x:v>
       </x:c>
       <x:c r="E1972" s="3" t="str">
         <x:v>Tue 21 Oct 2025 19:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1973">
       <x:c r="A1973" s="3" t="str">
         <x:v>1968</x:v>