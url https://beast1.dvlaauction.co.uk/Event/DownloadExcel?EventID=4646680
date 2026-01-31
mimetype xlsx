--- v1 (2026-01-31)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20083ca12ad84f9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90535c3a8074286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="October, 2025" sheetId="1" r:id="R469a3237d7904aa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="October, 2025" sheetId="1" r:id="R1dbb48d8a6e44901"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac88670ecdc04289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R469a3237d7904aa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245a0e96f8264f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1dbb48d8a6e44901" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 15 to Tuesday 21, October, 2025</x:v>