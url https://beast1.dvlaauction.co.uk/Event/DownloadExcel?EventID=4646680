--- v2 (2026-01-31)
+++ v3 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf90535c3a8074286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7721681210947ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="October, 2025" sheetId="1" r:id="R1dbb48d8a6e44901"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="October, 2025" sheetId="1" r:id="R716eab8aa5994edb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R245a0e96f8264f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1dbb48d8a6e44901" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeedc2c85fc44bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R716eab8aa5994edb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 15 to Tuesday 21, October, 2025</x:v>
@@ -1740,51 +1740,51 @@
       </x:c>
       <x:c r="B99" s="3" t="str">
         <x:v>ALZ 93</x:v>
       </x:c>
       <x:c r="C99" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D99" s="3" t="str">
         <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E99" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:18</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" s="3" t="str">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B100" s="3" t="str">
         <x:v>ALZ 472</x:v>
       </x:c>
       <x:c r="C100" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D100" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£790.00</x:v>
       </x:c>
       <x:c r="E100" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" s="3" t="str">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B101" s="3" t="str">
         <x:v>717 AM</x:v>
       </x:c>
       <x:c r="C101" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D101" s="3" t="str">
         <x:v>£10,000.00</x:v>
       </x:c>
       <x:c r="E101" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" s="3" t="str">
         <x:v>97</x:v>
@@ -3338,51 +3338,51 @@
       </x:c>
       <x:c r="B193" s="3" t="str">
         <x:v>AYD 9N</x:v>
       </x:c>
       <x:c r="C193" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D193" s="3" t="str">
         <x:v>£16,010.00</x:v>
       </x:c>
       <x:c r="E193" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:52</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" s="3" t="str">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B194" s="3" t="str">
         <x:v>78 AYJ</x:v>
       </x:c>
       <x:c r="C194" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D194" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£1,040.00</x:v>
       </x:c>
       <x:c r="E194" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:01</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" s="3" t="str">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B195" s="3" t="str">
         <x:v>A88 YJC</x:v>
       </x:c>
       <x:c r="C195" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D195" s="3" t="str">
         <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E195" s="3" t="str">
         <x:v>Tue 21 Oct 2025 11:37</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" s="3" t="str">
         <x:v>191</x:v>
@@ -4766,51 +4766,51 @@
       </x:c>
       <x:c r="B277" s="3" t="str">
         <x:v>BUP 33N</x:v>
       </x:c>
       <x:c r="C277" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D277" s="3" t="str">
         <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E277" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" s="3" t="str">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B278" s="3" t="str">
         <x:v>BU54 RAH</x:v>
       </x:c>
       <x:c r="C278" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D278" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£1,770.00</x:v>
       </x:c>
       <x:c r="E278" s="3" t="str">
         <x:v>Tue 21 Oct 2025 21:23</x:v>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" s="3" t="str">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B279" s="3" t="str">
         <x:v>BUR 635S</x:v>
       </x:c>
       <x:c r="C279" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D279" s="3" t="str">
         <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E279" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:52</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" s="3" t="str">
         <x:v>275</x:v>
@@ -6976,51 +6976,51 @@
       </x:c>
       <x:c r="B407" s="3" t="str">
         <x:v>DAS 5A</x:v>
       </x:c>
       <x:c r="C407" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D407" s="3" t="str">
         <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E407" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:18</x:v>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" s="3" t="str">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B408" s="3" t="str">
         <x:v>DAV 33B</x:v>
       </x:c>
       <x:c r="C408" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D408" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£3,220.00</x:v>
       </x:c>
       <x:c r="E408" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:46</x:v>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" s="3" t="str">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B409" s="3" t="str">
         <x:v>DA17 WNS</x:v>
       </x:c>
       <x:c r="C409" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D409" s="3" t="str">
         <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E409" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" s="3" t="str">
         <x:v>405</x:v>
@@ -10002,51 +10002,51 @@
       </x:c>
       <x:c r="B585" s="3" t="str">
         <x:v>FDR 41N</x:v>
       </x:c>
       <x:c r="C585" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D585" s="3" t="str">
         <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E585" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" s="3" t="str">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B586" s="3" t="str">
         <x:v>3 FEN</x:v>
       </x:c>
       <x:c r="C586" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D586" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£8,000.00</x:v>
       </x:c>
       <x:c r="E586" s="3" t="str">
         <x:v>Tue 21 Oct 2025 12:56</x:v>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" s="3" t="str">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B587" s="3" t="str">
         <x:v>FEN 6G</x:v>
       </x:c>
       <x:c r="C587" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D587" s="3" t="str">
         <x:v>£1,230.00</x:v>
       </x:c>
       <x:c r="E587" s="3" t="str">
         <x:v>Tue 21 Oct 2025 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" s="3" t="str">
         <x:v>583</x:v>
@@ -17669,51 +17669,51 @@
       </x:c>
       <x:c r="B1036" s="3" t="str">
         <x:v>LEV 101A</x:v>
       </x:c>
       <x:c r="C1036" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1036" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1036" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1037">
       <x:c r="A1037" s="3" t="str">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="str">
         <x:v>LEV 4B</x:v>
       </x:c>
       <x:c r="C1037" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1037" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E1037" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1038">
       <x:c r="A1038" s="3" t="str">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="str">
         <x:v>LEV 157M</x:v>
       </x:c>
       <x:c r="C1038" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1038" s="3" t="str">
         <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1038" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1039">
       <x:c r="A1039" s="3" t="str">
         <x:v>1034</x:v>
@@ -17771,51 +17771,51 @@
       </x:c>
       <x:c r="B1042" s="3" t="str">
         <x:v>L351 EYM</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1042" s="3" t="str">
         <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E1042" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" s="3" t="str">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="str">
         <x:v>L35 FKU</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1043" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E1043" s="3" t="str">
         <x:v>Tue 21 Oct 2025 15:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" s="3" t="str">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="str">
         <x:v>LGZ 90</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1044" s="3" t="str">
         <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E1044" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" s="3" t="str">
         <x:v>1040</x:v>
@@ -19029,51 +19029,51 @@
       </x:c>
       <x:c r="B1116" s="3" t="str">
         <x:v>77 MAP</x:v>
       </x:c>
       <x:c r="C1116" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1116" s="3" t="str">
         <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E1116" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1117">
       <x:c r="A1117" s="3" t="str">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="str">
         <x:v>MAR 818X</x:v>
       </x:c>
       <x:c r="C1117" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1117" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1117" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1118">
       <x:c r="A1118" s="3" t="str">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="str">
         <x:v>MAS 87</x:v>
       </x:c>
       <x:c r="C1118" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1118" s="3" t="str">
         <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E1118" s="3" t="str">
         <x:v>Tue 21 Oct 2025 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1119">
       <x:c r="A1119" s="3" t="str">
         <x:v>1114</x:v>
@@ -29059,51 +29059,51 @@
       </x:c>
       <x:c r="B1706" s="3" t="str">
         <x:v>S62 RMC</x:v>
       </x:c>
       <x:c r="C1706" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1706" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E1706" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1707">
       <x:c r="A1707" s="3" t="str">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="B1707" s="3" t="str">
         <x:v>S955 RML</x:v>
       </x:c>
       <x:c r="C1707" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1707" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1707" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1708">
       <x:c r="A1708" s="3" t="str">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="B1708" s="3" t="str">
         <x:v>S71 ROS</x:v>
       </x:c>
       <x:c r="C1708" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1708" s="3" t="str">
         <x:v>£820.00</x:v>
       </x:c>
       <x:c r="E1708" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1709">
       <x:c r="A1709" s="3" t="str">
         <x:v>1704</x:v>
@@ -29739,51 +29739,51 @@
       </x:c>
       <x:c r="B1746" s="3" t="str">
         <x:v>SXZ 1000</x:v>
       </x:c>
       <x:c r="C1746" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1746" s="3" t="str">
         <x:v>£1,030.00</x:v>
       </x:c>
       <x:c r="E1746" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1747">
       <x:c r="A1747" s="3" t="str">
         <x:v>1742</x:v>
       </x:c>
       <x:c r="B1747" s="3" t="str">
         <x:v>8055 SY</x:v>
       </x:c>
       <x:c r="C1747" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1747" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£4,780.00</x:v>
       </x:c>
       <x:c r="E1747" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1748">
       <x:c r="A1748" s="3" t="str">
         <x:v>1743</x:v>
       </x:c>
       <x:c r="B1748" s="3" t="str">
         <x:v>S481 YAL</x:v>
       </x:c>
       <x:c r="C1748" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1748" s="3" t="str">
         <x:v>£620.00</x:v>
       </x:c>
       <x:c r="E1748" s="3" t="str">
         <x:v>Tue 21 Oct 2025 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1749">
       <x:c r="A1749" s="3" t="str">
         <x:v>1744</x:v>
@@ -31337,51 +31337,51 @@
       </x:c>
       <x:c r="B1840" s="3" t="str">
         <x:v>111 UTT</x:v>
       </x:c>
       <x:c r="C1840" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1840" s="3" t="str">
         <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1840" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1841">
       <x:c r="A1841" s="3" t="str">
         <x:v>1836</x:v>
       </x:c>
       <x:c r="B1841" s="3" t="str">
         <x:v>UUI 972</x:v>
       </x:c>
       <x:c r="C1841" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1841" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E1841" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1842">
       <x:c r="A1842" s="3" t="str">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B1842" s="3" t="str">
         <x:v>11 UVL</x:v>
       </x:c>
       <x:c r="C1842" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1842" s="3" t="str">
         <x:v>£3,500.00</x:v>
       </x:c>
       <x:c r="E1842" s="3" t="str">
         <x:v>Tue 21 Oct 2025 20:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1843">
       <x:c r="A1843" s="3" t="str">
         <x:v>1838</x:v>
@@ -33139,68 +33139,68 @@
       </x:c>
       <x:c r="B1946" s="3" t="str">
         <x:v>X96 MRD</x:v>
       </x:c>
       <x:c r="C1946" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1946" s="3" t="str">
         <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E1946" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1947">
       <x:c r="A1947" s="3" t="str">
         <x:v>1942</x:v>
       </x:c>
       <x:c r="B1947" s="3" t="str">
         <x:v>X71 MUR</x:v>
       </x:c>
       <x:c r="C1947" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1947" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E1947" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1948">
       <x:c r="A1948" s="3" t="str">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="B1948" s="3" t="str">
         <x:v>XNZ 123</x:v>
       </x:c>
       <x:c r="C1948" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1948" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1948" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1949">
       <x:c r="A1949" s="3" t="str">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="B1949" s="3" t="str">
         <x:v>XOX 101X</x:v>
       </x:c>
       <x:c r="C1949" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1949" s="3" t="str">
         <x:v>£2,800.00</x:v>
       </x:c>
       <x:c r="E1949" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1950">
       <x:c r="A1950" s="3" t="str">
         <x:v>1945</x:v>
@@ -33326,51 +33326,51 @@
       </x:c>
       <x:c r="B1957" s="3" t="str">
         <x:v>XSW 337Y</x:v>
       </x:c>
       <x:c r="C1957" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1957" s="3" t="str">
         <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1957" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1958">
       <x:c r="A1958" s="3" t="str">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="B1958" s="3" t="str">
         <x:v>XTV 1P</x:v>
       </x:c>
       <x:c r="C1958" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1958" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1958" s="3" t="str">
         <x:v>Tue 21 Oct 2025 17:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1959">
       <x:c r="A1959" s="3" t="str">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="B1959" s="3" t="str">
         <x:v>X41 UFC</x:v>
       </x:c>
       <x:c r="C1959" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1959" s="3" t="str">
         <x:v>£1,470.00</x:v>
       </x:c>
       <x:c r="E1959" s="3" t="str">
         <x:v>Tue 21 Oct 2025 19:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1960">
       <x:c r="A1960" s="3" t="str">
         <x:v>1955</x:v>
@@ -33547,51 +33547,51 @@
       </x:c>
       <x:c r="B1970" s="3" t="str">
         <x:v>YBB 1T</x:v>
       </x:c>
       <x:c r="C1970" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1970" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1970" s="3" t="str">
         <x:v>Tue 21 Oct 2025 19:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1971">
       <x:c r="A1971" s="3" t="str">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="B1971" s="3" t="str">
         <x:v>YBZ 95</x:v>
       </x:c>
       <x:c r="C1971" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1971" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1971" s="3" t="str">
         <x:v>Tue 21 Oct 2025 18:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1972">
       <x:c r="A1972" s="3" t="str">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="B1972" s="3" t="str">
         <x:v>24 YDA</x:v>
       </x:c>
       <x:c r="C1972" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1972" s="3" t="str">
         <x:v>£2,930.00</x:v>
       </x:c>
       <x:c r="E1972" s="3" t="str">
         <x:v>Tue 21 Oct 2025 19:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1973">
       <x:c r="A1973" s="3" t="str">
         <x:v>1968</x:v>