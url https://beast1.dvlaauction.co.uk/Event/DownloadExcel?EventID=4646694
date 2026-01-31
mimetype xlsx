--- v0 (2025-12-08)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e7ac23e2e94437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fd29746fc74ff3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="R1db7341e7859496d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="R7a3b04e9b0d64fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77659b4c36fa4fb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1db7341e7859496d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0974d9085e8047aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a3b04e9b0d64fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 19 to Tuesday 25, November, 2025</x:v>
@@ -2369,51 +2369,51 @@
       </x:c>
       <x:c r="B136" s="3" t="str">
         <x:v>A81 RCS</x:v>
       </x:c>
       <x:c r="C136" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D136" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E136" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:26</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" s="3" t="str">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B137" s="3" t="str">
         <x:v>ARD 111C</x:v>
       </x:c>
       <x:c r="C137" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D137" s="3" t="str">
-        <x:v>£1,110.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E137" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:26</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" s="3" t="str">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B138" s="3" t="str">
         <x:v>A81 REE</x:v>
       </x:c>
       <x:c r="C138" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D138" s="3" t="str">
         <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E138" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:19</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" s="3" t="str">
         <x:v>134</x:v>
@@ -2675,51 +2675,51 @@
       </x:c>
       <x:c r="B154" s="3" t="str">
         <x:v>AS68 KEW</x:v>
       </x:c>
       <x:c r="C154" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D154" s="3" t="str">
         <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E154" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" s="3" t="str">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B155" s="3" t="str">
         <x:v>A111 SLY</x:v>
       </x:c>
       <x:c r="C155" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D155" s="3" t="str">
-        <x:v>£760.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E155" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:49</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" s="3" t="str">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B156" s="3" t="str">
         <x:v>ASM 33R</x:v>
       </x:c>
       <x:c r="C156" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D156" s="3" t="str">
         <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E156" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:30</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" s="3" t="str">
         <x:v>152</x:v>
@@ -2964,51 +2964,51 @@
       </x:c>
       <x:c r="B171" s="3" t="str">
         <x:v>AVI 3</x:v>
       </x:c>
       <x:c r="C171" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D171" s="3" t="str">
         <x:v>£18,010.00</x:v>
       </x:c>
       <x:c r="E171" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:32</x:v>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" s="3" t="str">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B172" s="3" t="str">
         <x:v>AVM 802S</x:v>
       </x:c>
       <x:c r="C172" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D172" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E172" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:33</x:v>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" s="3" t="str">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B173" s="3" t="str">
         <x:v>AVR 24J</x:v>
       </x:c>
       <x:c r="C173" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D173" s="3" t="str">
         <x:v>£1,370.00</x:v>
       </x:c>
       <x:c r="E173" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:31</x:v>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" s="3" t="str">
         <x:v>169</x:v>
@@ -4919,51 +4919,51 @@
       </x:c>
       <x:c r="B286" s="3" t="str">
         <x:v>BRO 944N</x:v>
       </x:c>
       <x:c r="C286" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D286" s="3" t="str">
         <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E286" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" s="3" t="str">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B287" s="3" t="str">
         <x:v>BRO 511S</x:v>
       </x:c>
       <x:c r="C287" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D287" s="3" t="str">
-        <x:v>£510.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E287" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:56</x:v>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" s="3" t="str">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B288" s="3" t="str">
         <x:v>BRO 8Y</x:v>
       </x:c>
       <x:c r="C288" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D288" s="3" t="str">
         <x:v>£2,420.00</x:v>
       </x:c>
       <x:c r="E288" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" s="3" t="str">
         <x:v>284</x:v>
@@ -5990,51 +5990,51 @@
       </x:c>
       <x:c r="B349" s="3" t="str">
         <x:v>5 CHG</x:v>
       </x:c>
       <x:c r="C349" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D349" s="3" t="str">
         <x:v>£5,540.00</x:v>
       </x:c>
       <x:c r="E349" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" s="3" t="str">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B350" s="3" t="str">
         <x:v>CHM 850G</x:v>
       </x:c>
       <x:c r="C350" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D350" s="3" t="str">
-        <x:v>£250.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E350" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:08</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" s="3" t="str">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B351" s="3" t="str">
         <x:v>CHN 4V</x:v>
       </x:c>
       <x:c r="C351" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D351" s="3" t="str">
         <x:v>£3,710.00</x:v>
       </x:c>
       <x:c r="E351" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" s="3" t="str">
         <x:v>347</x:v>
@@ -9441,51 +9441,51 @@
       </x:c>
       <x:c r="B552" s="3" t="str">
         <x:v>E30 FML</x:v>
       </x:c>
       <x:c r="C552" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D552" s="3" t="str">
         <x:v>£1,550.00</x:v>
       </x:c>
       <x:c r="E552" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:01</x:v>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" s="3" t="str">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B553" s="3" t="str">
         <x:v>E63 FYP</x:v>
       </x:c>
       <x:c r="C553" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D553" s="3" t="str">
-        <x:v>£410.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E553" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" s="3" t="str">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B554" s="3" t="str">
         <x:v>EFZ 88</x:v>
       </x:c>
       <x:c r="C554" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D554" s="3" t="str">
         <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E554" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:02</x:v>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" s="3" t="str">
         <x:v>550</x:v>
@@ -9917,51 +9917,51 @@
       </x:c>
       <x:c r="B580" s="3" t="str">
         <x:v>E30 OLL</x:v>
       </x:c>
       <x:c r="C580" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D580" s="3" t="str">
         <x:v>£580.00</x:v>
       </x:c>
       <x:c r="E580" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:38</x:v>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" s="3" t="str">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B581" s="3" t="str">
         <x:v>E573 PHE</x:v>
       </x:c>
       <x:c r="C581" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D581" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E581" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" s="3" t="str">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B582" s="3" t="str">
         <x:v>E39 PMX</x:v>
       </x:c>
       <x:c r="C582" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D582" s="3" t="str">
         <x:v>£480.00</x:v>
       </x:c>
       <x:c r="E582" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" s="3" t="str">
         <x:v>578</x:v>
@@ -10240,51 +10240,51 @@
       </x:c>
       <x:c r="B599" s="3" t="str">
         <x:v>48 FAN</x:v>
       </x:c>
       <x:c r="C599" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D599" s="3" t="str">
         <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E599" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" s="3" t="str">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B600" s="3" t="str">
         <x:v>FAN 77X</x:v>
       </x:c>
       <x:c r="C600" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D600" s="3" t="str">
-        <x:v>£360.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E600" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" s="3" t="str">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B601" s="3" t="str">
         <x:v>FAR 30D</x:v>
       </x:c>
       <x:c r="C601" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D601" s="3" t="str">
         <x:v>£2,600.00</x:v>
       </x:c>
       <x:c r="E601" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:39</x:v>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" s="3" t="str">
         <x:v>597</x:v>
@@ -10631,51 +10631,51 @@
       </x:c>
       <x:c r="B622" s="3" t="str">
         <x:v>84 FK</x:v>
       </x:c>
       <x:c r="C622" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D622" s="3" t="str">
         <x:v>£6,340.00</x:v>
       </x:c>
       <x:c r="E622" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" s="3" t="str">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B623" s="3" t="str">
         <x:v>FKH 805S</x:v>
       </x:c>
       <x:c r="C623" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D623" s="3" t="str">
-        <x:v>£590.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E623" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" s="3" t="str">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B624" s="3" t="str">
         <x:v>F56 KLB</x:v>
       </x:c>
       <x:c r="C624" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D624" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E624" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" s="3" t="str">
         <x:v>620</x:v>
@@ -11345,51 +11345,51 @@
       </x:c>
       <x:c r="B664" s="3" t="str">
         <x:v>FU17 HAM</x:v>
       </x:c>
       <x:c r="C664" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D664" s="3" t="str">
         <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E664" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="665">
       <x:c r="A665" s="3" t="str">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B665" s="3" t="str">
         <x:v>210 G</x:v>
       </x:c>
       <x:c r="C665" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D665" s="3" t="str">
-        <x:v>£12,100.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E665" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:24</x:v>
       </x:c>
     </x:row>
     <x:row r="666">
       <x:c r="A666" s="3" t="str">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B666" s="3" t="str">
         <x:v>G111 ACE</x:v>
       </x:c>
       <x:c r="C666" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D666" s="3" t="str">
         <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E666" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="667">
       <x:c r="A667" s="3" t="str">
         <x:v>662</x:v>
@@ -13368,51 +13368,51 @@
       </x:c>
       <x:c r="B783" s="3" t="str">
         <x:v>H96 MAC</x:v>
       </x:c>
       <x:c r="C783" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D783" s="3" t="str">
         <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E783" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="784">
       <x:c r="A784" s="3" t="str">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B784" s="3" t="str">
         <x:v>H41 MAD</x:v>
       </x:c>
       <x:c r="C784" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D784" s="3" t="str">
-        <x:v>£5,610.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E784" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:35</x:v>
       </x:c>
     </x:row>
     <x:row r="785">
       <x:c r="A785" s="3" t="str">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B785" s="3" t="str">
         <x:v>H44 MDX</x:v>
       </x:c>
       <x:c r="C785" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D785" s="3" t="str">
         <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E785" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="786">
       <x:c r="A786" s="3" t="str">
         <x:v>781</x:v>
@@ -13912,51 +13912,51 @@
       </x:c>
       <x:c r="B815" s="3" t="str">
         <x:v>24 HSC</x:v>
       </x:c>
       <x:c r="C815" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D815" s="3" t="str">
         <x:v>£4,390.00</x:v>
       </x:c>
       <x:c r="E815" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="816">
       <x:c r="A816" s="3" t="str">
         <x:v>811</x:v>
       </x:c>
       <x:c r="B816" s="3" t="str">
         <x:v>HSH 44M</x:v>
       </x:c>
       <x:c r="C816" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D816" s="3" t="str">
-        <x:v>£4,510.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E816" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="817">
       <x:c r="A817" s="3" t="str">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B817" s="3" t="str">
         <x:v>HST 4R</x:v>
       </x:c>
       <x:c r="C817" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D817" s="3" t="str">
         <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E817" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="818">
       <x:c r="A818" s="3" t="str">
         <x:v>813</x:v>
@@ -13980,51 +13980,51 @@
       </x:c>
       <x:c r="B819" s="3" t="str">
         <x:v>81 HT</x:v>
       </x:c>
       <x:c r="C819" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D819" s="3" t="str">
         <x:v>£6,620.00</x:v>
       </x:c>
       <x:c r="E819" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="820">
       <x:c r="A820" s="3" t="str">
         <x:v>815</x:v>
       </x:c>
       <x:c r="B820" s="3" t="str">
         <x:v>H355 TAS</x:v>
       </x:c>
       <x:c r="C820" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D820" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E820" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:42</x:v>
       </x:c>
     </x:row>
     <x:row r="821">
       <x:c r="A821" s="3" t="str">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B821" s="3" t="str">
         <x:v>H44 THM</x:v>
       </x:c>
       <x:c r="C821" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D821" s="3" t="str">
         <x:v>£750.00</x:v>
       </x:c>
       <x:c r="E821" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="822">
       <x:c r="A822" s="3" t="str">
         <x:v>817</x:v>
@@ -15051,51 +15051,51 @@
       </x:c>
       <x:c r="B882" s="3" t="str">
         <x:v>1981 JG</x:v>
       </x:c>
       <x:c r="C882" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D882" s="3" t="str">
         <x:v>£8,630.00</x:v>
       </x:c>
       <x:c r="E882" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:14</x:v>
       </x:c>
     </x:row>
     <x:row r="883">
       <x:c r="A883" s="3" t="str">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B883" s="3" t="str">
         <x:v>J84 GHE</x:v>
       </x:c>
       <x:c r="C883" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D883" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E883" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="884">
       <x:c r="A884" s="3" t="str">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B884" s="3" t="str">
         <x:v>J53 GUN</x:v>
       </x:c>
       <x:c r="C884" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D884" s="3" t="str">
         <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E884" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:02</x:v>
       </x:c>
     </x:row>
     <x:row r="885">
       <x:c r="A885" s="3" t="str">
         <x:v>880</x:v>
@@ -16173,51 +16173,51 @@
       </x:c>
       <x:c r="B948" s="3" t="str">
         <x:v>J98 UDE</x:v>
       </x:c>
       <x:c r="C948" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D948" s="3" t="str">
         <x:v>£1,770.00</x:v>
       </x:c>
       <x:c r="E948" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:17</x:v>
       </x:c>
     </x:row>
     <x:row r="949">
       <x:c r="A949" s="3" t="str">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B949" s="3" t="str">
         <x:v>JUD 6F</x:v>
       </x:c>
       <x:c r="C949" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D949" s="3" t="str">
-        <x:v>£3,420.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E949" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:46</x:v>
       </x:c>
     </x:row>
     <x:row r="950">
       <x:c r="A950" s="3" t="str">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B950" s="3" t="str">
         <x:v>J778 ULL</x:v>
       </x:c>
       <x:c r="C950" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D950" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E950" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:08</x:v>
       </x:c>
     </x:row>
     <x:row r="951">
       <x:c r="A951" s="3" t="str">
         <x:v>946</x:v>
@@ -16989,51 +16989,51 @@
       </x:c>
       <x:c r="B996" s="3" t="str">
         <x:v>K51 KHS</x:v>
       </x:c>
       <x:c r="C996" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D996" s="3" t="str">
         <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E996" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:51</x:v>
       </x:c>
     </x:row>
     <x:row r="997">
       <x:c r="A997" s="3" t="str">
         <x:v>992</x:v>
       </x:c>
       <x:c r="B997" s="3" t="str">
         <x:v>K117 KMJ</x:v>
       </x:c>
       <x:c r="C997" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D997" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E997" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="998">
       <x:c r="A998" s="3" t="str">
         <x:v>993</x:v>
       </x:c>
       <x:c r="B998" s="3" t="str">
         <x:v>3 KKW</x:v>
       </x:c>
       <x:c r="C998" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D998" s="3" t="str">
         <x:v>£4,930.00</x:v>
       </x:c>
       <x:c r="E998" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:36</x:v>
       </x:c>
     </x:row>
     <x:row r="999">
       <x:c r="A999" s="3" t="str">
         <x:v>994</x:v>
@@ -17380,51 +17380,51 @@
       </x:c>
       <x:c r="B1019" s="3" t="str">
         <x:v>KRU 71K</x:v>
       </x:c>
       <x:c r="C1019" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1019" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1019" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1020">
       <x:c r="A1020" s="3" t="str">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="B1020" s="3" t="str">
         <x:v>K220 SML</x:v>
       </x:c>
       <x:c r="C1020" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1020" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1020" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1021">
       <x:c r="A1021" s="3" t="str">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="B1021" s="3" t="str">
         <x:v>KSR 1E</x:v>
       </x:c>
       <x:c r="C1021" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1021" s="3" t="str">
         <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1021" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1022">
       <x:c r="A1022" s="3" t="str">
         <x:v>1017</x:v>
@@ -17652,51 +17652,51 @@
       </x:c>
       <x:c r="B1035" s="3" t="str">
         <x:v>179 LAN</x:v>
       </x:c>
       <x:c r="C1035" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1035" s="3" t="str">
         <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1035" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1036">
       <x:c r="A1036" s="3" t="str">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B1036" s="3" t="str">
         <x:v>LAO 571N</x:v>
       </x:c>
       <x:c r="C1036" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1036" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1036" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1037">
       <x:c r="A1037" s="3" t="str">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="str">
         <x:v>LAU 999H</x:v>
       </x:c>
       <x:c r="C1037" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1037" s="3" t="str">
         <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E1037" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1038">
       <x:c r="A1038" s="3" t="str">
         <x:v>1033</x:v>
@@ -17771,51 +17771,51 @@
       </x:c>
       <x:c r="B1042" s="3" t="str">
         <x:v>LAY 744X</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1042" s="3" t="str">
         <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E1042" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" s="3" t="str">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="str">
         <x:v>LAZ 93</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1043" s="3" t="str">
-        <x:v>£960.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1043" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" s="3" t="str">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="str">
         <x:v>118 LB</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1044" s="3" t="str">
         <x:v>£4,810.00</x:v>
       </x:c>
       <x:c r="E1044" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" s="3" t="str">
         <x:v>1040</x:v>
@@ -18876,51 +18876,51 @@
       </x:c>
       <x:c r="B1107" s="3" t="str">
         <x:v>L571 TCH</x:v>
       </x:c>
       <x:c r="C1107" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1107" s="3" t="str">
         <x:v>£240.00</x:v>
       </x:c>
       <x:c r="E1107" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1108">
       <x:c r="A1108" s="3" t="str">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="B1108" s="3" t="str">
         <x:v>L122 TEL</x:v>
       </x:c>
       <x:c r="C1108" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1108" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1108" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1109">
       <x:c r="A1109" s="3" t="str">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="B1109" s="3" t="str">
         <x:v>4 LTK</x:v>
       </x:c>
       <x:c r="C1109" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1109" s="3" t="str">
         <x:v>£4,240.00</x:v>
       </x:c>
       <x:c r="E1109" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1110">
       <x:c r="A1110" s="3" t="str">
         <x:v>1105</x:v>
@@ -20100,51 +20100,51 @@
       </x:c>
       <x:c r="B1179" s="3" t="str">
         <x:v>6 MGN</x:v>
       </x:c>
       <x:c r="C1179" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1179" s="3" t="str">
         <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1179" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1180">
       <x:c r="A1180" s="3" t="str">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="str">
         <x:v>MGR 14Y</x:v>
       </x:c>
       <x:c r="C1180" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1180" s="3" t="str">
-        <x:v>£790.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1180" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1181">
       <x:c r="A1181" s="3" t="str">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="str">
         <x:v>M140 GUE</x:v>
       </x:c>
       <x:c r="C1181" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1181" s="3" t="str">
         <x:v>£370.00</x:v>
       </x:c>
       <x:c r="E1181" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1182">
       <x:c r="A1182" s="3" t="str">
         <x:v>1177</x:v>
@@ -20338,51 +20338,51 @@
       </x:c>
       <x:c r="B1193" s="3" t="str">
         <x:v>MJC 703X</x:v>
       </x:c>
       <x:c r="C1193" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1193" s="3" t="str">
         <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1193" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1194">
       <x:c r="A1194" s="3" t="str">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="B1194" s="3" t="str">
         <x:v>M811 JEE</x:v>
       </x:c>
       <x:c r="C1194" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1194" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1194" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1195">
       <x:c r="A1195" s="3" t="str">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="B1195" s="3" t="str">
         <x:v>25 MJM</x:v>
       </x:c>
       <x:c r="C1195" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1195" s="3" t="str">
         <x:v>£14,530.00</x:v>
       </x:c>
       <x:c r="E1195" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1196">
       <x:c r="A1196" s="3" t="str">
         <x:v>1191</x:v>
@@ -21494,51 +21494,51 @@
       </x:c>
       <x:c r="B1261" s="3" t="str">
         <x:v>52 MU</x:v>
       </x:c>
       <x:c r="C1261" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1261" s="3" t="str">
         <x:v>£7,310.00</x:v>
       </x:c>
       <x:c r="E1261" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1262">
       <x:c r="A1262" s="3" t="str">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="B1262" s="3" t="str">
         <x:v>MUB 111N</x:v>
       </x:c>
       <x:c r="C1262" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1262" s="3" t="str">
-        <x:v>£4,650.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1262" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1263">
       <x:c r="A1263" s="3" t="str">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B1263" s="3" t="str">
         <x:v>M51 UDN</x:v>
       </x:c>
       <x:c r="C1263" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1263" s="3" t="str">
         <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E1263" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1264">
       <x:c r="A1264" s="3" t="str">
         <x:v>1259</x:v>
@@ -22276,51 +22276,51 @@
       </x:c>
       <x:c r="B1307" s="3" t="str">
         <x:v>NOE 120D</x:v>
       </x:c>
       <x:c r="C1307" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1307" s="3" t="str">
         <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1307" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1308">
       <x:c r="A1308" s="3" t="str">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B1308" s="3" t="str">
         <x:v>N170 OEL</x:v>
       </x:c>
       <x:c r="C1308" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1308" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1308" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1309">
       <x:c r="A1309" s="3" t="str">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="B1309" s="3" t="str">
         <x:v>NOV 4B</x:v>
       </x:c>
       <x:c r="C1309" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1309" s="3" t="str">
         <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1309" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1310">
       <x:c r="A1310" s="3" t="str">
         <x:v>1305</x:v>
@@ -22412,51 +22412,51 @@
       </x:c>
       <x:c r="B1315" s="3" t="str">
         <x:v>N421 RMR</x:v>
       </x:c>
       <x:c r="C1315" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1315" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1315" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1316">
       <x:c r="A1316" s="3" t="str">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B1316" s="3" t="str">
         <x:v>N421 RNN</x:v>
       </x:c>
       <x:c r="C1316" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1316" s="3" t="str">
-        <x:v>£590.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1316" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1317">
       <x:c r="A1317" s="3" t="str">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B1317" s="3" t="str">
         <x:v>6 NSA</x:v>
       </x:c>
       <x:c r="C1317" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1317" s="3" t="str">
         <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1317" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1318">
       <x:c r="A1318" s="3" t="str">
         <x:v>1313</x:v>
@@ -22582,51 +22582,51 @@
       </x:c>
       <x:c r="B1325" s="3" t="str">
         <x:v>1 NYX</x:v>
       </x:c>
       <x:c r="C1325" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1325" s="3" t="str">
         <x:v>£13,280.00</x:v>
       </x:c>
       <x:c r="E1325" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1326">
       <x:c r="A1326" s="3" t="str">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B1326" s="3" t="str">
         <x:v>3000 O</x:v>
       </x:c>
       <x:c r="C1326" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1326" s="3" t="str">
-        <x:v>£28,510.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1326" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1327">
       <x:c r="A1327" s="3" t="str">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="B1327" s="3" t="str">
         <x:v>OAD 33S</x:v>
       </x:c>
       <x:c r="C1327" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1327" s="3" t="str">
         <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1327" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1328">
       <x:c r="A1328" s="3" t="str">
         <x:v>1323</x:v>
@@ -23194,51 +23194,51 @@
       </x:c>
       <x:c r="B1361" s="3" t="str">
         <x:v>197 OS</x:v>
       </x:c>
       <x:c r="C1361" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1361" s="3" t="str">
         <x:v>£4,160.00</x:v>
       </x:c>
       <x:c r="E1361" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1362">
       <x:c r="A1362" s="3" t="str">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B1362" s="3" t="str">
         <x:v>OSE 471A</x:v>
       </x:c>
       <x:c r="C1362" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1362" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1362" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1363">
       <x:c r="A1363" s="3" t="str">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="B1363" s="3" t="str">
         <x:v>OSM 48N</x:v>
       </x:c>
       <x:c r="C1363" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1363" s="3" t="str">
         <x:v>£6,110.00</x:v>
       </x:c>
       <x:c r="E1363" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1364">
       <x:c r="A1364" s="3" t="str">
         <x:v>1359</x:v>
@@ -23364,51 +23364,51 @@
       </x:c>
       <x:c r="B1371" s="3" t="str">
         <x:v>PAD 1L</x:v>
       </x:c>
       <x:c r="C1371" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1371" s="3" t="str">
         <x:v>£4,330.00</x:v>
       </x:c>
       <x:c r="E1371" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1372">
       <x:c r="A1372" s="3" t="str">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="B1372" s="3" t="str">
         <x:v>PAK 757N</x:v>
       </x:c>
       <x:c r="C1372" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1372" s="3" t="str">
-        <x:v>£7,630.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1372" s="3" t="str">
         <x:v>Tue 25 Nov 2025 23:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1373">
       <x:c r="A1373" s="3" t="str">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B1373" s="3" t="str">
         <x:v>PAM 4E</x:v>
       </x:c>
       <x:c r="C1373" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1373" s="3" t="str">
         <x:v>£2,370.00</x:v>
       </x:c>
       <x:c r="E1373" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1374">
       <x:c r="A1374" s="3" t="str">
         <x:v>1369</x:v>
@@ -23942,136 +23942,136 @@
       </x:c>
       <x:c r="B1405" s="3" t="str">
         <x:v>100 PKY</x:v>
       </x:c>
       <x:c r="C1405" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1405" s="3" t="str">
         <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E1405" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1406">
       <x:c r="A1406" s="3" t="str">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="B1406" s="3" t="str">
         <x:v>PKZ 786</x:v>
       </x:c>
       <x:c r="C1406" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1406" s="3" t="str">
-        <x:v>£2,710.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1406" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1407">
       <x:c r="A1407" s="3" t="str">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="B1407" s="3" t="str">
         <x:v>PL08 ANT</x:v>
       </x:c>
       <x:c r="C1407" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1407" s="3" t="str">
         <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E1407" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1408">
       <x:c r="A1408" s="3" t="str">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="B1408" s="3" t="str">
         <x:v>PLA 180Y</x:v>
       </x:c>
       <x:c r="C1408" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1408" s="3" t="str">
         <x:v>£3,130.00</x:v>
       </x:c>
       <x:c r="E1408" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1409">
       <x:c r="A1409" s="3" t="str">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="B1409" s="3" t="str">
         <x:v>P713 LDY</x:v>
       </x:c>
       <x:c r="C1409" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1409" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1409" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1410">
       <x:c r="A1410" s="3" t="str">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="B1410" s="3" t="str">
         <x:v>P81 LTD</x:v>
       </x:c>
       <x:c r="C1410" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1410" s="3" t="str">
         <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E1410" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1411">
       <x:c r="A1411" s="3" t="str">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="B1411" s="3" t="str">
         <x:v>PLU 697P</x:v>
       </x:c>
       <x:c r="C1411" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1411" s="3" t="str">
-        <x:v>£320.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1411" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1412">
       <x:c r="A1412" s="3" t="str">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="B1412" s="3" t="str">
         <x:v>160 PM</x:v>
       </x:c>
       <x:c r="C1412" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1412" s="3" t="str">
         <x:v>£5,530.00</x:v>
       </x:c>
       <x:c r="E1412" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1413">
       <x:c r="A1413" s="3" t="str">
         <x:v>1408</x:v>
@@ -24095,51 +24095,51 @@
       </x:c>
       <x:c r="B1414" s="3" t="str">
         <x:v>PMA 1A</x:v>
       </x:c>
       <x:c r="C1414" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1414" s="3" t="str">
         <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E1414" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1415">
       <x:c r="A1415" s="3" t="str">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="B1415" s="3" t="str">
         <x:v>P986 MCG</x:v>
       </x:c>
       <x:c r="C1415" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1415" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1415" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1416">
       <x:c r="A1416" s="3" t="str">
         <x:v>1411</x:v>
       </x:c>
       <x:c r="B1416" s="3" t="str">
         <x:v>PMC 5S</x:v>
       </x:c>
       <x:c r="C1416" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1416" s="3" t="str">
         <x:v>£2,810.00</x:v>
       </x:c>
       <x:c r="E1416" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1417">
       <x:c r="A1417" s="3" t="str">
         <x:v>1412</x:v>
@@ -24809,51 +24809,51 @@
       </x:c>
       <x:c r="B1456" s="3" t="str">
         <x:v>RA21 LPH</x:v>
       </x:c>
       <x:c r="C1456" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1456" s="3" t="str">
         <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1456" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1457">
       <x:c r="A1457" s="3" t="str">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="B1457" s="3" t="str">
         <x:v>85 RAM</x:v>
       </x:c>
       <x:c r="C1457" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1457" s="3" t="str">
-        <x:v>£6,810.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1457" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1458">
       <x:c r="A1458" s="3" t="str">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="B1458" s="3" t="str">
         <x:v>RAM 141N</x:v>
       </x:c>
       <x:c r="C1458" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1458" s="3" t="str">
         <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1458" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1459">
       <x:c r="A1459" s="3" t="str">
         <x:v>1454</x:v>
@@ -25302,51 +25302,51 @@
       </x:c>
       <x:c r="B1485" s="3" t="str">
         <x:v>998 RGP</x:v>
       </x:c>
       <x:c r="C1485" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1485" s="3" t="str">
         <x:v>£880.00</x:v>
       </x:c>
       <x:c r="E1485" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1486">
       <x:c r="A1486" s="3" t="str">
         <x:v>1481</x:v>
       </x:c>
       <x:c r="B1486" s="3" t="str">
         <x:v>R96 GWD</x:v>
       </x:c>
       <x:c r="C1486" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1486" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1486" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1487">
       <x:c r="A1487" s="3" t="str">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="B1487" s="3" t="str">
         <x:v>RHA 7H</x:v>
       </x:c>
       <x:c r="C1487" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1487" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1487" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1488">
       <x:c r="A1488" s="3" t="str">
         <x:v>1483</x:v>
@@ -25489,51 +25489,51 @@
       </x:c>
       <x:c r="B1496" s="3" t="str">
         <x:v>RJS 18</x:v>
       </x:c>
       <x:c r="C1496" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1496" s="3" t="str">
         <x:v>£5,580.00</x:v>
       </x:c>
       <x:c r="E1496" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1497">
       <x:c r="A1497" s="3" t="str">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="B1497" s="3" t="str">
         <x:v>211 RK</x:v>
       </x:c>
       <x:c r="C1497" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1497" s="3" t="str">
-        <x:v>£5,110.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1497" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1498">
       <x:c r="A1498" s="3" t="str">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="B1498" s="3" t="str">
         <x:v>111 RKC</x:v>
       </x:c>
       <x:c r="C1498" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1498" s="3" t="str">
         <x:v>£5,610.00</x:v>
       </x:c>
       <x:c r="E1498" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1499">
       <x:c r="A1499" s="3" t="str">
         <x:v>1494</x:v>
@@ -25778,51 +25778,51 @@
       </x:c>
       <x:c r="B1513" s="3" t="str">
         <x:v>R144 NNA</x:v>
       </x:c>
       <x:c r="C1513" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1513" s="3" t="str">
         <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E1513" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1514">
       <x:c r="A1514" s="3" t="str">
         <x:v>1509</x:v>
       </x:c>
       <x:c r="B1514" s="3" t="str">
         <x:v>RNZ 800</x:v>
       </x:c>
       <x:c r="C1514" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1514" s="3" t="str">
-        <x:v>£1,000.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1514" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1515">
       <x:c r="A1515" s="3" t="str">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="B1515" s="3" t="str">
         <x:v>ROB 602E</x:v>
       </x:c>
       <x:c r="C1515" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1515" s="3" t="str">
         <x:v>£1,760.00</x:v>
       </x:c>
       <x:c r="E1515" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1516">
       <x:c r="A1516" s="3" t="str">
         <x:v>1511</x:v>
@@ -26186,51 +26186,51 @@
       </x:c>
       <x:c r="B1537" s="3" t="str">
         <x:v>R53 RJW</x:v>
       </x:c>
       <x:c r="C1537" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1537" s="3" t="str">
         <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1537" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1538">
       <x:c r="A1538" s="3" t="str">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="B1538" s="3" t="str">
         <x:v>R49 RKE</x:v>
       </x:c>
       <x:c r="C1538" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1538" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1538" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1539">
       <x:c r="A1539" s="3" t="str">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="B1539" s="3" t="str">
         <x:v>R150 RTD</x:v>
       </x:c>
       <x:c r="C1539" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1539" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1539" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1540">
       <x:c r="A1540" s="3" t="str">
         <x:v>1535</x:v>
@@ -26883,51 +26883,51 @@
       </x:c>
       <x:c r="B1578" s="3" t="str">
         <x:v>SAJ 114D</x:v>
       </x:c>
       <x:c r="C1578" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1578" s="3" t="str">
         <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E1578" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1579">
       <x:c r="A1579" s="3" t="str">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="B1579" s="3" t="str">
         <x:v>SAJ 11L</x:v>
       </x:c>
       <x:c r="C1579" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1579" s="3" t="str">
-        <x:v>£2,890.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1579" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1580">
       <x:c r="A1580" s="3" t="str">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="B1580" s="3" t="str">
         <x:v>SAL 777G</x:v>
       </x:c>
       <x:c r="C1580" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1580" s="3" t="str">
         <x:v>£2,330.00</x:v>
       </x:c>
       <x:c r="E1580" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1581">
       <x:c r="A1581" s="3" t="str">
         <x:v>1576</x:v>
@@ -27767,51 +27767,51 @@
       </x:c>
       <x:c r="B1630" s="3" t="str">
         <x:v>SHA 40K</x:v>
       </x:c>
       <x:c r="C1630" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1630" s="3" t="str">
         <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1630" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1631">
       <x:c r="A1631" s="3" t="str">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="B1631" s="3" t="str">
         <x:v>S91 HAM</x:v>
       </x:c>
       <x:c r="C1631" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1631" s="3" t="str">
-        <x:v>£800.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1631" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1632">
       <x:c r="A1632" s="3" t="str">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="B1632" s="3" t="str">
         <x:v>SH18 ANE</x:v>
       </x:c>
       <x:c r="C1632" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1632" s="3" t="str">
         <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1632" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1633">
       <x:c r="A1633" s="3" t="str">
         <x:v>1628</x:v>
@@ -28889,51 +28889,51 @@
       </x:c>
       <x:c r="B1696" s="3" t="str">
         <x:v>23 SRP</x:v>
       </x:c>
       <x:c r="C1696" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1696" s="3" t="str">
         <x:v>£10,270.00</x:v>
       </x:c>
       <x:c r="E1696" s="3" t="str">
         <x:v>Tue 25 Nov 2025 23:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1697">
       <x:c r="A1697" s="3" t="str">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="B1697" s="3" t="str">
         <x:v>S114 RPJ</x:v>
       </x:c>
       <x:c r="C1697" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1697" s="3" t="str">
-        <x:v>£720.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1697" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1698">
       <x:c r="A1698" s="3" t="str">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="B1698" s="3" t="str">
         <x:v>SRU 6G</x:v>
       </x:c>
       <x:c r="C1698" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1698" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1698" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1699">
       <x:c r="A1699" s="3" t="str">
         <x:v>1694</x:v>
@@ -29246,51 +29246,51 @@
       </x:c>
       <x:c r="B1717" s="3" t="str">
         <x:v>STH 31M</x:v>
       </x:c>
       <x:c r="C1717" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1717" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1717" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1718">
       <x:c r="A1718" s="3" t="str">
         <x:v>1713</x:v>
       </x:c>
       <x:c r="B1718" s="3" t="str">
         <x:v>STR 866X</x:v>
       </x:c>
       <x:c r="C1718" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1718" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1718" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1719">
       <x:c r="A1719" s="3" t="str">
         <x:v>1714</x:v>
       </x:c>
       <x:c r="B1719" s="3" t="str">
         <x:v>S38 TUK</x:v>
       </x:c>
       <x:c r="C1719" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1719" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1719" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1720">
       <x:c r="A1720" s="3" t="str">
         <x:v>1715</x:v>
@@ -29348,51 +29348,51 @@
       </x:c>
       <x:c r="B1723" s="3" t="str">
         <x:v>SUF 1G</x:v>
       </x:c>
       <x:c r="C1723" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1723" s="3" t="str">
         <x:v>£4,650.00</x:v>
       </x:c>
       <x:c r="E1723" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1724">
       <x:c r="A1724" s="3" t="str">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="B1724" s="3" t="str">
         <x:v>SUM 47N</x:v>
       </x:c>
       <x:c r="C1724" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1724" s="3" t="str">
-        <x:v>£2,550.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1724" s="3" t="str">
         <x:v>Tue 25 Nov 2025 20:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1725">
       <x:c r="A1725" s="3" t="str">
         <x:v>1720</x:v>
       </x:c>
       <x:c r="B1725" s="3" t="str">
         <x:v>SUM 800Y</x:v>
       </x:c>
       <x:c r="C1725" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1725" s="3" t="str">
         <x:v>£6,030.00</x:v>
       </x:c>
       <x:c r="E1725" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1726">
       <x:c r="A1726" s="3" t="str">
         <x:v>1721</x:v>
@@ -30317,51 +30317,51 @@
       </x:c>
       <x:c r="B1780" s="3" t="str">
         <x:v>TGR 70M</x:v>
       </x:c>
       <x:c r="C1780" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1780" s="3" t="str">
         <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1780" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1781">
       <x:c r="A1781" s="3" t="str">
         <x:v>1776</x:v>
       </x:c>
       <x:c r="B1781" s="3" t="str">
         <x:v>T46 GSS</x:v>
       </x:c>
       <x:c r="C1781" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1781" s="3" t="str">
-        <x:v>£540.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1781" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1782">
       <x:c r="A1782" s="3" t="str">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="B1782" s="3" t="str">
         <x:v>THE 3A</x:v>
       </x:c>
       <x:c r="C1782" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1782" s="3" t="str">
         <x:v>£7,230.00</x:v>
       </x:c>
       <x:c r="E1782" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1783">
       <x:c r="A1783" s="3" t="str">
         <x:v>1778</x:v>
@@ -31354,51 +31354,51 @@
       </x:c>
       <x:c r="B1841" s="3" t="str">
         <x:v>UIG 700</x:v>
       </x:c>
       <x:c r="C1841" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1841" s="3" t="str">
         <x:v>£770.00</x:v>
       </x:c>
       <x:c r="E1841" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1842">
       <x:c r="A1842" s="3" t="str">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B1842" s="3" t="str">
         <x:v>558 ULA</x:v>
       </x:c>
       <x:c r="C1842" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1842" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1842" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1843">
       <x:c r="A1843" s="3" t="str">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="B1843" s="3" t="str">
         <x:v>UMR 4H</x:v>
       </x:c>
       <x:c r="C1843" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1843" s="3" t="str">
         <x:v>£20,160.00</x:v>
       </x:c>
       <x:c r="E1843" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1844">
       <x:c r="A1844" s="3" t="str">
         <x:v>1839</x:v>
@@ -31422,51 +31422,51 @@
       </x:c>
       <x:c r="B1845" s="3" t="str">
         <x:v>9 UPY</x:v>
       </x:c>
       <x:c r="C1845" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1845" s="3" t="str">
         <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1845" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1846">
       <x:c r="A1846" s="3" t="str">
         <x:v>1841</x:v>
       </x:c>
       <x:c r="B1846" s="3" t="str">
         <x:v>URH 4N</x:v>
       </x:c>
       <x:c r="C1846" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1846" s="3" t="str">
-        <x:v>£3,010.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1846" s="3" t="str">
         <x:v>Tue 25 Nov 2025 21:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1847">
       <x:c r="A1847" s="3" t="str">
         <x:v>1842</x:v>
       </x:c>
       <x:c r="B1847" s="3" t="str">
         <x:v>86 US</x:v>
       </x:c>
       <x:c r="C1847" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1847" s="3" t="str">
         <x:v>£6,430.00</x:v>
       </x:c>
       <x:c r="E1847" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1848">
       <x:c r="A1848" s="3" t="str">
         <x:v>1843</x:v>
@@ -32306,51 +32306,51 @@
       </x:c>
       <x:c r="B1897" s="3" t="str">
         <x:v>W56 DAN</x:v>
       </x:c>
       <x:c r="C1897" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1897" s="3" t="str">
         <x:v>£1,220.00</x:v>
       </x:c>
       <x:c r="E1897" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1898">
       <x:c r="A1898" s="3" t="str">
         <x:v>1893</x:v>
       </x:c>
       <x:c r="B1898" s="3" t="str">
         <x:v>WEB 11S</x:v>
       </x:c>
       <x:c r="C1898" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1898" s="3" t="str">
-        <x:v>£760.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1898" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1899">
       <x:c r="A1899" s="3" t="str">
         <x:v>1894</x:v>
       </x:c>
       <x:c r="B1899" s="3" t="str">
         <x:v>WEF 247</x:v>
       </x:c>
       <x:c r="C1899" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1899" s="3" t="str">
         <x:v>£3,780.00</x:v>
       </x:c>
       <x:c r="E1899" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1900">
       <x:c r="A1900" s="3" t="str">
         <x:v>1895</x:v>
@@ -32595,51 +32595,51 @@
       </x:c>
       <x:c r="B1914" s="3" t="str">
         <x:v>41 WN</x:v>
       </x:c>
       <x:c r="C1914" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1914" s="3" t="str">
         <x:v>£6,550.00</x:v>
       </x:c>
       <x:c r="E1914" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1915">
       <x:c r="A1915" s="3" t="str">
         <x:v>1910</x:v>
       </x:c>
       <x:c r="B1915" s="3" t="str">
         <x:v>W421 NHO</x:v>
       </x:c>
       <x:c r="C1915" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1915" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1915" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1916">
       <x:c r="A1916" s="3" t="str">
         <x:v>1911</x:v>
       </x:c>
       <x:c r="B1916" s="3" t="str">
         <x:v>WNZ 333</x:v>
       </x:c>
       <x:c r="C1916" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1916" s="3" t="str">
         <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1916" s="3" t="str">
         <x:v>Wed 26 Nov 2025 00:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1917">
       <x:c r="A1917" s="3" t="str">
         <x:v>1912</x:v>
@@ -33326,51 +33326,51 @@
       </x:c>
       <x:c r="B1957" s="3" t="str">
         <x:v>X399 POD</x:v>
       </x:c>
       <x:c r="C1957" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1957" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1957" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1958">
       <x:c r="A1958" s="3" t="str">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="B1958" s="3" t="str">
         <x:v>XRY 415X</x:v>
       </x:c>
       <x:c r="C1958" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1958" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1958" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1959">
       <x:c r="A1959" s="3" t="str">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="B1959" s="3" t="str">
         <x:v>X96 SMB</x:v>
       </x:c>
       <x:c r="C1959" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1959" s="3" t="str">
         <x:v>£750.00</x:v>
       </x:c>
       <x:c r="E1959" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1960">
       <x:c r="A1960" s="3" t="str">
         <x:v>1955</x:v>
@@ -33394,51 +33394,51 @@
       </x:c>
       <x:c r="B1961" s="3" t="str">
         <x:v>1 XSX</x:v>
       </x:c>
       <x:c r="C1961" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1961" s="3" t="str">
         <x:v>£12,610.00</x:v>
       </x:c>
       <x:c r="E1961" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1962">
       <x:c r="A1962" s="3" t="str">
         <x:v>1957</x:v>
       </x:c>
       <x:c r="B1962" s="3" t="str">
         <x:v>X152 UFO</x:v>
       </x:c>
       <x:c r="C1962" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1962" s="3" t="str">
-        <x:v>£300.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1962" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1963">
       <x:c r="A1963" s="3" t="str">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="B1963" s="3" t="str">
         <x:v>X97 UGU</x:v>
       </x:c>
       <x:c r="C1963" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1963" s="3" t="str">
         <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E1963" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1964">
       <x:c r="A1964" s="3" t="str">
         <x:v>1959</x:v>
@@ -33819,51 +33819,51 @@
       </x:c>
       <x:c r="B1986" s="3" t="str">
         <x:v>YGZ 111</x:v>
       </x:c>
       <x:c r="C1986" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1986" s="3" t="str">
         <x:v>£1,710.00</x:v>
       </x:c>
       <x:c r="E1986" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1987">
       <x:c r="A1987" s="3" t="str">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="B1987" s="3" t="str">
         <x:v>26 YH</x:v>
       </x:c>
       <x:c r="C1987" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1987" s="3" t="str">
-        <x:v>£6,510.00</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1987" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1988">
       <x:c r="A1988" s="3" t="str">
         <x:v>1983</x:v>
       </x:c>
       <x:c r="B1988" s="3" t="str">
         <x:v>YIG 2</x:v>
       </x:c>
       <x:c r="C1988" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1988" s="3" t="str">
         <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E1988" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1989">
       <x:c r="A1989" s="3" t="str">
         <x:v>1984</x:v>