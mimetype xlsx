--- v1 (2026-01-31)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91fd29746fc74ff3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceeee36c19fb40a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="R7a3b04e9b0d64fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="R357ffb656f0b4ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0974d9085e8047aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7a3b04e9b0d64fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4f06f2c9d44a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R357ffb656f0b4ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 19 to Tuesday 25, November, 2025</x:v>