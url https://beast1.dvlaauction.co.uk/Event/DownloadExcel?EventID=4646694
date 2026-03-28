--- v2 (2026-01-31)
+++ v3 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceeee36c19fb40a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08b7a52f976421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="R357ffb656f0b4ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="Ra39707206f7241ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4f06f2c9d44a16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R357ffb656f0b4ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c893d1ea684499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra39707206f7241ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 19 to Tuesday 25, November, 2025</x:v>
@@ -2369,51 +2369,51 @@
       </x:c>
       <x:c r="B136" s="3" t="str">
         <x:v>A81 RCS</x:v>
       </x:c>
       <x:c r="C136" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D136" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E136" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:26</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" s="3" t="str">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B137" s="3" t="str">
         <x:v>ARD 111C</x:v>
       </x:c>
       <x:c r="C137" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D137" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E137" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:26</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" s="3" t="str">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B138" s="3" t="str">
         <x:v>A81 REE</x:v>
       </x:c>
       <x:c r="C138" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D138" s="3" t="str">
         <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E138" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:19</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" s="3" t="str">
         <x:v>134</x:v>
@@ -2675,51 +2675,51 @@
       </x:c>
       <x:c r="B154" s="3" t="str">
         <x:v>AS68 KEW</x:v>
       </x:c>
       <x:c r="C154" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D154" s="3" t="str">
         <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E154" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" s="3" t="str">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B155" s="3" t="str">
         <x:v>A111 SLY</x:v>
       </x:c>
       <x:c r="C155" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D155" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E155" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:49</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" s="3" t="str">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B156" s="3" t="str">
         <x:v>ASM 33R</x:v>
       </x:c>
       <x:c r="C156" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D156" s="3" t="str">
         <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E156" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:30</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" s="3" t="str">
         <x:v>152</x:v>
@@ -4919,51 +4919,51 @@
       </x:c>
       <x:c r="B286" s="3" t="str">
         <x:v>BRO 944N</x:v>
       </x:c>
       <x:c r="C286" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D286" s="3" t="str">
         <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E286" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" s="3" t="str">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B287" s="3" t="str">
         <x:v>BRO 511S</x:v>
       </x:c>
       <x:c r="C287" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D287" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E287" s="3" t="str">
         <x:v>Tue 25 Nov 2025 11:56</x:v>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" s="3" t="str">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B288" s="3" t="str">
         <x:v>BRO 8Y</x:v>
       </x:c>
       <x:c r="C288" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D288" s="3" t="str">
         <x:v>£2,420.00</x:v>
       </x:c>
       <x:c r="E288" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" s="3" t="str">
         <x:v>284</x:v>
@@ -5990,51 +5990,51 @@
       </x:c>
       <x:c r="B349" s="3" t="str">
         <x:v>5 CHG</x:v>
       </x:c>
       <x:c r="C349" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D349" s="3" t="str">
         <x:v>£5,540.00</x:v>
       </x:c>
       <x:c r="E349" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" s="3" t="str">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B350" s="3" t="str">
         <x:v>CHM 850G</x:v>
       </x:c>
       <x:c r="C350" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D350" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E350" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:08</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" s="3" t="str">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B351" s="3" t="str">
         <x:v>CHN 4V</x:v>
       </x:c>
       <x:c r="C351" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D351" s="3" t="str">
         <x:v>£3,710.00</x:v>
       </x:c>
       <x:c r="E351" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" s="3" t="str">
         <x:v>347</x:v>
@@ -9441,51 +9441,51 @@
       </x:c>
       <x:c r="B552" s="3" t="str">
         <x:v>E30 FML</x:v>
       </x:c>
       <x:c r="C552" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D552" s="3" t="str">
         <x:v>£1,550.00</x:v>
       </x:c>
       <x:c r="E552" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:01</x:v>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" s="3" t="str">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B553" s="3" t="str">
         <x:v>E63 FYP</x:v>
       </x:c>
       <x:c r="C553" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D553" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E553" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" s="3" t="str">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B554" s="3" t="str">
         <x:v>EFZ 88</x:v>
       </x:c>
       <x:c r="C554" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D554" s="3" t="str">
         <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E554" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:02</x:v>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" s="3" t="str">
         <x:v>550</x:v>
@@ -10240,51 +10240,51 @@
       </x:c>
       <x:c r="B599" s="3" t="str">
         <x:v>48 FAN</x:v>
       </x:c>
       <x:c r="C599" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D599" s="3" t="str">
         <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E599" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" s="3" t="str">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B600" s="3" t="str">
         <x:v>FAN 77X</x:v>
       </x:c>
       <x:c r="C600" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D600" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E600" s="3" t="str">
         <x:v>Tue 25 Nov 2025 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" s="3" t="str">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B601" s="3" t="str">
         <x:v>FAR 30D</x:v>
       </x:c>
       <x:c r="C601" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D601" s="3" t="str">
         <x:v>£2,600.00</x:v>
       </x:c>
       <x:c r="E601" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:39</x:v>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" s="3" t="str">
         <x:v>597</x:v>
@@ -10631,51 +10631,51 @@
       </x:c>
       <x:c r="B622" s="3" t="str">
         <x:v>84 FK</x:v>
       </x:c>
       <x:c r="C622" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D622" s="3" t="str">
         <x:v>£6,340.00</x:v>
       </x:c>
       <x:c r="E622" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" s="3" t="str">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B623" s="3" t="str">
         <x:v>FKH 805S</x:v>
       </x:c>
       <x:c r="C623" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D623" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£590.00</x:v>
       </x:c>
       <x:c r="E623" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" s="3" t="str">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B624" s="3" t="str">
         <x:v>F56 KLB</x:v>
       </x:c>
       <x:c r="C624" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D624" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E624" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" s="3" t="str">
         <x:v>620</x:v>
@@ -11345,51 +11345,51 @@
       </x:c>
       <x:c r="B664" s="3" t="str">
         <x:v>FU17 HAM</x:v>
       </x:c>
       <x:c r="C664" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D664" s="3" t="str">
         <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E664" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="665">
       <x:c r="A665" s="3" t="str">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B665" s="3" t="str">
         <x:v>210 G</x:v>
       </x:c>
       <x:c r="C665" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D665" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£12,100.00</x:v>
       </x:c>
       <x:c r="E665" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:24</x:v>
       </x:c>
     </x:row>
     <x:row r="666">
       <x:c r="A666" s="3" t="str">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B666" s="3" t="str">
         <x:v>G111 ACE</x:v>
       </x:c>
       <x:c r="C666" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D666" s="3" t="str">
         <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E666" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="667">
       <x:c r="A667" s="3" t="str">
         <x:v>662</x:v>
@@ -13368,51 +13368,51 @@
       </x:c>
       <x:c r="B783" s="3" t="str">
         <x:v>H96 MAC</x:v>
       </x:c>
       <x:c r="C783" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D783" s="3" t="str">
         <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E783" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="784">
       <x:c r="A784" s="3" t="str">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B784" s="3" t="str">
         <x:v>H41 MAD</x:v>
       </x:c>
       <x:c r="C784" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D784" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£5,610.00</x:v>
       </x:c>
       <x:c r="E784" s="3" t="str">
         <x:v>Tue 25 Nov 2025 13:35</x:v>
       </x:c>
     </x:row>
     <x:row r="785">
       <x:c r="A785" s="3" t="str">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B785" s="3" t="str">
         <x:v>H44 MDX</x:v>
       </x:c>
       <x:c r="C785" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D785" s="3" t="str">
         <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E785" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="786">
       <x:c r="A786" s="3" t="str">
         <x:v>781</x:v>
@@ -13912,51 +13912,51 @@
       </x:c>
       <x:c r="B815" s="3" t="str">
         <x:v>24 HSC</x:v>
       </x:c>
       <x:c r="C815" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D815" s="3" t="str">
         <x:v>£4,390.00</x:v>
       </x:c>
       <x:c r="E815" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="816">
       <x:c r="A816" s="3" t="str">
         <x:v>811</x:v>
       </x:c>
       <x:c r="B816" s="3" t="str">
         <x:v>HSH 44M</x:v>
       </x:c>
       <x:c r="C816" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D816" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E816" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="817">
       <x:c r="A817" s="3" t="str">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B817" s="3" t="str">
         <x:v>HST 4R</x:v>
       </x:c>
       <x:c r="C817" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D817" s="3" t="str">
         <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E817" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="818">
       <x:c r="A818" s="3" t="str">
         <x:v>813</x:v>
@@ -16173,51 +16173,51 @@
       </x:c>
       <x:c r="B948" s="3" t="str">
         <x:v>J98 UDE</x:v>
       </x:c>
       <x:c r="C948" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D948" s="3" t="str">
         <x:v>£1,770.00</x:v>
       </x:c>
       <x:c r="E948" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:17</x:v>
       </x:c>
     </x:row>
     <x:row r="949">
       <x:c r="A949" s="3" t="str">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B949" s="3" t="str">
         <x:v>JUD 6F</x:v>
       </x:c>
       <x:c r="C949" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D949" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£3,420.00</x:v>
       </x:c>
       <x:c r="E949" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:46</x:v>
       </x:c>
     </x:row>
     <x:row r="950">
       <x:c r="A950" s="3" t="str">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B950" s="3" t="str">
         <x:v>J778 ULL</x:v>
       </x:c>
       <x:c r="C950" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D950" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E950" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:08</x:v>
       </x:c>
     </x:row>
     <x:row r="951">
       <x:c r="A951" s="3" t="str">
         <x:v>946</x:v>
@@ -17771,51 +17771,51 @@
       </x:c>
       <x:c r="B1042" s="3" t="str">
         <x:v>LAY 744X</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1042" s="3" t="str">
         <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E1042" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" s="3" t="str">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="str">
         <x:v>LAZ 93</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1043" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1043" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" s="3" t="str">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="str">
         <x:v>118 LB</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1044" s="3" t="str">
         <x:v>£4,810.00</x:v>
       </x:c>
       <x:c r="E1044" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" s="3" t="str">
         <x:v>1040</x:v>
@@ -20100,51 +20100,51 @@
       </x:c>
       <x:c r="B1179" s="3" t="str">
         <x:v>6 MGN</x:v>
       </x:c>
       <x:c r="C1179" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1179" s="3" t="str">
         <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1179" s="3" t="str">
         <x:v>Tue 25 Nov 2025 14:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1180">
       <x:c r="A1180" s="3" t="str">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="str">
         <x:v>MGR 14Y</x:v>
       </x:c>
       <x:c r="C1180" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1180" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£790.00</x:v>
       </x:c>
       <x:c r="E1180" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1181">
       <x:c r="A1181" s="3" t="str">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="str">
         <x:v>M140 GUE</x:v>
       </x:c>
       <x:c r="C1181" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1181" s="3" t="str">
         <x:v>£370.00</x:v>
       </x:c>
       <x:c r="E1181" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1182">
       <x:c r="A1182" s="3" t="str">
         <x:v>1177</x:v>
@@ -21494,51 +21494,51 @@
       </x:c>
       <x:c r="B1261" s="3" t="str">
         <x:v>52 MU</x:v>
       </x:c>
       <x:c r="C1261" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1261" s="3" t="str">
         <x:v>£7,310.00</x:v>
       </x:c>
       <x:c r="E1261" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1262">
       <x:c r="A1262" s="3" t="str">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="B1262" s="3" t="str">
         <x:v>MUB 111N</x:v>
       </x:c>
       <x:c r="C1262" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1262" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£4,650.00</x:v>
       </x:c>
       <x:c r="E1262" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1263">
       <x:c r="A1263" s="3" t="str">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B1263" s="3" t="str">
         <x:v>M51 UDN</x:v>
       </x:c>
       <x:c r="C1263" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1263" s="3" t="str">
         <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E1263" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1264">
       <x:c r="A1264" s="3" t="str">
         <x:v>1259</x:v>
@@ -22412,51 +22412,51 @@
       </x:c>
       <x:c r="B1315" s="3" t="str">
         <x:v>N421 RMR</x:v>
       </x:c>
       <x:c r="C1315" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1315" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1315" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1316">
       <x:c r="A1316" s="3" t="str">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B1316" s="3" t="str">
         <x:v>N421 RNN</x:v>
       </x:c>
       <x:c r="C1316" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1316" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£590.00</x:v>
       </x:c>
       <x:c r="E1316" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1317">
       <x:c r="A1317" s="3" t="str">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B1317" s="3" t="str">
         <x:v>6 NSA</x:v>
       </x:c>
       <x:c r="C1317" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1317" s="3" t="str">
         <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1317" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1318">
       <x:c r="A1318" s="3" t="str">
         <x:v>1313</x:v>
@@ -22582,51 +22582,51 @@
       </x:c>
       <x:c r="B1325" s="3" t="str">
         <x:v>1 NYX</x:v>
       </x:c>
       <x:c r="C1325" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1325" s="3" t="str">
         <x:v>£13,280.00</x:v>
       </x:c>
       <x:c r="E1325" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1326">
       <x:c r="A1326" s="3" t="str">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B1326" s="3" t="str">
         <x:v>3000 O</x:v>
       </x:c>
       <x:c r="C1326" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1326" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£28,510.00</x:v>
       </x:c>
       <x:c r="E1326" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1327">
       <x:c r="A1327" s="3" t="str">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="B1327" s="3" t="str">
         <x:v>OAD 33S</x:v>
       </x:c>
       <x:c r="C1327" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1327" s="3" t="str">
         <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1327" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1328">
       <x:c r="A1328" s="3" t="str">
         <x:v>1323</x:v>
@@ -23364,51 +23364,51 @@
       </x:c>
       <x:c r="B1371" s="3" t="str">
         <x:v>PAD 1L</x:v>
       </x:c>
       <x:c r="C1371" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1371" s="3" t="str">
         <x:v>£4,330.00</x:v>
       </x:c>
       <x:c r="E1371" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1372">
       <x:c r="A1372" s="3" t="str">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="B1372" s="3" t="str">
         <x:v>PAK 757N</x:v>
       </x:c>
       <x:c r="C1372" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1372" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£7,630.00</x:v>
       </x:c>
       <x:c r="E1372" s="3" t="str">
         <x:v>Tue 25 Nov 2025 23:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1373">
       <x:c r="A1373" s="3" t="str">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B1373" s="3" t="str">
         <x:v>PAM 4E</x:v>
       </x:c>
       <x:c r="C1373" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1373" s="3" t="str">
         <x:v>£2,370.00</x:v>
       </x:c>
       <x:c r="E1373" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1374">
       <x:c r="A1374" s="3" t="str">
         <x:v>1369</x:v>
@@ -23942,51 +23942,51 @@
       </x:c>
       <x:c r="B1405" s="3" t="str">
         <x:v>100 PKY</x:v>
       </x:c>
       <x:c r="C1405" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1405" s="3" t="str">
         <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E1405" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1406">
       <x:c r="A1406" s="3" t="str">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="B1406" s="3" t="str">
         <x:v>PKZ 786</x:v>
       </x:c>
       <x:c r="C1406" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1406" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£2,710.00</x:v>
       </x:c>
       <x:c r="E1406" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1407">
       <x:c r="A1407" s="3" t="str">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="B1407" s="3" t="str">
         <x:v>PL08 ANT</x:v>
       </x:c>
       <x:c r="C1407" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1407" s="3" t="str">
         <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E1407" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1408">
       <x:c r="A1408" s="3" t="str">
         <x:v>1403</x:v>
@@ -24027,51 +24027,51 @@
       </x:c>
       <x:c r="B1410" s="3" t="str">
         <x:v>P81 LTD</x:v>
       </x:c>
       <x:c r="C1410" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1410" s="3" t="str">
         <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E1410" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1411">
       <x:c r="A1411" s="3" t="str">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="B1411" s="3" t="str">
         <x:v>PLU 697P</x:v>
       </x:c>
       <x:c r="C1411" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1411" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E1411" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1412">
       <x:c r="A1412" s="3" t="str">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="B1412" s="3" t="str">
         <x:v>160 PM</x:v>
       </x:c>
       <x:c r="C1412" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1412" s="3" t="str">
         <x:v>£5,530.00</x:v>
       </x:c>
       <x:c r="E1412" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1413">
       <x:c r="A1413" s="3" t="str">
         <x:v>1408</x:v>
@@ -24809,51 +24809,51 @@
       </x:c>
       <x:c r="B1456" s="3" t="str">
         <x:v>RA21 LPH</x:v>
       </x:c>
       <x:c r="C1456" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1456" s="3" t="str">
         <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1456" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1457">
       <x:c r="A1457" s="3" t="str">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="B1457" s="3" t="str">
         <x:v>85 RAM</x:v>
       </x:c>
       <x:c r="C1457" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1457" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£6,810.00</x:v>
       </x:c>
       <x:c r="E1457" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1458">
       <x:c r="A1458" s="3" t="str">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="B1458" s="3" t="str">
         <x:v>RAM 141N</x:v>
       </x:c>
       <x:c r="C1458" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1458" s="3" t="str">
         <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1458" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1459">
       <x:c r="A1459" s="3" t="str">
         <x:v>1454</x:v>
@@ -25489,51 +25489,51 @@
       </x:c>
       <x:c r="B1496" s="3" t="str">
         <x:v>RJS 18</x:v>
       </x:c>
       <x:c r="C1496" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1496" s="3" t="str">
         <x:v>£5,580.00</x:v>
       </x:c>
       <x:c r="E1496" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1497">
       <x:c r="A1497" s="3" t="str">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="B1497" s="3" t="str">
         <x:v>211 RK</x:v>
       </x:c>
       <x:c r="C1497" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1497" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£5,110.00</x:v>
       </x:c>
       <x:c r="E1497" s="3" t="str">
         <x:v>Tue 25 Nov 2025 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1498">
       <x:c r="A1498" s="3" t="str">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="B1498" s="3" t="str">
         <x:v>111 RKC</x:v>
       </x:c>
       <x:c r="C1498" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1498" s="3" t="str">
         <x:v>£5,610.00</x:v>
       </x:c>
       <x:c r="E1498" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1499">
       <x:c r="A1499" s="3" t="str">
         <x:v>1494</x:v>
@@ -25778,51 +25778,51 @@
       </x:c>
       <x:c r="B1513" s="3" t="str">
         <x:v>R144 NNA</x:v>
       </x:c>
       <x:c r="C1513" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1513" s="3" t="str">
         <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E1513" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1514">
       <x:c r="A1514" s="3" t="str">
         <x:v>1509</x:v>
       </x:c>
       <x:c r="B1514" s="3" t="str">
         <x:v>RNZ 800</x:v>
       </x:c>
       <x:c r="C1514" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1514" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1514" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1515">
       <x:c r="A1515" s="3" t="str">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="B1515" s="3" t="str">
         <x:v>ROB 602E</x:v>
       </x:c>
       <x:c r="C1515" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1515" s="3" t="str">
         <x:v>£1,760.00</x:v>
       </x:c>
       <x:c r="E1515" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1516">
       <x:c r="A1516" s="3" t="str">
         <x:v>1511</x:v>
@@ -26883,51 +26883,51 @@
       </x:c>
       <x:c r="B1578" s="3" t="str">
         <x:v>SAJ 114D</x:v>
       </x:c>
       <x:c r="C1578" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1578" s="3" t="str">
         <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E1578" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1579">
       <x:c r="A1579" s="3" t="str">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="B1579" s="3" t="str">
         <x:v>SAJ 11L</x:v>
       </x:c>
       <x:c r="C1579" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1579" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£2,890.00</x:v>
       </x:c>
       <x:c r="E1579" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1580">
       <x:c r="A1580" s="3" t="str">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="B1580" s="3" t="str">
         <x:v>SAL 777G</x:v>
       </x:c>
       <x:c r="C1580" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1580" s="3" t="str">
         <x:v>£2,330.00</x:v>
       </x:c>
       <x:c r="E1580" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1581">
       <x:c r="A1581" s="3" t="str">
         <x:v>1576</x:v>
@@ -27767,51 +27767,51 @@
       </x:c>
       <x:c r="B1630" s="3" t="str">
         <x:v>SHA 40K</x:v>
       </x:c>
       <x:c r="C1630" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1630" s="3" t="str">
         <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1630" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1631">
       <x:c r="A1631" s="3" t="str">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="B1631" s="3" t="str">
         <x:v>S91 HAM</x:v>
       </x:c>
       <x:c r="C1631" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1631" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E1631" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1632">
       <x:c r="A1632" s="3" t="str">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="B1632" s="3" t="str">
         <x:v>SH18 ANE</x:v>
       </x:c>
       <x:c r="C1632" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1632" s="3" t="str">
         <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1632" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1633">
       <x:c r="A1633" s="3" t="str">
         <x:v>1628</x:v>
@@ -28889,51 +28889,51 @@
       </x:c>
       <x:c r="B1696" s="3" t="str">
         <x:v>23 SRP</x:v>
       </x:c>
       <x:c r="C1696" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1696" s="3" t="str">
         <x:v>£10,270.00</x:v>
       </x:c>
       <x:c r="E1696" s="3" t="str">
         <x:v>Tue 25 Nov 2025 23:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1697">
       <x:c r="A1697" s="3" t="str">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="B1697" s="3" t="str">
         <x:v>S114 RPJ</x:v>
       </x:c>
       <x:c r="C1697" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1697" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E1697" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1698">
       <x:c r="A1698" s="3" t="str">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="B1698" s="3" t="str">
         <x:v>SRU 6G</x:v>
       </x:c>
       <x:c r="C1698" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1698" s="3" t="str">
         <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1698" s="3" t="str">
         <x:v>Tue 25 Nov 2025 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1699">
       <x:c r="A1699" s="3" t="str">
         <x:v>1694</x:v>
@@ -29348,51 +29348,51 @@
       </x:c>
       <x:c r="B1723" s="3" t="str">
         <x:v>SUF 1G</x:v>
       </x:c>
       <x:c r="C1723" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1723" s="3" t="str">
         <x:v>£4,650.00</x:v>
       </x:c>
       <x:c r="E1723" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1724">
       <x:c r="A1724" s="3" t="str">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="B1724" s="3" t="str">
         <x:v>SUM 47N</x:v>
       </x:c>
       <x:c r="C1724" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1724" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£2,550.00</x:v>
       </x:c>
       <x:c r="E1724" s="3" t="str">
         <x:v>Tue 25 Nov 2025 20:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1725">
       <x:c r="A1725" s="3" t="str">
         <x:v>1720</x:v>
       </x:c>
       <x:c r="B1725" s="3" t="str">
         <x:v>SUM 800Y</x:v>
       </x:c>
       <x:c r="C1725" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1725" s="3" t="str">
         <x:v>£6,030.00</x:v>
       </x:c>
       <x:c r="E1725" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1726">
       <x:c r="A1726" s="3" t="str">
         <x:v>1721</x:v>
@@ -30317,51 +30317,51 @@
       </x:c>
       <x:c r="B1780" s="3" t="str">
         <x:v>TGR 70M</x:v>
       </x:c>
       <x:c r="C1780" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1780" s="3" t="str">
         <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1780" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1781">
       <x:c r="A1781" s="3" t="str">
         <x:v>1776</x:v>
       </x:c>
       <x:c r="B1781" s="3" t="str">
         <x:v>T46 GSS</x:v>
       </x:c>
       <x:c r="C1781" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1781" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E1781" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1782">
       <x:c r="A1782" s="3" t="str">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="B1782" s="3" t="str">
         <x:v>THE 3A</x:v>
       </x:c>
       <x:c r="C1782" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1782" s="3" t="str">
         <x:v>£7,230.00</x:v>
       </x:c>
       <x:c r="E1782" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1783">
       <x:c r="A1783" s="3" t="str">
         <x:v>1778</x:v>
@@ -31422,51 +31422,51 @@
       </x:c>
       <x:c r="B1845" s="3" t="str">
         <x:v>9 UPY</x:v>
       </x:c>
       <x:c r="C1845" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1845" s="3" t="str">
         <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1845" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1846">
       <x:c r="A1846" s="3" t="str">
         <x:v>1841</x:v>
       </x:c>
       <x:c r="B1846" s="3" t="str">
         <x:v>URH 4N</x:v>
       </x:c>
       <x:c r="C1846" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1846" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1846" s="3" t="str">
         <x:v>Tue 25 Nov 2025 21:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1847">
       <x:c r="A1847" s="3" t="str">
         <x:v>1842</x:v>
       </x:c>
       <x:c r="B1847" s="3" t="str">
         <x:v>86 US</x:v>
       </x:c>
       <x:c r="C1847" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1847" s="3" t="str">
         <x:v>£6,430.00</x:v>
       </x:c>
       <x:c r="E1847" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1848">
       <x:c r="A1848" s="3" t="str">
         <x:v>1843</x:v>
@@ -32306,51 +32306,51 @@
       </x:c>
       <x:c r="B1897" s="3" t="str">
         <x:v>W56 DAN</x:v>
       </x:c>
       <x:c r="C1897" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1897" s="3" t="str">
         <x:v>£1,220.00</x:v>
       </x:c>
       <x:c r="E1897" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1898">
       <x:c r="A1898" s="3" t="str">
         <x:v>1893</x:v>
       </x:c>
       <x:c r="B1898" s="3" t="str">
         <x:v>WEB 11S</x:v>
       </x:c>
       <x:c r="C1898" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1898" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1898" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1899">
       <x:c r="A1899" s="3" t="str">
         <x:v>1894</x:v>
       </x:c>
       <x:c r="B1899" s="3" t="str">
         <x:v>WEF 247</x:v>
       </x:c>
       <x:c r="C1899" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1899" s="3" t="str">
         <x:v>£3,780.00</x:v>
       </x:c>
       <x:c r="E1899" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1900">
       <x:c r="A1900" s="3" t="str">
         <x:v>1895</x:v>
@@ -33394,51 +33394,51 @@
       </x:c>
       <x:c r="B1961" s="3" t="str">
         <x:v>1 XSX</x:v>
       </x:c>
       <x:c r="C1961" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1961" s="3" t="str">
         <x:v>£12,610.00</x:v>
       </x:c>
       <x:c r="E1961" s="3" t="str">
         <x:v>Tue 25 Nov 2025 19:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1962">
       <x:c r="A1962" s="3" t="str">
         <x:v>1957</x:v>
       </x:c>
       <x:c r="B1962" s="3" t="str">
         <x:v>X152 UFO</x:v>
       </x:c>
       <x:c r="C1962" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1962" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1962" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1963">
       <x:c r="A1963" s="3" t="str">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="B1963" s="3" t="str">
         <x:v>X97 UGU</x:v>
       </x:c>
       <x:c r="C1963" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1963" s="3" t="str">
         <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E1963" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1964">
       <x:c r="A1964" s="3" t="str">
         <x:v>1959</x:v>
@@ -33819,51 +33819,51 @@
       </x:c>
       <x:c r="B1986" s="3" t="str">
         <x:v>YGZ 111</x:v>
       </x:c>
       <x:c r="C1986" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1986" s="3" t="str">
         <x:v>£1,710.00</x:v>
       </x:c>
       <x:c r="E1986" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1987">
       <x:c r="A1987" s="3" t="str">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="B1987" s="3" t="str">
         <x:v>26 YH</x:v>
       </x:c>
       <x:c r="C1987" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1987" s="3" t="str">
-        <x:v>Unsold</x:v>
+        <x:v>£6,510.00</x:v>
       </x:c>
       <x:c r="E1987" s="3" t="str">
         <x:v>Tue 25 Nov 2025 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1988">
       <x:c r="A1988" s="3" t="str">
         <x:v>1983</x:v>
       </x:c>
       <x:c r="B1988" s="3" t="str">
         <x:v>YIG 2</x:v>
       </x:c>
       <x:c r="C1988" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1988" s="3" t="str">
         <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E1988" s="3" t="str">
         <x:v>Tue 25 Nov 2025 18:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1989">
       <x:c r="A1989" s="3" t="str">
         <x:v>1984</x:v>