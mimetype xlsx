--- v3 (2026-03-28)
+++ v4 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb08b7a52f976421f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba873924ef564813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="Ra39707206f7241ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="November, 2025" sheetId="1" r:id="R13fb20d63de043f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c893d1ea684499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra39707206f7241ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc30ca027bdad458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R13fb20d63de043f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 19 to Tuesday 25, November, 2025</x:v>