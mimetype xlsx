--- v0 (2025-12-07)
+++ v1 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eaab0d062ea4bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a7e06c794c4635" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="February, 2026" sheetId="1" r:id="R52c0b6ce947e4cf4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="February, 2026" sheetId="1" r:id="R205a4977756f42fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raec37f36ff994cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R52c0b6ce947e4cf4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498957c9070344e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R205a4977756f42fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 11 to Tuesday 17, February, 2026</x:v>