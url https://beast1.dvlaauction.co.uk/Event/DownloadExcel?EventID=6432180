--- v1 (2026-01-31)
+++ v2 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a7e06c794c4635" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e0de41b776347e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="February, 2026" sheetId="1" r:id="R205a4977756f42fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="February, 2026" sheetId="1" r:id="R28c714ddcb6543dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R498957c9070344e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R205a4977756f42fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f1f504015945e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28c714ddcb6543dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 11 to Tuesday 17, February, 2026</x:v>
@@ -142,34023 +142,34023 @@
       </x:c>
       <x:c r="B5" s="2" t="str">
         <x:v>Registration</x:v>
       </x:c>
       <x:c r="C5" s="2" t="str">
         <x:v>Starting Price</x:v>
       </x:c>
       <x:c r="D5" s="2" t="str">
         <x:v>Current/Final Price</x:v>
       </x:c>
       <x:c r="E5" s="2" t="str">
         <x:v>End Date</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" s="3" t="str">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B6" s="3" t="str">
         <x:v>381 A</x:v>
       </x:c>
       <x:c r="C6" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D6" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£11,280.00</x:v>
       </x:c>
       <x:c r="E6" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:00</x:v>
+        <x:v>Tue 17 Feb 2026 14:02</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="3" t="str">
         <x:v>5295 A</x:v>
       </x:c>
       <x:c r="C7" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D7" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,150.00</x:v>
       </x:c>
       <x:c r="E7" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:00</x:v>
+        <x:v>Tue 17 Feb 2026 11:31</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B8" s="3" t="str">
         <x:v>AAA 777A</x:v>
       </x:c>
       <x:c r="C8" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D8" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E8" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:00</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B9" s="3" t="str">
         <x:v>A93 ADM</x:v>
       </x:c>
       <x:c r="C9" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D9" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E9" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:00</x:v>
+        <x:v>Tue 17 Feb 2026 12:27</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="3" t="str">
         <x:v>AAD 33N</x:v>
       </x:c>
       <x:c r="C10" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D10" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,070.00</x:v>
       </x:c>
       <x:c r="E10" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:00</x:v>
+        <x:v>Tue 17 Feb 2026 17:31</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="3" t="str">
         <x:v>AAF 14A</x:v>
       </x:c>
       <x:c r="C11" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D11" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,110.00</x:v>
       </x:c>
       <x:c r="E11" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:01</x:v>
+        <x:v>Tue 17 Feb 2026 11:38</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B12" s="3" t="str">
         <x:v>A54 AJU</x:v>
       </x:c>
       <x:c r="C12" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D12" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E12" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:01</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B13" s="3" t="str">
         <x:v>AAK 4R</x:v>
       </x:c>
       <x:c r="C13" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D13" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,310.00</x:v>
       </x:c>
       <x:c r="E13" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:01</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" s="3" t="str">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B14" s="3" t="str">
         <x:v>AAM 119R</x:v>
       </x:c>
       <x:c r="C14" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D14" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,760.00</x:v>
       </x:c>
       <x:c r="E14" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:01</x:v>
+        <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" s="3" t="str">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B15" s="3" t="str">
         <x:v>45 AAN</x:v>
       </x:c>
       <x:c r="C15" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D15" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E15" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:01</x:v>
+        <x:v>Tue 17 Feb 2026 12:36</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" s="3" t="str">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B16" s="3" t="str">
         <x:v>A142 APO</x:v>
       </x:c>
       <x:c r="C16" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D16" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£400.00</x:v>
       </x:c>
       <x:c r="E16" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:02</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" s="3" t="str">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B17" s="3" t="str">
         <x:v>A55 ARB</x:v>
       </x:c>
       <x:c r="C17" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D17" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E17" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:02</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" s="3" t="str">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B18" s="3" t="str">
         <x:v>AAS 4M</x:v>
       </x:c>
       <x:c r="C18" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D18" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,510.00</x:v>
       </x:c>
       <x:c r="E18" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:02</x:v>
+        <x:v>Tue 17 Feb 2026 18:25</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" s="3" t="str">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B19" s="3" t="str">
         <x:v>816 AB</x:v>
       </x:c>
       <x:c r="C19" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D19" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,160.00</x:v>
       </x:c>
       <x:c r="E19" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:02</x:v>
+        <x:v>Tue 17 Feb 2026 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" s="3" t="str">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B20" s="3" t="str">
         <x:v>AB07 BEY</x:v>
       </x:c>
       <x:c r="C20" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D20" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,920.00</x:v>
       </x:c>
       <x:c r="E20" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:02</x:v>
+        <x:v>Tue 17 Feb 2026 11:40</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" s="3" t="str">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B21" s="3" t="str">
         <x:v>A97 BDR</x:v>
       </x:c>
       <x:c r="C21" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D21" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E21" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:03</x:v>
+        <x:v>Tue 17 Feb 2026 11:04</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" s="3" t="str">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B22" s="3" t="str">
         <x:v>AB25 DUL</x:v>
       </x:c>
       <x:c r="C22" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D22" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,340.00</x:v>
       </x:c>
       <x:c r="E22" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:03</x:v>
+        <x:v>Tue 17 Feb 2026 12:57</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" s="3" t="str">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B23" s="3" t="str">
         <x:v>AB53 GAL</x:v>
       </x:c>
       <x:c r="C23" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D23" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E23" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:03</x:v>
+        <x:v>Tue 17 Feb 2026 11:31</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" s="3" t="str">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B24" s="3" t="str">
         <x:v>A80 BMW</x:v>
       </x:c>
       <x:c r="C24" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D24" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E24" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:03</x:v>
+        <x:v>Tue 17 Feb 2026 11:32</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" s="3" t="str">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B25" s="3" t="str">
         <x:v>30 ABS</x:v>
       </x:c>
       <x:c r="C25" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D25" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E25" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:03</x:v>
+        <x:v>Tue 17 Feb 2026 11:41</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="3" t="str">
         <x:v>A111 BTS</x:v>
       </x:c>
       <x:c r="C26" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D26" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E26" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:04</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B27" s="3" t="str">
         <x:v>A81 BUR</x:v>
       </x:c>
       <x:c r="C27" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D27" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£730.00</x:v>
       </x:c>
       <x:c r="E27" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:04</x:v>
+        <x:v>Tue 17 Feb 2026 11:21</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B28" s="3" t="str">
         <x:v>635 AC</x:v>
       </x:c>
       <x:c r="C28" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D28" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,010.00</x:v>
       </x:c>
       <x:c r="E28" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:04</x:v>
+        <x:v>Tue 17 Feb 2026 13:04</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B29" s="3" t="str">
         <x:v>ACH 650N</x:v>
       </x:c>
       <x:c r="C29" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D29" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E29" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:04</x:v>
+        <x:v>Tue 17 Feb 2026 11:29</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" s="3" t="str">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B30" s="3" t="str">
         <x:v>ADA 714S</x:v>
       </x:c>
       <x:c r="C30" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D30" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E30" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:04</x:v>
+        <x:v>Tue 17 Feb 2026 14:03</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" s="3" t="str">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B31" s="3" t="str">
         <x:v>A811 DAX</x:v>
       </x:c>
       <x:c r="C31" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D31" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E31" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:05</x:v>
+        <x:v>Tue 17 Feb 2026 13:21</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" s="3" t="str">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B32" s="3" t="str">
         <x:v>27 ADC</x:v>
       </x:c>
       <x:c r="C32" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D32" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E32" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:05</x:v>
+        <x:v>Tue 17 Feb 2026 11:48</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" s="3" t="str">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B33" s="3" t="str">
         <x:v>AD23 EEL</x:v>
       </x:c>
       <x:c r="C33" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D33" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,820.00</x:v>
       </x:c>
       <x:c r="E33" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:05</x:v>
+        <x:v>Tue 17 Feb 2026 11:58</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" s="3" t="str">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B34" s="3" t="str">
         <x:v>A844 DER</x:v>
       </x:c>
       <x:c r="C34" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D34" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£240.00</x:v>
       </x:c>
       <x:c r="E34" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:05</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" s="3" t="str">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B35" s="3" t="str">
         <x:v>ADN 47N</x:v>
       </x:c>
       <x:c r="C35" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D35" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,000.00</x:v>
       </x:c>
       <x:c r="E35" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:05</x:v>
+        <x:v>Tue 17 Feb 2026 11:44</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" s="3" t="str">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B36" s="3" t="str">
         <x:v>ADS 55</x:v>
       </x:c>
       <x:c r="C36" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D36" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,010.00</x:v>
       </x:c>
       <x:c r="E36" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:06</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" s="3" t="str">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B37" s="3" t="str">
         <x:v>ADT 66D</x:v>
       </x:c>
       <x:c r="C37" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D37" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E37" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:06</x:v>
+        <x:v>Tue 17 Feb 2026 11:41</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" s="3" t="str">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="3" t="str">
         <x:v>A333 ELG</x:v>
       </x:c>
       <x:c r="C38" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D38" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E38" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:06</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" s="3" t="str">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B39" s="3" t="str">
         <x:v>AEL 10W</x:v>
       </x:c>
       <x:c r="C39" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D39" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E39" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:06</x:v>
+        <x:v>Tue 17 Feb 2026 11:13</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" s="3" t="str">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="3" t="str">
         <x:v>10 AEM</x:v>
       </x:c>
       <x:c r="C40" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D40" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,420.00</x:v>
       </x:c>
       <x:c r="E40" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:06</x:v>
+        <x:v>Tue 17 Feb 2026 12:59</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" s="3" t="str">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B41" s="3" t="str">
         <x:v>AET 71E</x:v>
       </x:c>
       <x:c r="C41" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D41" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E41" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:07</x:v>
+        <x:v>Tue 17 Feb 2026 12:19</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" s="3" t="str">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B42" s="3" t="str">
         <x:v>AEV 4N</x:v>
       </x:c>
       <x:c r="C42" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D42" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,640.00</x:v>
       </x:c>
       <x:c r="E42" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:07</x:v>
+        <x:v>Tue 17 Feb 2026 12:12</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" s="3" t="str">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B43" s="3" t="str">
         <x:v>1991 AF</x:v>
       </x:c>
       <x:c r="C43" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D43" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E43" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:07</x:v>
+        <x:v>Tue 17 Feb 2026 11:27</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" s="3" t="str">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B44" s="3" t="str">
         <x:v>97 AFN</x:v>
       </x:c>
       <x:c r="C44" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D44" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E44" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:07</x:v>
+        <x:v>Tue 17 Feb 2026 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" s="3" t="str">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B45" s="3" t="str">
         <x:v>AFR 366X</x:v>
       </x:c>
       <x:c r="C45" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D45" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E45" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:07</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" s="3" t="str">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B46" s="3" t="str">
         <x:v>AF11 SAL</x:v>
       </x:c>
       <x:c r="C46" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D46" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£750.00</x:v>
       </x:c>
       <x:c r="E46" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:08</x:v>
+        <x:v>Tue 17 Feb 2026 13:01</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" s="3" t="str">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B47" s="3" t="str">
         <x:v>A390 FVO</x:v>
       </x:c>
       <x:c r="C47" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D47" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E47" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:08</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" s="3" t="str">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B48" s="3" t="str">
         <x:v>AF11 ZAN</x:v>
       </x:c>
       <x:c r="C48" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D48" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E48" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:08</x:v>
+        <x:v>Tue 17 Feb 2026 11:36</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" s="3" t="str">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B49" s="3" t="str">
         <x:v>A99 GAS</x:v>
       </x:c>
       <x:c r="C49" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D49" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E49" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:08</x:v>
+        <x:v>Tue 17 Feb 2026 11:28</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" s="3" t="str">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="3" t="str">
         <x:v>13 AGL</x:v>
       </x:c>
       <x:c r="C50" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D50" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,170.00</x:v>
       </x:c>
       <x:c r="E50" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:08</x:v>
+        <x:v>Tue 17 Feb 2026 11:34</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" s="3" t="str">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B51" s="3" t="str">
         <x:v>A65 GST</x:v>
       </x:c>
       <x:c r="C51" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D51" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E51" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:09</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" s="3" t="str">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B52" s="3" t="str">
         <x:v>AGZ 70</x:v>
       </x:c>
       <x:c r="C52" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D52" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,060.00</x:v>
       </x:c>
       <x:c r="E52" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:09</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" s="3" t="str">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B53" s="3" t="str">
         <x:v>A350 HET</x:v>
       </x:c>
       <x:c r="C53" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D53" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E53" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:09</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" s="3" t="str">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="3" t="str">
         <x:v>18 AHM</x:v>
       </x:c>
       <x:c r="C54" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D54" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E54" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:09</x:v>
+        <x:v>Tue 17 Feb 2026 12:59</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="3" t="str">
         <x:v>AH09 MAD</x:v>
       </x:c>
       <x:c r="C55" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D55" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,710.00</x:v>
       </x:c>
       <x:c r="E55" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:09</x:v>
+        <x:v>Tue 17 Feb 2026 13:19</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="3" t="str">
         <x:v>AHS 11N</x:v>
       </x:c>
       <x:c r="C56" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D56" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,060.00</x:v>
       </x:c>
       <x:c r="E56" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:10</x:v>
+        <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="3" t="str">
         <x:v>AJA 44X</x:v>
       </x:c>
       <x:c r="C57" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D57" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E57" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:10</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" s="3" t="str">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B58" s="3" t="str">
         <x:v>AJE 37S</x:v>
       </x:c>
       <x:c r="C58" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D58" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,630.00</x:v>
       </x:c>
       <x:c r="E58" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:10</x:v>
+        <x:v>Tue 17 Feb 2026 14:36</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" s="3" t="str">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="3" t="str">
         <x:v>AJF 3X</x:v>
       </x:c>
       <x:c r="C59" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D59" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E59" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:10</x:v>
+        <x:v>Tue 17 Feb 2026 11:34</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" s="3" t="str">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="3" t="str">
         <x:v>AJH 9S</x:v>
       </x:c>
       <x:c r="C60" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D60" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,310.00</x:v>
       </x:c>
       <x:c r="E60" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:10</x:v>
+        <x:v>Tue 17 Feb 2026 11:57</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" s="3" t="str">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B61" s="3" t="str">
         <x:v>A68 JJP</x:v>
       </x:c>
       <x:c r="C61" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D61" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E61" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:11</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" s="3" t="str">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B62" s="3" t="str">
         <x:v>27 AJM</x:v>
       </x:c>
       <x:c r="C62" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D62" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,410.00</x:v>
       </x:c>
       <x:c r="E62" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:11</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" s="3" t="str">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B63" s="3" t="str">
         <x:v>AJM 7L</x:v>
       </x:c>
       <x:c r="C63" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D63" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,530.00</x:v>
       </x:c>
       <x:c r="E63" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:11</x:v>
+        <x:v>Tue 17 Feb 2026 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" s="3" t="str">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B64" s="3" t="str">
         <x:v>AJM 4V</x:v>
       </x:c>
       <x:c r="C64" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D64" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E64" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:11</x:v>
+        <x:v>Tue 17 Feb 2026 12:08</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" s="3" t="str">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B65" s="3" t="str">
         <x:v>227 AJS</x:v>
       </x:c>
       <x:c r="C65" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D65" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,860.00</x:v>
       </x:c>
       <x:c r="E65" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:11</x:v>
+        <x:v>Tue 17 Feb 2026 13:17</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" s="3" t="str">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B66" s="3" t="str">
         <x:v>AJT 7X</x:v>
       </x:c>
       <x:c r="C66" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D66" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E66" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:12</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" s="3" t="str">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B67" s="3" t="str">
         <x:v>AJW 44D</x:v>
       </x:c>
       <x:c r="C67" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D67" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E67" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:12</x:v>
+        <x:v>Tue 17 Feb 2026 13:28</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" s="3" t="str">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B68" s="3" t="str">
         <x:v>AJW 4S</x:v>
       </x:c>
       <x:c r="C68" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D68" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,530.00</x:v>
       </x:c>
       <x:c r="E68" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:12</x:v>
+        <x:v>Tue 17 Feb 2026 14:15</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" s="3" t="str">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B69" s="3" t="str">
         <x:v>AJ54 YER</x:v>
       </x:c>
       <x:c r="C69" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D69" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E69" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:12</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" s="3" t="str">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B70" s="3" t="str">
         <x:v>6006 AK</x:v>
       </x:c>
       <x:c r="C70" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D70" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,660.00</x:v>
       </x:c>
       <x:c r="E70" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:12</x:v>
+        <x:v>Tue 17 Feb 2026 11:28</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" s="3" t="str">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B71" s="3" t="str">
         <x:v>AKE 117H</x:v>
       </x:c>
       <x:c r="C71" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D71" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,040.00</x:v>
       </x:c>
       <x:c r="E71" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:13</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" s="3" t="str">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B72" s="3" t="str">
         <x:v>AKK 11S</x:v>
       </x:c>
       <x:c r="C72" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D72" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,430.00</x:v>
       </x:c>
       <x:c r="E72" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:13</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" s="3" t="str">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B73" s="3" t="str">
         <x:v>A222 KOO</x:v>
       </x:c>
       <x:c r="C73" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D73" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E73" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:13</x:v>
+        <x:v>Tue 17 Feb 2026 11:42</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" s="3" t="str">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B74" s="3" t="str">
         <x:v>AKY 14W</x:v>
       </x:c>
       <x:c r="C74" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D74" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E74" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:13</x:v>
+        <x:v>Tue 17 Feb 2026 11:37</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" s="3" t="str">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B75" s="3" t="str">
         <x:v>AKZ 3000</x:v>
       </x:c>
       <x:c r="C75" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D75" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E75" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:13</x:v>
+        <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" s="3" t="str">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B76" s="3" t="str">
         <x:v>313 AL</x:v>
       </x:c>
       <x:c r="C76" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D76" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,840.00</x:v>
       </x:c>
       <x:c r="E76" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:14</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" s="3" t="str">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B77" s="3" t="str">
         <x:v>A554 LAM</x:v>
       </x:c>
       <x:c r="C77" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D77" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E77" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:14</x:v>
+        <x:v>Tue 17 Feb 2026 11:51</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" s="3" t="str">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B78" s="3" t="str">
         <x:v>ALA 564R</x:v>
       </x:c>
       <x:c r="C78" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D78" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E78" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:14</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" s="3" t="str">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B79" s="3" t="str">
         <x:v>AL07 EXA</x:v>
       </x:c>
       <x:c r="C79" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D79" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E79" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:14</x:v>
+        <x:v>Tue 17 Feb 2026 11:57</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" s="3" t="str">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B80" s="3" t="str">
         <x:v>ALF 81E</x:v>
       </x:c>
       <x:c r="C80" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D80" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,200.00</x:v>
       </x:c>
       <x:c r="E80" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:14</x:v>
+        <x:v>Tue 17 Feb 2026 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" s="3" t="str">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B81" s="3" t="str">
         <x:v>ALF 99V</x:v>
       </x:c>
       <x:c r="C81" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D81" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E81" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:15</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" s="3" t="str">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B82" s="3" t="str">
         <x:v>ALL 1G</x:v>
       </x:c>
       <x:c r="C82" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D82" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,070.00</x:v>
       </x:c>
       <x:c r="E82" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:15</x:v>
+        <x:v>Tue 17 Feb 2026 18:28</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" s="3" t="str">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B83" s="3" t="str">
         <x:v>ALL 173R</x:v>
       </x:c>
       <x:c r="C83" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D83" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E83" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:15</x:v>
+        <x:v>Tue 17 Feb 2026 11:27</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" s="3" t="str">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B84" s="3" t="str">
         <x:v>A41 LMO</x:v>
       </x:c>
       <x:c r="C84" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D84" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E84" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:15</x:v>
+        <x:v>Tue 17 Feb 2026 11:37</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" s="3" t="str">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B85" s="3" t="str">
         <x:v>ALN 212C</x:v>
       </x:c>
       <x:c r="C85" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D85" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E85" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:15</x:v>
+        <x:v>Tue 17 Feb 2026 11:38</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" s="3" t="str">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B86" s="3" t="str">
         <x:v>ALP 428R</x:v>
       </x:c>
       <x:c r="C86" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D86" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E86" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:16</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" s="3" t="str">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B87" s="3" t="str">
         <x:v>ALP 290X</x:v>
       </x:c>
       <x:c r="C87" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D87" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E87" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:16</x:v>
+        <x:v>Tue 17 Feb 2026 12:24</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" s="3" t="str">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B88" s="3" t="str">
         <x:v>ALV 666S</x:v>
       </x:c>
       <x:c r="C88" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D88" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E88" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:16</x:v>
+        <x:v>Tue 17 Feb 2026 14:07</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" s="3" t="str">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B89" s="3" t="str">
         <x:v>ALY 115V</x:v>
       </x:c>
       <x:c r="C89" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D89" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E89" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:16</x:v>
+        <x:v>Tue 17 Feb 2026 12:17</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" s="3" t="str">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B90" s="3" t="str">
         <x:v>242 AM</x:v>
       </x:c>
       <x:c r="C90" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D90" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,110.00</x:v>
       </x:c>
       <x:c r="E90" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:16</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" s="3" t="str">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B91" s="3" t="str">
         <x:v>2909 AM</x:v>
       </x:c>
       <x:c r="C91" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D91" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E91" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:17</x:v>
+        <x:v>Tue 17 Feb 2026 12:33</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" s="3" t="str">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B92" s="3" t="str">
         <x:v>AMA 124A</x:v>
       </x:c>
       <x:c r="C92" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D92" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,810.00</x:v>
       </x:c>
       <x:c r="E92" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:17</x:v>
+        <x:v>Tue 17 Feb 2026 12:11</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" s="3" t="str">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B93" s="3" t="str">
         <x:v>AM71 AAN</x:v>
       </x:c>
       <x:c r="C93" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D93" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E93" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:17</x:v>
+        <x:v>Tue 17 Feb 2026 15:56</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" s="3" t="str">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B94" s="3" t="str">
         <x:v>AM25 BER</x:v>
       </x:c>
       <x:c r="C94" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D94" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,600.00</x:v>
       </x:c>
       <x:c r="E94" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:17</x:v>
+        <x:v>Tue 17 Feb 2026 12:20</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" s="3" t="str">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B95" s="3" t="str">
         <x:v>AMB 883R</x:v>
       </x:c>
       <x:c r="C95" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D95" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,800.00</x:v>
       </x:c>
       <x:c r="E95" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:17</x:v>
+        <x:v>Tue 17 Feb 2026 12:31</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" s="3" t="str">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B96" s="3" t="str">
         <x:v>AME 113D</x:v>
       </x:c>
       <x:c r="C96" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D96" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£940.00</x:v>
       </x:c>
       <x:c r="E96" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:18</x:v>
+        <x:v>Tue 17 Feb 2026 17:55</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" s="3" t="str">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B97" s="3" t="str">
         <x:v>A511 MET</x:v>
       </x:c>
       <x:c r="C97" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D97" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,860.00</x:v>
       </x:c>
       <x:c r="E97" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:18</x:v>
+        <x:v>Tue 17 Feb 2026 17:13</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" s="3" t="str">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B98" s="3" t="str">
         <x:v>AME 118X</x:v>
       </x:c>
       <x:c r="C98" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D98" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,410.00</x:v>
       </x:c>
       <x:c r="E98" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:18</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" s="3" t="str">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B99" s="3" t="str">
         <x:v>AMG 67X</x:v>
       </x:c>
       <x:c r="C99" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D99" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E99" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:18</x:v>
+        <x:v>Tue 17 Feb 2026 11:23</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" s="3" t="str">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B100" s="3" t="str">
         <x:v>AML 53V</x:v>
       </x:c>
       <x:c r="C100" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D100" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E100" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:18</x:v>
+        <x:v>Tue 17 Feb 2026 12:07</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" s="3" t="str">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B101" s="3" t="str">
         <x:v>A35 MMB</x:v>
       </x:c>
       <x:c r="C101" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D101" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E101" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:19</x:v>
+        <x:v>Tue 17 Feb 2026 12:45</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" s="3" t="str">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B102" s="3" t="str">
         <x:v>AMO 15G</x:v>
       </x:c>
       <x:c r="C102" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D102" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E102" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:19</x:v>
+        <x:v>Tue 17 Feb 2026 11:45</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" s="3" t="str">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B103" s="3" t="str">
         <x:v>A44 MSS</x:v>
       </x:c>
       <x:c r="C103" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D103" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,280.00</x:v>
       </x:c>
       <x:c r="E103" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:19</x:v>
+        <x:v>Tue 17 Feb 2026 12:54</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" s="3" t="str">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B104" s="3" t="str">
         <x:v>AMV 12C</x:v>
       </x:c>
       <x:c r="C104" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D104" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,570.00</x:v>
       </x:c>
       <x:c r="E104" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:19</x:v>
+        <x:v>Tue 17 Feb 2026 11:47</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" s="3" t="str">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B105" s="3" t="str">
         <x:v>A64 MVD</x:v>
       </x:c>
       <x:c r="C105" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D105" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E105" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:19</x:v>
+        <x:v>Tue 17 Feb 2026 11:49</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" s="3" t="str">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B106" s="3" t="str">
         <x:v>AMW 805S</x:v>
       </x:c>
       <x:c r="C106" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D106" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E106" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:20</x:v>
+        <x:v>Tue 17 Feb 2026 12:24</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" s="3" t="str">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B107" s="3" t="str">
         <x:v>AMY 147X</x:v>
       </x:c>
       <x:c r="C107" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D107" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E107" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:20</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" s="3" t="str">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B108" s="3" t="str">
         <x:v>AMZ 6</x:v>
       </x:c>
       <x:c r="C108" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D108" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,020.00</x:v>
       </x:c>
       <x:c r="E108" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:20</x:v>
+        <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" s="3" t="str">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B109" s="3" t="str">
         <x:v>814 AN</x:v>
       </x:c>
       <x:c r="C109" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D109" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,290.00</x:v>
       </x:c>
       <x:c r="E109" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:20</x:v>
+        <x:v>Tue 17 Feb 2026 13:15</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" s="3" t="str">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B110" s="3" t="str">
         <x:v>ANA 631A</x:v>
       </x:c>
       <x:c r="C110" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D110" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,300.00</x:v>
       </x:c>
       <x:c r="E110" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:20</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" s="3" t="str">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B111" s="3" t="str">
         <x:v>ANE 52H</x:v>
       </x:c>
       <x:c r="C111" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D111" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E111" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:21</x:v>
+        <x:v>Tue 17 Feb 2026 11:47</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" s="3" t="str">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B112" s="3" t="str">
         <x:v>ANF 14L</x:v>
       </x:c>
       <x:c r="C112" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D112" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E112" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:21</x:v>
+        <x:v>Tue 17 Feb 2026 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" s="3" t="str">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B113" s="3" t="str">
         <x:v>ANG 61C</x:v>
       </x:c>
       <x:c r="C113" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D113" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,670.00</x:v>
       </x:c>
       <x:c r="E113" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:21</x:v>
+        <x:v>Tue 17 Feb 2026 12:12</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" s="3" t="str">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B114" s="3" t="str">
         <x:v>A111 NGM</x:v>
       </x:c>
       <x:c r="C114" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D114" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E114" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:21</x:v>
+        <x:v>Tue 17 Feb 2026 11:33</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" s="3" t="str">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B115" s="3" t="str">
         <x:v>ANG 999M</x:v>
       </x:c>
       <x:c r="C115" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D115" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,120.00</x:v>
       </x:c>
       <x:c r="E115" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:21</x:v>
+        <x:v>Tue 17 Feb 2026 11:34</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" s="3" t="str">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B116" s="3" t="str">
         <x:v>ANG 310S</x:v>
       </x:c>
       <x:c r="C116" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D116" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,610.00</x:v>
       </x:c>
       <x:c r="E116" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:22</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" s="3" t="str">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B117" s="3" t="str">
         <x:v>A51 NGY</x:v>
       </x:c>
       <x:c r="C117" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D117" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E117" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:22</x:v>
+        <x:v>Tue 17 Feb 2026 13:58</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" s="3" t="str">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B118" s="3" t="str">
         <x:v>ANK 217T</x:v>
       </x:c>
       <x:c r="C118" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D118" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E118" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:22</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" s="3" t="str">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B119" s="3" t="str">
         <x:v>AN53 LEY</x:v>
       </x:c>
       <x:c r="C119" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D119" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E119" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:22</x:v>
+        <x:v>Tue 17 Feb 2026 11:27</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" s="3" t="str">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B120" s="3" t="str">
         <x:v>AN73 NNA</x:v>
       </x:c>
       <x:c r="C120" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D120" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E120" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:22</x:v>
+        <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" s="3" t="str">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B121" s="3" t="str">
         <x:v>A821 NOX</x:v>
       </x:c>
       <x:c r="C121" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D121" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E121" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:23</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" s="3" t="str">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B122" s="3" t="str">
         <x:v>60 ANS</x:v>
       </x:c>
       <x:c r="C122" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D122" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,060.00</x:v>
       </x:c>
       <x:c r="E122" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:23</x:v>
+        <x:v>Tue 17 Feb 2026 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" s="3" t="str">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B123" s="3" t="str">
         <x:v>411 ANS</x:v>
       </x:c>
       <x:c r="C123" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D123" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,040.00</x:v>
       </x:c>
       <x:c r="E123" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:23</x:v>
+        <x:v>Tue 17 Feb 2026 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" s="3" t="str">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B124" s="3" t="str">
         <x:v>ANS 54R</x:v>
       </x:c>
       <x:c r="C124" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D124" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£11,010.00</x:v>
       </x:c>
       <x:c r="E124" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:23</x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" s="3" t="str">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B125" s="3" t="str">
         <x:v>88 ANT</x:v>
       </x:c>
       <x:c r="C125" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D125" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,510.00</x:v>
       </x:c>
       <x:c r="E125" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:23</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" s="3" t="str">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B126" s="3" t="str">
         <x:v>ANT 91V</x:v>
       </x:c>
       <x:c r="C126" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D126" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E126" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:24</x:v>
+        <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" s="3" t="str">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B127" s="3" t="str">
         <x:v>ANW 49R</x:v>
       </x:c>
       <x:c r="C127" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D127" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,310.00</x:v>
       </x:c>
       <x:c r="E127" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:24</x:v>
+        <x:v>Tue 17 Feb 2026 14:05</x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" s="3" t="str">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B128" s="3" t="str">
         <x:v>96 AO</x:v>
       </x:c>
       <x:c r="C128" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D128" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,500.00</x:v>
       </x:c>
       <x:c r="E128" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:24</x:v>
+        <x:v>Tue 17 Feb 2026 12:40</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" s="3" t="str">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B129" s="3" t="str">
         <x:v>A91 ONE</x:v>
       </x:c>
       <x:c r="C129" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D129" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,000.00</x:v>
       </x:c>
       <x:c r="E129" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:24</x:v>
+        <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" s="3" t="str">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B130" s="3" t="str">
         <x:v>A77 ONP</x:v>
       </x:c>
       <x:c r="C130" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D130" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E130" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:24</x:v>
+        <x:v>Tue 17 Feb 2026 12:07</x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" s="3" t="str">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B131" s="3" t="str">
         <x:v>A111 OUT</x:v>
       </x:c>
       <x:c r="C131" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D131" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,260.00</x:v>
       </x:c>
       <x:c r="E131" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:25</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" s="3" t="str">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B132" s="3" t="str">
         <x:v>APP 168Y</x:v>
       </x:c>
       <x:c r="C132" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D132" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E132" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:25</x:v>
+        <x:v>Tue 17 Feb 2026 11:55</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" s="3" t="str">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B133" s="3" t="str">
         <x:v>108 AR</x:v>
       </x:c>
       <x:c r="C133" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D133" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,910.00</x:v>
       </x:c>
       <x:c r="E133" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:25</x:v>
+        <x:v>Tue 17 Feb 2026 12:38</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" s="3" t="str">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B134" s="3" t="str">
         <x:v>A111 RAM</x:v>
       </x:c>
       <x:c r="C134" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D134" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,240.00</x:v>
       </x:c>
       <x:c r="E134" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:25</x:v>
+        <x:v>Tue 17 Feb 2026 14:41</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" s="3" t="str">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B135" s="3" t="str">
         <x:v>AR14 CHY</x:v>
       </x:c>
       <x:c r="C135" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D135" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,670.00</x:v>
       </x:c>
       <x:c r="E135" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:25</x:v>
+        <x:v>Tue 17 Feb 2026 12:18</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" s="3" t="str">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B136" s="3" t="str">
         <x:v>ARC 413J</x:v>
       </x:c>
       <x:c r="C136" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D136" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E136" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:26</x:v>
+        <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" s="3" t="str">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B137" s="3" t="str">
         <x:v>ARE 2K</x:v>
       </x:c>
       <x:c r="C137" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D137" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,460.00</x:v>
       </x:c>
       <x:c r="E137" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:26</x:v>
+        <x:v>Tue 17 Feb 2026 12:53</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" s="3" t="str">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B138" s="3" t="str">
         <x:v>ARH 11H</x:v>
       </x:c>
       <x:c r="C138" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D138" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,550.00</x:v>
       </x:c>
       <x:c r="E138" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:26</x:v>
+        <x:v>Tue 17 Feb 2026 13:08</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" s="3" t="str">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B139" s="3" t="str">
         <x:v>ARL 155S</x:v>
       </x:c>
       <x:c r="C139" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D139" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E139" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:26</x:v>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" s="3" t="str">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B140" s="3" t="str">
         <x:v>ARM 44M</x:v>
       </x:c>
       <x:c r="C140" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D140" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E140" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:26</x:v>
+        <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" s="3" t="str">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B141" s="3" t="str">
         <x:v>ARN 13W</x:v>
       </x:c>
       <x:c r="C141" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D141" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E141" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:27</x:v>
+        <x:v>Tue 17 Feb 2026 15:24</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" s="3" t="str">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B142" s="3" t="str">
         <x:v>A444 RSH</x:v>
       </x:c>
       <x:c r="C142" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D142" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,640.00</x:v>
       </x:c>
       <x:c r="E142" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:27</x:v>
+        <x:v>Tue 17 Feb 2026 19:51</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" s="3" t="str">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B143" s="3" t="str">
         <x:v>104 AS</x:v>
       </x:c>
       <x:c r="C143" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D143" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,760.00</x:v>
       </x:c>
       <x:c r="E143" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:27</x:v>
+        <x:v>Tue 17 Feb 2026 13:56</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" s="3" t="str">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B144" s="3" t="str">
         <x:v>ASA 6E</x:v>
       </x:c>
       <x:c r="C144" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D144" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,000.00</x:v>
       </x:c>
       <x:c r="E144" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:27</x:v>
+        <x:v>Tue 17 Feb 2026 12:40</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" s="3" t="str">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B145" s="3" t="str">
         <x:v>ASA 4N</x:v>
       </x:c>
       <x:c r="C145" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D145" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E145" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:27</x:v>
+        <x:v>Tue 17 Feb 2026 14:23</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" s="3" t="str">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B146" s="3" t="str">
         <x:v>33 ASC</x:v>
       </x:c>
       <x:c r="C146" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D146" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,630.00</x:v>
       </x:c>
       <x:c r="E146" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:28</x:v>
+        <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" s="3" t="str">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B147" s="3" t="str">
         <x:v>ASC 111A</x:v>
       </x:c>
       <x:c r="C147" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D147" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E147" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:28</x:v>
+        <x:v>Tue 17 Feb 2026 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" s="3" t="str">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B148" s="3" t="str">
         <x:v>ASC 317D</x:v>
       </x:c>
       <x:c r="C148" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D148" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E148" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:28</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" s="3" t="str">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B149" s="3" t="str">
         <x:v>ASD 25F</x:v>
       </x:c>
       <x:c r="C149" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D149" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E149" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:28</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" s="3" t="str">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B150" s="3" t="str">
         <x:v>45 ASG</x:v>
       </x:c>
       <x:c r="C150" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D150" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,270.00</x:v>
       </x:c>
       <x:c r="E150" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:28</x:v>
+        <x:v>Tue 17 Feb 2026 11:44</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" s="3" t="str">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B151" s="3" t="str">
         <x:v>675 ASH</x:v>
       </x:c>
       <x:c r="C151" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D151" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E151" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:29</x:v>
+        <x:v>Tue 17 Feb 2026 11:36</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" s="3" t="str">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B152" s="3" t="str">
         <x:v>A51 SHA</x:v>
       </x:c>
       <x:c r="C152" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D152" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,810.00</x:v>
       </x:c>
       <x:c r="E152" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:29</x:v>
+        <x:v>Tue 17 Feb 2026 13:16</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" s="3" t="str">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B153" s="3" t="str">
         <x:v>ASH 8L</x:v>
       </x:c>
       <x:c r="C153" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D153" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,810.00</x:v>
       </x:c>
       <x:c r="E153" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:29</x:v>
+        <x:v>Tue 17 Feb 2026 11:57</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" s="3" t="str">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B154" s="3" t="str">
         <x:v>ASH 4M</x:v>
       </x:c>
       <x:c r="C154" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D154" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,810.00</x:v>
       </x:c>
       <x:c r="E154" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:29</x:v>
+        <x:v>Tue 17 Feb 2026 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" s="3" t="str">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B155" s="3" t="str">
         <x:v>ASH 93P</x:v>
       </x:c>
       <x:c r="C155" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D155" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E155" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:29</x:v>
+        <x:v>Tue 17 Feb 2026 12:20</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" s="3" t="str">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B156" s="3" t="str">
         <x:v>ASH 45S</x:v>
       </x:c>
       <x:c r="C156" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D156" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E156" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:30</x:v>
+        <x:v>Tue 17 Feb 2026 14:01</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" s="3" t="str">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B157" s="3" t="str">
         <x:v>A75 SJK</x:v>
       </x:c>
       <x:c r="C157" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D157" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E157" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:30</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" s="3" t="str">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B158" s="3" t="str">
         <x:v>ASK 483N</x:v>
       </x:c>
       <x:c r="C158" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D158" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E158" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:30</x:v>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" s="3" t="str">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B159" s="3" t="str">
         <x:v>A670 SLT</x:v>
       </x:c>
       <x:c r="C159" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D159" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£480.00</x:v>
       </x:c>
       <x:c r="E159" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:30</x:v>
+        <x:v>Tue 17 Feb 2026 12:57</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" s="3" t="str">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B160" s="3" t="str">
         <x:v>A715 SON</x:v>
       </x:c>
       <x:c r="C160" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D160" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,350.00</x:v>
       </x:c>
       <x:c r="E160" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:30</x:v>
+        <x:v>Tue 17 Feb 2026 12:50</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" s="3" t="str">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B161" s="3" t="str">
         <x:v>24 ASR</x:v>
       </x:c>
       <x:c r="C161" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D161" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E161" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:31</x:v>
+        <x:v>Tue 17 Feb 2026 12:12</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" s="3" t="str">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B162" s="3" t="str">
         <x:v>68 AST</x:v>
       </x:c>
       <x:c r="C162" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D162" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,600.00</x:v>
       </x:c>
       <x:c r="E162" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:31</x:v>
+        <x:v>Tue 17 Feb 2026 11:52</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" s="3" t="str">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B163" s="3" t="str">
         <x:v>ATA 11A</x:v>
       </x:c>
       <x:c r="C163" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D163" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,770.00</x:v>
       </x:c>
       <x:c r="E163" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:31</x:v>
+        <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" s="3" t="str">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B164" s="3" t="str">
         <x:v>ATL 4S</x:v>
       </x:c>
       <x:c r="C164" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D164" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£41,110.00</x:v>
       </x:c>
       <x:c r="E164" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:31</x:v>
+        <x:v>Tue 17 Feb 2026 15:39</x:v>
       </x:c>
     </x:row>
     <x:row r="165">
       <x:c r="A165" s="3" t="str">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B165" s="3" t="str">
         <x:v>ATT 25A</x:v>
       </x:c>
       <x:c r="C165" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D165" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E165" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:31</x:v>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" s="3" t="str">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B166" s="3" t="str">
         <x:v>ATV 114N</x:v>
       </x:c>
       <x:c r="C166" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D166" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£400.00</x:v>
       </x:c>
       <x:c r="E166" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:32</x:v>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" s="3" t="str">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B167" s="3" t="str">
         <x:v>AUD 177S</x:v>
       </x:c>
       <x:c r="C167" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D167" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,950.00</x:v>
       </x:c>
       <x:c r="E167" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:32</x:v>
+        <x:v>Tue 17 Feb 2026 12:07</x:v>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" s="3" t="str">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B168" s="3" t="str">
         <x:v>A127 UNA</x:v>
       </x:c>
       <x:c r="C168" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D168" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E168" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:32</x:v>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" s="3" t="str">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B169" s="3" t="str">
         <x:v>46 AV</x:v>
       </x:c>
       <x:c r="C169" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D169" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,520.00</x:v>
       </x:c>
       <x:c r="E169" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:32</x:v>
+        <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" s="3" t="str">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B170" s="3" t="str">
         <x:v>AVA 234A</x:v>
       </x:c>
       <x:c r="C170" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D170" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£880.00</x:v>
       </x:c>
       <x:c r="E170" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:32</x:v>
+        <x:v>Tue 17 Feb 2026 12:06</x:v>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" s="3" t="str">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B171" s="3" t="str">
         <x:v>AVA 171D</x:v>
       </x:c>
       <x:c r="C171" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D171" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E171" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:33</x:v>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" s="3" t="str">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B172" s="3" t="str">
         <x:v>AVA 15K</x:v>
       </x:c>
       <x:c r="C172" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D172" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,500.00</x:v>
       </x:c>
       <x:c r="E172" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:33</x:v>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" s="3" t="str">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B173" s="3" t="str">
         <x:v>AVR 33N</x:v>
       </x:c>
       <x:c r="C173" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D173" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£620.00</x:v>
       </x:c>
       <x:c r="E173" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:33</x:v>
+        <x:v>Tue 17 Feb 2026 12:13</x:v>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" s="3" t="str">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B174" s="3" t="str">
         <x:v>AVZ 300</x:v>
       </x:c>
       <x:c r="C174" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D174" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E174" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:33</x:v>
+        <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" s="3" t="str">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B175" s="3" t="str">
         <x:v>181 AW</x:v>
       </x:c>
       <x:c r="C175" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D175" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E175" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:33</x:v>
+        <x:v>Tue 17 Feb 2026 11:55</x:v>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" s="3" t="str">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B176" s="3" t="str">
         <x:v>AWB 3A</x:v>
       </x:c>
       <x:c r="C176" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D176" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E176" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:34</x:v>
+        <x:v>Tue 17 Feb 2026 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" s="3" t="str">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B177" s="3" t="str">
         <x:v>AWB 1X</x:v>
       </x:c>
       <x:c r="C177" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D177" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,700.00</x:v>
       </x:c>
       <x:c r="E177" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:34</x:v>
+        <x:v>Tue 17 Feb 2026 12:01</x:v>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" s="3" t="str">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B178" s="3" t="str">
         <x:v>AWR 417H</x:v>
       </x:c>
       <x:c r="C178" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D178" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E178" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:34</x:v>
+        <x:v>Tue 17 Feb 2026 13:04</x:v>
       </x:c>
     </x:row>
     <x:row r="179">
       <x:c r="A179" s="3" t="str">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B179" s="3" t="str">
         <x:v>AXL 805S</x:v>
       </x:c>
       <x:c r="C179" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D179" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E179" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:34</x:v>
       </x:c>
     </x:row>
     <x:row r="180">
       <x:c r="A180" s="3" t="str">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B180" s="3" t="str">
         <x:v>A30 XST</x:v>
       </x:c>
       <x:c r="C180" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D180" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E180" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:34</x:v>
       </x:c>
     </x:row>
     <x:row r="181">
       <x:c r="A181" s="3" t="str">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B181" s="3" t="str">
         <x:v>AXZ 35</x:v>
       </x:c>
       <x:c r="C181" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D181" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£790.00</x:v>
       </x:c>
       <x:c r="E181" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:35</x:v>
+        <x:v>Tue 17 Feb 2026 11:54</x:v>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" s="3" t="str">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B182" s="3" t="str">
         <x:v>A451 YAA</x:v>
       </x:c>
       <x:c r="C182" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D182" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E182" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:35</x:v>
+        <x:v>Tue 17 Feb 2026 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="183">
       <x:c r="A183" s="3" t="str">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B183" s="3" t="str">
         <x:v>AY75 AAN</x:v>
       </x:c>
       <x:c r="C183" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D183" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,350.00</x:v>
       </x:c>
       <x:c r="E183" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:35</x:v>
+        <x:v>Tue 17 Feb 2026 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" s="3" t="str">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B184" s="3" t="str">
         <x:v>A117 YAH</x:v>
       </x:c>
       <x:c r="C184" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D184" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,520.00</x:v>
       </x:c>
       <x:c r="E184" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:35</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="185">
       <x:c r="A185" s="3" t="str">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B185" s="3" t="str">
         <x:v>AYE 7E</x:v>
       </x:c>
       <x:c r="C185" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D185" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E185" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:35</x:v>
       </x:c>
     </x:row>
     <x:row r="186">
       <x:c r="A186" s="3" t="str">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B186" s="3" t="str">
         <x:v>AY04 RES</x:v>
       </x:c>
       <x:c r="C186" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D186" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£340.00</x:v>
       </x:c>
       <x:c r="E186" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:36</x:v>
+        <x:v>Tue 17 Feb 2026 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="187">
       <x:c r="A187" s="3" t="str">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B187" s="3" t="str">
         <x:v>AYR 4S</x:v>
       </x:c>
       <x:c r="C187" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D187" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,030.00</x:v>
       </x:c>
       <x:c r="E187" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:36</x:v>
+        <x:v>Tue 17 Feb 2026 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="188">
       <x:c r="A188" s="3" t="str">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B188" s="3" t="str">
         <x:v>AY22 TON</x:v>
       </x:c>
       <x:c r="C188" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D188" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E188" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:36</x:v>
       </x:c>
     </x:row>
     <x:row r="189">
       <x:c r="A189" s="3" t="str">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B189" s="3" t="str">
         <x:v>AYU 8M</x:v>
       </x:c>
       <x:c r="C189" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D189" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E189" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:36</x:v>
       </x:c>
     </x:row>
     <x:row r="190">
       <x:c r="A190" s="3" t="str">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B190" s="3" t="str">
         <x:v>251 B</x:v>
       </x:c>
       <x:c r="C190" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D190" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,010.00</x:v>
       </x:c>
       <x:c r="E190" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:36</x:v>
+        <x:v>Tue 17 Feb 2026 11:38</x:v>
       </x:c>
     </x:row>
     <x:row r="191">
       <x:c r="A191" s="3" t="str">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B191" s="3" t="str">
         <x:v>1997 BA</x:v>
       </x:c>
       <x:c r="C191" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D191" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,520.00</x:v>
       </x:c>
       <x:c r="E191" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:37</x:v>
+        <x:v>Tue 17 Feb 2026 11:52</x:v>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" s="3" t="str">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B192" s="3" t="str">
         <x:v>BAC 114N</x:v>
       </x:c>
       <x:c r="C192" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D192" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£890.00</x:v>
       </x:c>
       <x:c r="E192" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:37</x:v>
+        <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" s="3" t="str">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B193" s="3" t="str">
         <x:v>B44 ALA</x:v>
       </x:c>
       <x:c r="C193" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D193" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,100.00</x:v>
       </x:c>
       <x:c r="E193" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:37</x:v>
+        <x:v>Tue 17 Feb 2026 12:21</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" s="3" t="str">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B194" s="3" t="str">
         <x:v>B44 ALL</x:v>
       </x:c>
       <x:c r="C194" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D194" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E194" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:37</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" s="3" t="str">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B195" s="3" t="str">
         <x:v>B114 ALX</x:v>
       </x:c>
       <x:c r="C195" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D195" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E195" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:37</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" s="3" t="str">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B196" s="3" t="str">
         <x:v>BA08 TES</x:v>
       </x:c>
       <x:c r="C196" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D196" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E196" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:38</x:v>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" s="3" t="str">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B197" s="3" t="str">
         <x:v>BAT 313M</x:v>
       </x:c>
       <x:c r="C197" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D197" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E197" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:38</x:v>
+        <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="198">
       <x:c r="A198" s="3" t="str">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B198" s="3" t="str">
         <x:v>BAZ 657</x:v>
       </x:c>
       <x:c r="C198" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D198" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E198" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:38</x:v>
+        <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" s="3" t="str">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B199" s="3" t="str">
         <x:v>B340 BMW</x:v>
       </x:c>
       <x:c r="C199" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D199" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£640.00</x:v>
       </x:c>
       <x:c r="E199" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:38</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" s="3" t="str">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B200" s="3" t="str">
         <x:v>BCD 1A</x:v>
       </x:c>
       <x:c r="C200" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D200" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E200" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:38</x:v>
+        <x:v>Tue 17 Feb 2026 11:48</x:v>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" s="3" t="str">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B201" s="3" t="str">
         <x:v>B92 CRG</x:v>
       </x:c>
       <x:c r="C201" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D201" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E201" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:39</x:v>
+        <x:v>Tue 17 Feb 2026 12:08</x:v>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" s="3" t="str">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B202" s="3" t="str">
         <x:v>BCW 4S</x:v>
       </x:c>
       <x:c r="C202" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D202" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E202" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:39</x:v>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" s="3" t="str">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B203" s="3" t="str">
         <x:v>B38 DLE</x:v>
       </x:c>
       <x:c r="C203" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D203" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E203" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:39</x:v>
+        <x:v>Tue 17 Feb 2026 12:48</x:v>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" s="3" t="str">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B204" s="3" t="str">
         <x:v>B166 DSG</x:v>
       </x:c>
       <x:c r="C204" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D204" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£650.00</x:v>
       </x:c>
       <x:c r="E204" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:39</x:v>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" s="3" t="str">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B205" s="3" t="str">
         <x:v>B166 DSL</x:v>
       </x:c>
       <x:c r="C205" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D205" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E205" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:39</x:v>
+        <x:v>Tue 17 Feb 2026 11:43</x:v>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" s="3" t="str">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B206" s="3" t="str">
         <x:v>BEA 3F</x:v>
       </x:c>
       <x:c r="C206" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D206" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E206" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:40</x:v>
+        <x:v>Tue 17 Feb 2026 12:37</x:v>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" s="3" t="str">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B207" s="3" t="str">
         <x:v>BEB 2Y</x:v>
       </x:c>
       <x:c r="C207" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D207" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£730.00</x:v>
       </x:c>
       <x:c r="E207" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:40</x:v>
+        <x:v>Tue 17 Feb 2026 12:06</x:v>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" s="3" t="str">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B208" s="3" t="str">
         <x:v>80 BEC</x:v>
       </x:c>
       <x:c r="C208" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D208" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,400.00</x:v>
       </x:c>
       <x:c r="E208" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:40</x:v>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" s="3" t="str">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B209" s="3" t="str">
         <x:v>BEC 30L</x:v>
       </x:c>
       <x:c r="C209" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D209" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E209" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:40</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" s="3" t="str">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B210" s="3" t="str">
         <x:v>BED 198G</x:v>
       </x:c>
       <x:c r="C210" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D210" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E210" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:40</x:v>
+        <x:v>Tue 17 Feb 2026 11:55</x:v>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" s="3" t="str">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B211" s="3" t="str">
         <x:v>BED 124Y</x:v>
       </x:c>
       <x:c r="C211" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D211" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E211" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:41</x:v>
+        <x:v>Tue 17 Feb 2026 11:50</x:v>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" s="3" t="str">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B212" s="3" t="str">
         <x:v>86 BEE</x:v>
       </x:c>
       <x:c r="C212" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D212" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E212" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:41</x:v>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" s="3" t="str">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B213" s="3" t="str">
         <x:v>B33 EES</x:v>
       </x:c>
       <x:c r="C213" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D213" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,120.00</x:v>
       </x:c>
       <x:c r="E213" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:41</x:v>
+        <x:v>Tue 17 Feb 2026 12:51</x:v>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" s="3" t="str">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B214" s="3" t="str">
         <x:v>B133 ELL</x:v>
       </x:c>
       <x:c r="C214" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D214" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£340.00</x:v>
       </x:c>
       <x:c r="E214" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:41</x:v>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" s="3" t="str">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B215" s="3" t="str">
         <x:v>BE15 LLA</x:v>
       </x:c>
       <x:c r="C215" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D215" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,480.00</x:v>
       </x:c>
       <x:c r="E215" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:41</x:v>
+        <x:v>Tue 17 Feb 2026 14:38</x:v>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" s="3" t="str">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B216" s="3" t="str">
         <x:v>103 BEN</x:v>
       </x:c>
       <x:c r="C216" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D216" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,040.00</x:v>
       </x:c>
       <x:c r="E216" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:42</x:v>
+        <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" s="3" t="str">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B217" s="3" t="str">
         <x:v>BEN 5E</x:v>
       </x:c>
       <x:c r="C217" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D217" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E217" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:42</x:v>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" s="3" t="str">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B218" s="3" t="str">
         <x:v>B33 ENJ</x:v>
       </x:c>
       <x:c r="C218" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D218" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,120.00</x:v>
       </x:c>
       <x:c r="E218" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:42</x:v>
+        <x:v>Tue 17 Feb 2026 12:02</x:v>
       </x:c>
     </x:row>
     <x:row r="219">
       <x:c r="A219" s="3" t="str">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B219" s="3" t="str">
         <x:v>BEN 92R</x:v>
       </x:c>
       <x:c r="C219" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D219" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,960.00</x:v>
       </x:c>
       <x:c r="E219" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:42</x:v>
+        <x:v>Tue 17 Feb 2026 11:56</x:v>
       </x:c>
     </x:row>
     <x:row r="220">
       <x:c r="A220" s="3" t="str">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B220" s="3" t="str">
         <x:v>BEP 1E</x:v>
       </x:c>
       <x:c r="C220" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D220" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E220" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:42</x:v>
       </x:c>
     </x:row>
     <x:row r="221">
       <x:c r="A221" s="3" t="str">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B221" s="3" t="str">
         <x:v>B166 EPS</x:v>
       </x:c>
       <x:c r="C221" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D221" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E221" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:43</x:v>
+        <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" s="3" t="str">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B222" s="3" t="str">
         <x:v>BER 713W</x:v>
       </x:c>
       <x:c r="C222" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D222" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E222" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:43</x:v>
+        <x:v>Tue 17 Feb 2026 12:24</x:v>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" s="3" t="str">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B223" s="3" t="str">
         <x:v>75 BF</x:v>
       </x:c>
       <x:c r="C223" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D223" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,210.00</x:v>
       </x:c>
       <x:c r="E223" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:43</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" s="3" t="str">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B224" s="3" t="str">
         <x:v>B123 FLY</x:v>
       </x:c>
       <x:c r="C224" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D224" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E224" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:43</x:v>
+        <x:v>Tue 17 Feb 2026 12:04</x:v>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" s="3" t="str">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B225" s="3" t="str">
         <x:v>B112 GER</x:v>
       </x:c>
       <x:c r="C225" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D225" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E225" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:43</x:v>
+        <x:v>Tue 17 Feb 2026 12:50</x:v>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" s="3" t="str">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B226" s="3" t="str">
         <x:v>BGZ 888</x:v>
       </x:c>
       <x:c r="C226" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D226" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E226" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:44</x:v>
+        <x:v>Tue 17 Feb 2026 14:10</x:v>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" s="3" t="str">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B227" s="3" t="str">
         <x:v>BHA 1G</x:v>
       </x:c>
       <x:c r="C227" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D227" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,580.00</x:v>
       </x:c>
       <x:c r="E227" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:44</x:v>
+        <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" s="3" t="str">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B228" s="3" t="str">
         <x:v>BHA 664R</x:v>
       </x:c>
       <x:c r="C228" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D228" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E228" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:44</x:v>
+        <x:v>Tue 17 Feb 2026 11:53</x:v>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" s="3" t="str">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B229" s="3" t="str">
         <x:v>B37 HJX</x:v>
       </x:c>
       <x:c r="C229" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D229" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£430.00</x:v>
       </x:c>
       <x:c r="E229" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:44</x:v>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" s="3" t="str">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B230" s="3" t="str">
         <x:v>BHO 617L</x:v>
       </x:c>
       <x:c r="C230" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D230" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E230" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:44</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" s="3" t="str">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B231" s="3" t="str">
         <x:v>BHU 5H</x:v>
       </x:c>
       <x:c r="C231" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D231" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E231" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:45</x:v>
+        <x:v>Tue 17 Feb 2026 12:12</x:v>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" s="3" t="str">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B232" s="3" t="str">
         <x:v>BHV 11K</x:v>
       </x:c>
       <x:c r="C232" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D232" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,380.00</x:v>
       </x:c>
       <x:c r="E232" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:45</x:v>
+        <x:v>Tue 17 Feb 2026 13:08</x:v>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" s="3" t="str">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B233" s="3" t="str">
         <x:v>BIG 6357</x:v>
       </x:c>
       <x:c r="C233" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D233" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E233" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:45</x:v>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" s="3" t="str">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B234" s="3" t="str">
         <x:v>B119 JAV</x:v>
       </x:c>
       <x:c r="C234" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D234" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,040.00</x:v>
       </x:c>
       <x:c r="E234" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:45</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" s="3" t="str">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B235" s="3" t="str">
         <x:v>B88 JWA</x:v>
       </x:c>
       <x:c r="C235" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D235" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E235" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:45</x:v>
+        <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" s="3" t="str">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B236" s="3" t="str">
         <x:v>202 BK</x:v>
       </x:c>
       <x:c r="C236" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D236" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,310.00</x:v>
       </x:c>
       <x:c r="E236" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:46</x:v>
+        <x:v>Tue 17 Feb 2026 12:39</x:v>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" s="3" t="str">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B237" s="3" t="str">
         <x:v>B47 KAT</x:v>
       </x:c>
       <x:c r="C237" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D237" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,710.00</x:v>
       </x:c>
       <x:c r="E237" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:46</x:v>
+        <x:v>Tue 17 Feb 2026 14:49</x:v>
       </x:c>
     </x:row>
     <x:row r="238">
       <x:c r="A238" s="3" t="str">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B238" s="3" t="str">
         <x:v>B38 KAY</x:v>
       </x:c>
       <x:c r="C238" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D238" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E238" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:46</x:v>
+        <x:v>Tue 17 Feb 2026 11:50</x:v>
       </x:c>
     </x:row>
     <x:row r="239">
       <x:c r="A239" s="3" t="str">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B239" s="3" t="str">
         <x:v>B70 KER</x:v>
       </x:c>
       <x:c r="C239" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D239" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,030.00</x:v>
       </x:c>
       <x:c r="E239" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:46</x:v>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" s="3" t="str">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B240" s="3" t="str">
         <x:v>B444 KES</x:v>
       </x:c>
       <x:c r="C240" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D240" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E240" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:46</x:v>
+        <x:v>Tue 17 Feb 2026 12:14</x:v>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" s="3" t="str">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B241" s="3" t="str">
         <x:v>B91 KRO</x:v>
       </x:c>
       <x:c r="C241" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D241" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E241" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:47</x:v>
+        <x:v>Tue 17 Feb 2026 12:19</x:v>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" s="3" t="str">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B242" s="3" t="str">
         <x:v>BLA 3N</x:v>
       </x:c>
       <x:c r="C242" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D242" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£690.00</x:v>
       </x:c>
       <x:c r="E242" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:47</x:v>
+        <x:v>Tue 17 Feb 2026 11:58</x:v>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" s="3" t="str">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B243" s="3" t="str">
         <x:v>BLE 32E</x:v>
       </x:c>
       <x:c r="C243" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D243" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E243" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:47</x:v>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" s="3" t="str">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B244" s="3" t="str">
         <x:v>B44 LLL</x:v>
       </x:c>
       <x:c r="C244" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D244" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,030.00</x:v>
       </x:c>
       <x:c r="E244" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:47</x:v>
+        <x:v>Tue 17 Feb 2026 11:58</x:v>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" s="3" t="str">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B245" s="3" t="str">
         <x:v>B98 LUE</x:v>
       </x:c>
       <x:c r="C245" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D245" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E245" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:47</x:v>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" s="3" t="str">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B246" s="3" t="str">
         <x:v>BLU 837L</x:v>
       </x:c>
       <x:c r="C246" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D246" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E246" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:48</x:v>
+        <x:v>Tue 17 Feb 2026 13:06</x:v>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" s="3" t="str">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B247" s="3" t="str">
         <x:v>B184 MAE</x:v>
       </x:c>
       <x:c r="C247" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D247" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E247" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:48</x:v>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" s="3" t="str">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B248" s="3" t="str">
         <x:v>BMU 555E</x:v>
       </x:c>
       <x:c r="C248" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D248" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£600.00</x:v>
       </x:c>
       <x:c r="E248" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:48</x:v>
+        <x:v>Tue 17 Feb 2026 13:02</x:v>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" s="3" t="str">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B249" s="3" t="str">
         <x:v>777 BN</x:v>
       </x:c>
       <x:c r="C249" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D249" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,110.00</x:v>
       </x:c>
       <x:c r="E249" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:48</x:v>
+        <x:v>Tue 17 Feb 2026 13:50</x:v>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" s="3" t="str">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B250" s="3" t="str">
         <x:v>BNA 1R</x:v>
       </x:c>
       <x:c r="C250" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D250" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E250" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:48</x:v>
+        <x:v>Tue 17 Feb 2026 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="251">
       <x:c r="A251" s="3" t="str">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B251" s="3" t="str">
         <x:v>B200 OKE</x:v>
       </x:c>
       <x:c r="C251" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D251" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,610.00</x:v>
       </x:c>
       <x:c r="E251" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:49</x:v>
+        <x:v>Tue 17 Feb 2026 13:20</x:v>
       </x:c>
     </x:row>
     <x:row r="252">
       <x:c r="A252" s="3" t="str">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B252" s="3" t="str">
         <x:v>BOM 4N</x:v>
       </x:c>
       <x:c r="C252" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D252" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E252" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:49</x:v>
       </x:c>
     </x:row>
     <x:row r="253">
       <x:c r="A253" s="3" t="str">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B253" s="3" t="str">
         <x:v>B48 OOO</x:v>
       </x:c>
       <x:c r="C253" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D253" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E253" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:49</x:v>
+        <x:v>Tue 17 Feb 2026 11:52</x:v>
       </x:c>
     </x:row>
     <x:row r="254">
       <x:c r="A254" s="3" t="str">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B254" s="3" t="str">
         <x:v>BOR 157A</x:v>
       </x:c>
       <x:c r="C254" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D254" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E254" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:49</x:v>
+        <x:v>Tue 17 Feb 2026 12:40</x:v>
       </x:c>
     </x:row>
     <x:row r="255">
       <x:c r="A255" s="3" t="str">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B255" s="3" t="str">
         <x:v>BOS 451F</x:v>
       </x:c>
       <x:c r="C255" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D255" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,440.00</x:v>
       </x:c>
       <x:c r="E255" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:49</x:v>
+        <x:v>Tue 17 Feb 2026 12:33</x:v>
       </x:c>
     </x:row>
     <x:row r="256">
       <x:c r="A256" s="3" t="str">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B256" s="3" t="str">
         <x:v>B88 OSS</x:v>
       </x:c>
       <x:c r="C256" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D256" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,420.00</x:v>
       </x:c>
       <x:c r="E256" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:50</x:v>
+        <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="257">
       <x:c r="A257" s="3" t="str">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B257" s="3" t="str">
         <x:v>BOT 6H</x:v>
       </x:c>
       <x:c r="C257" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D257" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E257" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:50</x:v>
       </x:c>
     </x:row>
     <x:row r="258">
       <x:c r="A258" s="3" t="str">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B258" s="3" t="str">
         <x:v>BOV 1E</x:v>
       </x:c>
       <x:c r="C258" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D258" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,410.00</x:v>
       </x:c>
       <x:c r="E258" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:50</x:v>
+        <x:v>Tue 17 Feb 2026 13:26</x:v>
       </x:c>
     </x:row>
     <x:row r="259">
       <x:c r="A259" s="3" t="str">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B259" s="3" t="str">
         <x:v>BOY 4N</x:v>
       </x:c>
       <x:c r="C259" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D259" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,600.00</x:v>
       </x:c>
       <x:c r="E259" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:50</x:v>
+        <x:v>Tue 17 Feb 2026 12:13</x:v>
       </x:c>
     </x:row>
     <x:row r="260">
       <x:c r="A260" s="3" t="str">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B260" s="3" t="str">
         <x:v>B58 PKB</x:v>
       </x:c>
       <x:c r="C260" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D260" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£870.00</x:v>
       </x:c>
       <x:c r="E260" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:50</x:v>
+        <x:v>Tue 17 Feb 2026 11:58</x:v>
       </x:c>
     </x:row>
     <x:row r="261">
       <x:c r="A261" s="3" t="str">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B261" s="3" t="str">
         <x:v>BPS 445</x:v>
       </x:c>
       <x:c r="C261" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D261" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E261" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:51</x:v>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" s="3" t="str">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B262" s="3" t="str">
         <x:v>1998 BR</x:v>
       </x:c>
       <x:c r="C262" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D262" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E262" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:51</x:v>
+        <x:v>Tue 17 Feb 2026 12:34</x:v>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" s="3" t="str">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B263" s="3" t="str">
         <x:v>BRA 1S</x:v>
       </x:c>
       <x:c r="C263" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D263" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E263" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:51</x:v>
+        <x:v>Tue 17 Feb 2026 12:39</x:v>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" s="3" t="str">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B264" s="3" t="str">
         <x:v>297 BRG</x:v>
       </x:c>
       <x:c r="C264" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D264" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E264" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:51</x:v>
+        <x:v>Tue 17 Feb 2026 11:53</x:v>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" s="3" t="str">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B265" s="3" t="str">
         <x:v>B444 RKA</x:v>
       </x:c>
       <x:c r="C265" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D265" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E265" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:51</x:v>
+        <x:v>Tue 17 Feb 2026 13:26</x:v>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" s="3" t="str">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B266" s="3" t="str">
         <x:v>BRO 77N</x:v>
       </x:c>
       <x:c r="C266" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D266" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,220.00</x:v>
       </x:c>
       <x:c r="E266" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:52</x:v>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" s="3" t="str">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B267" s="3" t="str">
         <x:v>BR14 OOK</x:v>
       </x:c>
       <x:c r="C267" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D267" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,620.00</x:v>
       </x:c>
       <x:c r="E267" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:52</x:v>
+        <x:v>Tue 17 Feb 2026 12:31</x:v>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" s="3" t="str">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B268" s="3" t="str">
         <x:v>B48 ROY</x:v>
       </x:c>
       <x:c r="C268" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D268" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E268" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:52</x:v>
+        <x:v>Tue 17 Feb 2026 11:57</x:v>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" s="3" t="str">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B269" s="3" t="str">
         <x:v>B96 RSR</x:v>
       </x:c>
       <x:c r="C269" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D269" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E269" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:52</x:v>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" s="3" t="str">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B270" s="3" t="str">
         <x:v>BR03 YAN</x:v>
       </x:c>
       <x:c r="C270" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D270" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E270" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:52</x:v>
+        <x:v>Tue 17 Feb 2026 12:20</x:v>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" s="3" t="str">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B271" s="3" t="str">
         <x:v>BSC 11T</x:v>
       </x:c>
       <x:c r="C271" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D271" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E271" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:53</x:v>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" s="3" t="str">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B272" s="3" t="str">
         <x:v>B44 SHH</x:v>
       </x:c>
       <x:c r="C272" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D272" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E272" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:53</x:v>
+        <x:v>Tue 17 Feb 2026 13:01</x:v>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" s="3" t="str">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B273" s="3" t="str">
         <x:v>B69 SMF</x:v>
       </x:c>
       <x:c r="C273" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D273" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E273" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:53</x:v>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" s="3" t="str">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B274" s="3" t="str">
         <x:v>97 BSN</x:v>
       </x:c>
       <x:c r="C274" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D274" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,710.00</x:v>
       </x:c>
       <x:c r="E274" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:53</x:v>
+        <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" s="3" t="str">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B275" s="3" t="str">
         <x:v>101 BSS</x:v>
       </x:c>
       <x:c r="C275" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D275" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E275" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:53</x:v>
+        <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" s="3" t="str">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B276" s="3" t="str">
         <x:v>B64 STY</x:v>
       </x:c>
       <x:c r="C276" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D276" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,780.00</x:v>
       </x:c>
       <x:c r="E276" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:54</x:v>
+        <x:v>Tue 17 Feb 2026 12:48</x:v>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" s="3" t="str">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B277" s="3" t="str">
         <x:v>B117 TAR</x:v>
       </x:c>
       <x:c r="C277" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D277" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E277" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:54</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" s="3" t="str">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B278" s="3" t="str">
         <x:v>BTE 77Y</x:v>
       </x:c>
       <x:c r="C278" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D278" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E278" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:54</x:v>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" s="3" t="str">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B279" s="3" t="str">
         <x:v>B377 TTY</x:v>
       </x:c>
       <x:c r="C279" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D279" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E279" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:54</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" s="3" t="str">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B280" s="3" t="str">
         <x:v>BUA 70N</x:v>
       </x:c>
       <x:c r="C280" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D280" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E280" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:54</x:v>
       </x:c>
     </x:row>
     <x:row r="281">
       <x:c r="A281" s="3" t="str">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B281" s="3" t="str">
         <x:v>BUG 67</x:v>
       </x:c>
       <x:c r="C281" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D281" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,610.00</x:v>
       </x:c>
       <x:c r="E281" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:55</x:v>
+        <x:v>Tue 17 Feb 2026 12:24</x:v>
       </x:c>
     </x:row>
     <x:row r="282">
       <x:c r="A282" s="3" t="str">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B282" s="3" t="str">
         <x:v>14 BUN</x:v>
       </x:c>
       <x:c r="C282" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D282" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,330.00</x:v>
       </x:c>
       <x:c r="E282" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:55</x:v>
+        <x:v>Tue 17 Feb 2026 12:20</x:v>
       </x:c>
     </x:row>
     <x:row r="283">
       <x:c r="A283" s="3" t="str">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B283" s="3" t="str">
         <x:v>B22 UNT</x:v>
       </x:c>
       <x:c r="C283" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D283" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£600.00</x:v>
       </x:c>
       <x:c r="E283" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:55</x:v>
       </x:c>
     </x:row>
     <x:row r="284">
       <x:c r="A284" s="3" t="str">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B284" s="3" t="str">
         <x:v>B222 UPD</x:v>
       </x:c>
       <x:c r="C284" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D284" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E284" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:55</x:v>
       </x:c>
     </x:row>
     <x:row r="285">
       <x:c r="A285" s="3" t="str">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B285" s="3" t="str">
         <x:v>BUR 578W</x:v>
       </x:c>
       <x:c r="C285" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D285" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E285" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:55</x:v>
       </x:c>
     </x:row>
     <x:row r="286">
       <x:c r="A286" s="3" t="str">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B286" s="3" t="str">
         <x:v>B91 UTV</x:v>
       </x:c>
       <x:c r="C286" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D286" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E286" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:56</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" s="3" t="str">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B287" s="3" t="str">
         <x:v>BVZ 555</x:v>
       </x:c>
       <x:c r="C287" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D287" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£740.00</x:v>
       </x:c>
       <x:c r="E287" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:56</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" s="3" t="str">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B288" s="3" t="str">
         <x:v>1888 BW</x:v>
       </x:c>
       <x:c r="C288" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D288" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,760.00</x:v>
       </x:c>
       <x:c r="E288" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:56</x:v>
+        <x:v>Tue 17 Feb 2026 11:57</x:v>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" s="3" t="str">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B289" s="3" t="str">
         <x:v>B99 WLC</x:v>
       </x:c>
       <x:c r="C289" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D289" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E289" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:56</x:v>
       </x:c>
     </x:row>
     <x:row r="290">
       <x:c r="A290" s="3" t="str">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B290" s="3" t="str">
         <x:v>BWM 4N</x:v>
       </x:c>
       <x:c r="C290" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D290" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,390.00</x:v>
       </x:c>
       <x:c r="E290" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:56</x:v>
+        <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="291">
       <x:c r="A291" s="3" t="str">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B291" s="3" t="str">
         <x:v>B44 YAA</x:v>
       </x:c>
       <x:c r="C291" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D291" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E291" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:57</x:v>
+        <x:v>Tue 17 Feb 2026 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="292">
       <x:c r="A292" s="3" t="str">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B292" s="3" t="str">
         <x:v>B111 YHT</x:v>
       </x:c>
       <x:c r="C292" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D292" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E292" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:57</x:v>
+        <x:v>Tue 17 Feb 2026 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="293">
       <x:c r="A293" s="3" t="str">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B293" s="3" t="str">
         <x:v>BY54 LLY</x:v>
       </x:c>
       <x:c r="C293" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D293" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£340.00</x:v>
       </x:c>
       <x:c r="E293" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:57</x:v>
+        <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="294">
       <x:c r="A294" s="3" t="str">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B294" s="3" t="str">
         <x:v>BY14 RON</x:v>
       </x:c>
       <x:c r="C294" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D294" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E294" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:57</x:v>
       </x:c>
     </x:row>
     <x:row r="295">
       <x:c r="A295" s="3" t="str">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B295" s="3" t="str">
         <x:v>BYZ 20</x:v>
       </x:c>
       <x:c r="C295" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D295" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,220.00</x:v>
       </x:c>
       <x:c r="E295" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:57</x:v>
+        <x:v>Tue 17 Feb 2026 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="296">
       <x:c r="A296" s="3" t="str">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B296" s="3" t="str">
         <x:v>180 C</x:v>
       </x:c>
       <x:c r="C296" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D296" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,080.00</x:v>
       </x:c>
       <x:c r="E296" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:58</x:v>
+        <x:v>Tue 17 Feb 2026 19:37</x:v>
       </x:c>
     </x:row>
     <x:row r="297">
       <x:c r="A297" s="3" t="str">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B297" s="3" t="str">
         <x:v>1999 C</x:v>
       </x:c>
       <x:c r="C297" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D297" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,310.00</x:v>
       </x:c>
       <x:c r="E297" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:58</x:v>
+        <x:v>Tue 17 Feb 2026 12:01</x:v>
       </x:c>
     </x:row>
     <x:row r="298">
       <x:c r="A298" s="3" t="str">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B298" s="3" t="str">
         <x:v>151 CA</x:v>
       </x:c>
       <x:c r="C298" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D298" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E298" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:58</x:v>
+        <x:v>Tue 17 Feb 2026 13:15</x:v>
       </x:c>
     </x:row>
     <x:row r="299">
       <x:c r="A299" s="3" t="str">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B299" s="3" t="str">
         <x:v>C154 AAB</x:v>
       </x:c>
       <x:c r="C299" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D299" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£370.00</x:v>
       </x:c>
       <x:c r="E299" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:58</x:v>
+        <x:v>Tue 17 Feb 2026 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="300">
       <x:c r="A300" s="3" t="str">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B300" s="3" t="str">
         <x:v>CA19 DDY</x:v>
       </x:c>
       <x:c r="C300" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D300" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E300" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:58</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="301">
       <x:c r="A301" s="3" t="str">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B301" s="3" t="str">
         <x:v>CAH 1X</x:v>
       </x:c>
       <x:c r="C301" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D301" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,660.00</x:v>
       </x:c>
       <x:c r="E301" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:59</x:v>
       </x:c>
     </x:row>
     <x:row r="302">
       <x:c r="A302" s="3" t="str">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B302" s="3" t="str">
         <x:v>CAM 32R</x:v>
       </x:c>
       <x:c r="C302" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D302" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E302" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:59</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="303">
       <x:c r="A303" s="3" t="str">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B303" s="3" t="str">
         <x:v>C63 APM</x:v>
       </x:c>
       <x:c r="C303" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D303" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,960.00</x:v>
       </x:c>
       <x:c r="E303" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:59</x:v>
+        <x:v>Tue 17 Feb 2026 12:34</x:v>
       </x:c>
     </x:row>
     <x:row r="304">
       <x:c r="A304" s="3" t="str">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B304" s="3" t="str">
         <x:v>C88 ARK</x:v>
       </x:c>
       <x:c r="C304" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D304" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E304" s="3" t="str">
         <x:v>Tue 17 Feb 2026 11:59</x:v>
       </x:c>
     </x:row>
     <x:row r="305">
       <x:c r="A305" s="3" t="str">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B305" s="3" t="str">
         <x:v>CAR 442L</x:v>
       </x:c>
       <x:c r="C305" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D305" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E305" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 11:59</x:v>
+        <x:v>Tue 17 Feb 2026 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="306">
       <x:c r="A306" s="3" t="str">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B306" s="3" t="str">
         <x:v>CA11 RLS</x:v>
       </x:c>
       <x:c r="C306" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D306" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,830.00</x:v>
       </x:c>
       <x:c r="E306" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:00</x:v>
+        <x:v>Tue 17 Feb 2026 12:50</x:v>
       </x:c>
     </x:row>
     <x:row r="307">
       <x:c r="A307" s="3" t="str">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B307" s="3" t="str">
         <x:v>C41 ARP</x:v>
       </x:c>
       <x:c r="C307" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D307" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,170.00</x:v>
       </x:c>
       <x:c r="E307" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:00</x:v>
+        <x:v>Tue 17 Feb 2026 13:15</x:v>
       </x:c>
     </x:row>
     <x:row r="308">
       <x:c r="A308" s="3" t="str">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B308" s="3" t="str">
         <x:v>CAS 114B</x:v>
       </x:c>
       <x:c r="C308" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D308" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E308" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:00</x:v>
       </x:c>
     </x:row>
     <x:row r="309">
       <x:c r="A309" s="3" t="str">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B309" s="3" t="str">
         <x:v>CA64 SEY</x:v>
       </x:c>
       <x:c r="C309" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D309" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E309" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:00</x:v>
+        <x:v>Tue 17 Feb 2026 13:02</x:v>
       </x:c>
     </x:row>
     <x:row r="310">
       <x:c r="A310" s="3" t="str">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B310" s="3" t="str">
         <x:v>C411 ASF</x:v>
       </x:c>
       <x:c r="C310" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D310" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,680.00</x:v>
       </x:c>
       <x:c r="E310" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:00</x:v>
+        <x:v>Tue 17 Feb 2026 12:34</x:v>
       </x:c>
     </x:row>
     <x:row r="311">
       <x:c r="A311" s="3" t="str">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B311" s="3" t="str">
         <x:v>CAS 11F</x:v>
       </x:c>
       <x:c r="C311" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D311" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E311" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:01</x:v>
+        <x:v>Tue 17 Feb 2026 12:03</x:v>
       </x:c>
     </x:row>
     <x:row r="312">
       <x:c r="A312" s="3" t="str">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B312" s="3" t="str">
         <x:v>C411 ASH</x:v>
       </x:c>
       <x:c r="C312" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D312" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,830.00</x:v>
       </x:c>
       <x:c r="E312" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:04</x:v>
       </x:c>
     </x:row>
     <x:row r="313">
       <x:c r="A313" s="3" t="str">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B313" s="3" t="str">
         <x:v>CA13 UCK</x:v>
       </x:c>
       <x:c r="C313" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D313" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E313" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:01</x:v>
+        <x:v>Tue 17 Feb 2026 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="314">
       <x:c r="A314" s="3" t="str">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B314" s="3" t="str">
         <x:v>CAW 19Y</x:v>
       </x:c>
       <x:c r="C314" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D314" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E314" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:01</x:v>
       </x:c>
     </x:row>
     <x:row r="315">
       <x:c r="A315" s="3" t="str">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B315" s="3" t="str">
         <x:v>1991 CB</x:v>
       </x:c>
       <x:c r="C315" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D315" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E315" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:01</x:v>
+        <x:v>Tue 17 Feb 2026 12:27</x:v>
       </x:c>
     </x:row>
     <x:row r="316">
       <x:c r="A316" s="3" t="str">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B316" s="3" t="str">
         <x:v>C411 BDC</x:v>
       </x:c>
       <x:c r="C316" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D316" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E316" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:02</x:v>
       </x:c>
     </x:row>
     <x:row r="317">
       <x:c r="A317" s="3" t="str">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B317" s="3" t="str">
         <x:v>C411 BMD</x:v>
       </x:c>
       <x:c r="C317" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D317" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E317" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:02</x:v>
+        <x:v>Tue 17 Feb 2026 12:27</x:v>
       </x:c>
     </x:row>
     <x:row r="318">
       <x:c r="A318" s="3" t="str">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B318" s="3" t="str">
         <x:v>116 CC</x:v>
       </x:c>
       <x:c r="C318" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D318" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,210.00</x:v>
       </x:c>
       <x:c r="E318" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:02</x:v>
+        <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="319">
       <x:c r="A319" s="3" t="str">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B319" s="3" t="str">
         <x:v>1992 CC</x:v>
       </x:c>
       <x:c r="C319" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D319" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,810.00</x:v>
       </x:c>
       <x:c r="E319" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:02</x:v>
+        <x:v>Tue 17 Feb 2026 12:37</x:v>
       </x:c>
     </x:row>
     <x:row r="320">
       <x:c r="A320" s="3" t="str">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B320" s="3" t="str">
         <x:v>C88 CAD</x:v>
       </x:c>
       <x:c r="C320" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D320" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E320" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:02</x:v>
       </x:c>
     </x:row>
     <x:row r="321">
       <x:c r="A321" s="3" t="str">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B321" s="3" t="str">
         <x:v>900 CCC</x:v>
       </x:c>
       <x:c r="C321" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D321" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,040.00</x:v>
       </x:c>
       <x:c r="E321" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:03</x:v>
+        <x:v>Tue 17 Feb 2026 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="322">
       <x:c r="A322" s="3" t="str">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B322" s="3" t="str">
         <x:v>C111 CCA</x:v>
       </x:c>
       <x:c r="C322" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D322" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E322" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:03</x:v>
+        <x:v>Tue 17 Feb 2026 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="323">
       <x:c r="A323" s="3" t="str">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B323" s="3" t="str">
         <x:v>CCH 41N</x:v>
       </x:c>
       <x:c r="C323" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D323" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E323" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:03</x:v>
+        <x:v>Tue 17 Feb 2026 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="324">
       <x:c r="A324" s="3" t="str">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B324" s="3" t="str">
         <x:v>46 CCX</x:v>
       </x:c>
       <x:c r="C324" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D324" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,420.00</x:v>
       </x:c>
       <x:c r="E324" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:03</x:v>
+        <x:v>Tue 17 Feb 2026 12:30</x:v>
       </x:c>
     </x:row>
     <x:row r="325">
       <x:c r="A325" s="3" t="str">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B325" s="3" t="str">
         <x:v>CEN 10N</x:v>
       </x:c>
       <x:c r="C325" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D325" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E325" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:03</x:v>
       </x:c>
     </x:row>
     <x:row r="326">
       <x:c r="A326" s="3" t="str">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B326" s="3" t="str">
         <x:v>CER 111X</x:v>
       </x:c>
       <x:c r="C326" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D326" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E326" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:04</x:v>
+        <x:v>Tue 17 Feb 2026 13:01</x:v>
       </x:c>
     </x:row>
     <x:row r="327">
       <x:c r="A327" s="3" t="str">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B327" s="3" t="str">
         <x:v>C411 ESW</x:v>
       </x:c>
       <x:c r="C327" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D327" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E327" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:04</x:v>
       </x:c>
     </x:row>
     <x:row r="328">
       <x:c r="A328" s="3" t="str">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B328" s="3" t="str">
         <x:v>C63 FFS</x:v>
       </x:c>
       <x:c r="C328" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D328" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,130.00</x:v>
       </x:c>
       <x:c r="E328" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:04</x:v>
+        <x:v>Tue 17 Feb 2026 12:21</x:v>
       </x:c>
     </x:row>
     <x:row r="329">
       <x:c r="A329" s="3" t="str">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B329" s="3" t="str">
         <x:v>C31 GER</x:v>
       </x:c>
       <x:c r="C329" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D329" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E329" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:04</x:v>
       </x:c>
     </x:row>
     <x:row r="330">
       <x:c r="A330" s="3" t="str">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B330" s="3" t="str">
         <x:v>C412 GUY</x:v>
       </x:c>
       <x:c r="C330" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D330" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E330" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:04</x:v>
+        <x:v>Tue 17 Feb 2026 14:38</x:v>
       </x:c>
     </x:row>
     <x:row r="331">
       <x:c r="A331" s="3" t="str">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B331" s="3" t="str">
         <x:v>108 CH</x:v>
       </x:c>
       <x:c r="C331" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D331" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E331" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:05</x:v>
+        <x:v>Tue 17 Feb 2026 12:11</x:v>
       </x:c>
     </x:row>
     <x:row r="332">
       <x:c r="A332" s="3" t="str">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B332" s="3" t="str">
         <x:v>CHA 1G</x:v>
       </x:c>
       <x:c r="C332" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D332" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,210.00</x:v>
       </x:c>
       <x:c r="E332" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:05</x:v>
+        <x:v>Tue 17 Feb 2026 12:43</x:v>
       </x:c>
     </x:row>
     <x:row r="333">
       <x:c r="A333" s="3" t="str">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B333" s="3" t="str">
         <x:v>CHA 13X</x:v>
       </x:c>
       <x:c r="C333" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D333" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E333" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:05</x:v>
       </x:c>
     </x:row>
     <x:row r="334">
       <x:c r="A334" s="3" t="str">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B334" s="3" t="str">
         <x:v>CHE 41P</x:v>
       </x:c>
       <x:c r="C334" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D334" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E334" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:05</x:v>
+        <x:v>Tue 17 Feb 2026 13:11</x:v>
       </x:c>
     </x:row>
     <x:row r="335">
       <x:c r="A335" s="3" t="str">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B335" s="3" t="str">
         <x:v>CHO 850N</x:v>
       </x:c>
       <x:c r="C335" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D335" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E335" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:05</x:v>
       </x:c>
     </x:row>
     <x:row r="336">
       <x:c r="A336" s="3" t="str">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B336" s="3" t="str">
         <x:v>CHR 1X</x:v>
       </x:c>
       <x:c r="C336" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D336" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,150.00</x:v>
       </x:c>
       <x:c r="E336" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:06</x:v>
+        <x:v>Tue 17 Feb 2026 14:15</x:v>
       </x:c>
     </x:row>
     <x:row r="337">
       <x:c r="A337" s="3" t="str">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B337" s="3" t="str">
         <x:v>CHY 84D</x:v>
       </x:c>
       <x:c r="C337" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D337" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E337" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:06</x:v>
       </x:c>
     </x:row>
     <x:row r="338">
       <x:c r="A338" s="3" t="str">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B338" s="3" t="str">
         <x:v>CHY 47T</x:v>
       </x:c>
       <x:c r="C338" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D338" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E338" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:06</x:v>
       </x:c>
     </x:row>
     <x:row r="339">
       <x:c r="A339" s="3" t="str">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B339" s="3" t="str">
         <x:v>102 CJ</x:v>
       </x:c>
       <x:c r="C339" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D339" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,000.00</x:v>
       </x:c>
       <x:c r="E339" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:06</x:v>
+        <x:v>Tue 17 Feb 2026 12:48</x:v>
       </x:c>
     </x:row>
     <x:row r="340">
       <x:c r="A340" s="3" t="str">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B340" s="3" t="str">
         <x:v>C41 JHN</x:v>
       </x:c>
       <x:c r="C340" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D340" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E340" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:06</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="341">
       <x:c r="A341" s="3" t="str">
         <x:v>336</x:v>
       </x:c>
       <x:c r="B341" s="3" t="str">
         <x:v>123 CJL</x:v>
       </x:c>
       <x:c r="C341" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D341" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,820.00</x:v>
       </x:c>
       <x:c r="E341" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:07</x:v>
       </x:c>
     </x:row>
     <x:row r="342">
       <x:c r="A342" s="3" t="str">
         <x:v>337</x:v>
       </x:c>
       <x:c r="B342" s="3" t="str">
         <x:v>999 CJM</x:v>
       </x:c>
       <x:c r="C342" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D342" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E342" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:07</x:v>
+        <x:v>Tue 17 Feb 2026 13:09</x:v>
       </x:c>
     </x:row>
     <x:row r="343">
       <x:c r="A343" s="3" t="str">
         <x:v>338</x:v>
       </x:c>
       <x:c r="B343" s="3" t="str">
         <x:v>66 CJP</x:v>
       </x:c>
       <x:c r="C343" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D343" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E343" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:07</x:v>
       </x:c>
     </x:row>
     <x:row r="344">
       <x:c r="A344" s="3" t="str">
         <x:v>339</x:v>
       </x:c>
       <x:c r="B344" s="3" t="str">
         <x:v>90 CJS</x:v>
       </x:c>
       <x:c r="C344" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D344" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,020.00</x:v>
       </x:c>
       <x:c r="E344" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:07</x:v>
+        <x:v>Tue 17 Feb 2026 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="345">
       <x:c r="A345" s="3" t="str">
         <x:v>340</x:v>
       </x:c>
       <x:c r="B345" s="3" t="str">
         <x:v>CJW 5X</x:v>
       </x:c>
       <x:c r="C345" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D345" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E345" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:07</x:v>
+        <x:v>Tue 17 Feb 2026 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="346">
       <x:c r="A346" s="3" t="str">
         <x:v>341</x:v>
       </x:c>
       <x:c r="B346" s="3" t="str">
         <x:v>1994 CK</x:v>
       </x:c>
       <x:c r="C346" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D346" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,250.00</x:v>
       </x:c>
       <x:c r="E346" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:08</x:v>
+        <x:v>Tue 17 Feb 2026 13:01</x:v>
       </x:c>
     </x:row>
     <x:row r="347">
       <x:c r="A347" s="3" t="str">
         <x:v>342</x:v>
       </x:c>
       <x:c r="B347" s="3" t="str">
         <x:v>CKE 4N</x:v>
       </x:c>
       <x:c r="C347" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D347" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£530.00</x:v>
       </x:c>
       <x:c r="E347" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:08</x:v>
+        <x:v>Tue 17 Feb 2026 12:51</x:v>
       </x:c>
     </x:row>
     <x:row r="348">
       <x:c r="A348" s="3" t="str">
         <x:v>343</x:v>
       </x:c>
       <x:c r="B348" s="3" t="str">
         <x:v>C63 KES</x:v>
       </x:c>
       <x:c r="C348" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D348" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E348" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:08</x:v>
+        <x:v>Tue 17 Feb 2026 13:23</x:v>
       </x:c>
     </x:row>
     <x:row r="349">
       <x:c r="A349" s="3" t="str">
         <x:v>344</x:v>
       </x:c>
       <x:c r="B349" s="3" t="str">
         <x:v>C99 KTE</x:v>
       </x:c>
       <x:c r="C349" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D349" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E349" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:08</x:v>
       </x:c>
     </x:row>
     <x:row r="350">
       <x:c r="A350" s="3" t="str">
         <x:v>345</x:v>
       </x:c>
       <x:c r="B350" s="3" t="str">
         <x:v>833 CKY</x:v>
       </x:c>
       <x:c r="C350" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D350" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E350" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:08</x:v>
+        <x:v>Tue 17 Feb 2026 12:18</x:v>
       </x:c>
     </x:row>
     <x:row r="351">
       <x:c r="A351" s="3" t="str">
         <x:v>346</x:v>
       </x:c>
       <x:c r="B351" s="3" t="str">
         <x:v>CL63 ARE</x:v>
       </x:c>
       <x:c r="C351" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D351" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E351" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="352">
       <x:c r="A352" s="3" t="str">
         <x:v>347</x:v>
       </x:c>
       <x:c r="B352" s="3" t="str">
         <x:v>CLM 27J</x:v>
       </x:c>
       <x:c r="C352" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D352" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£570.00</x:v>
       </x:c>
       <x:c r="E352" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:09</x:v>
+        <x:v>Tue 17 Feb 2026 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="353">
       <x:c r="A353" s="3" t="str">
         <x:v>348</x:v>
       </x:c>
       <x:c r="B353" s="3" t="str">
         <x:v>CLO 805S</x:v>
       </x:c>
       <x:c r="C353" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D353" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E353" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:09</x:v>
+        <x:v>Tue 17 Feb 2026 12:17</x:v>
       </x:c>
     </x:row>
     <x:row r="354">
       <x:c r="A354" s="3" t="str">
         <x:v>349</x:v>
       </x:c>
       <x:c r="B354" s="3" t="str">
         <x:v>CLZ 87</x:v>
       </x:c>
       <x:c r="C354" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D354" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E354" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:09</x:v>
       </x:c>
     </x:row>
     <x:row r="355">
       <x:c r="A355" s="3" t="str">
         <x:v>350</x:v>
       </x:c>
       <x:c r="B355" s="3" t="str">
         <x:v>C700 MBS</x:v>
       </x:c>
       <x:c r="C355" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D355" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E355" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:09</x:v>
+        <x:v>Tue 17 Feb 2026 18:21</x:v>
       </x:c>
     </x:row>
     <x:row r="356">
       <x:c r="A356" s="3" t="str">
         <x:v>351</x:v>
       </x:c>
       <x:c r="B356" s="3" t="str">
         <x:v>C77 MEC</x:v>
       </x:c>
       <x:c r="C356" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D356" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E356" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="357">
       <x:c r="A357" s="3" t="str">
         <x:v>352</x:v>
       </x:c>
       <x:c r="B357" s="3" t="str">
         <x:v>C411 MEE</x:v>
       </x:c>
       <x:c r="C357" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D357" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£11,330.00</x:v>
       </x:c>
       <x:c r="E357" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="358">
       <x:c r="A358" s="3" t="str">
         <x:v>353</x:v>
       </x:c>
       <x:c r="B358" s="3" t="str">
         <x:v>C91 MOR</x:v>
       </x:c>
       <x:c r="C358" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D358" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E358" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="359">
       <x:c r="A359" s="3" t="str">
         <x:v>354</x:v>
       </x:c>
       <x:c r="B359" s="3" t="str">
         <x:v>C250 MRL</x:v>
       </x:c>
       <x:c r="C359" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D359" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E359" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="360">
       <x:c r="A360" s="3" t="str">
         <x:v>355</x:v>
       </x:c>
       <x:c r="B360" s="3" t="str">
         <x:v>CNA 7N</x:v>
       </x:c>
       <x:c r="C360" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D360" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£750.00</x:v>
       </x:c>
       <x:c r="E360" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:10</x:v>
       </x:c>
     </x:row>
     <x:row r="361">
       <x:c r="A361" s="3" t="str">
         <x:v>356</x:v>
       </x:c>
       <x:c r="B361" s="3" t="str">
         <x:v>C92 NDY</x:v>
       </x:c>
       <x:c r="C361" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D361" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E361" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:11</x:v>
+        <x:v>Tue 17 Feb 2026 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="362">
       <x:c r="A362" s="3" t="str">
         <x:v>357</x:v>
       </x:c>
       <x:c r="B362" s="3" t="str">
         <x:v>C40 NOR</x:v>
       </x:c>
       <x:c r="C362" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D362" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E362" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:11</x:v>
       </x:c>
     </x:row>
     <x:row r="363">
       <x:c r="A363" s="3" t="str">
         <x:v>358</x:v>
       </x:c>
       <x:c r="B363" s="3" t="str">
         <x:v>C30 NRJ</x:v>
       </x:c>
       <x:c r="C363" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D363" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£400.00</x:v>
       </x:c>
       <x:c r="E363" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:11</x:v>
+        <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="364">
       <x:c r="A364" s="3" t="str">
         <x:v>359</x:v>
       </x:c>
       <x:c r="B364" s="3" t="str">
         <x:v>CNZ 45</x:v>
       </x:c>
       <x:c r="C364" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D364" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,340.00</x:v>
       </x:c>
       <x:c r="E364" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:11</x:v>
+        <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="365">
       <x:c r="A365" s="3" t="str">
         <x:v>360</x:v>
       </x:c>
       <x:c r="B365" s="3" t="str">
         <x:v>COB 1F</x:v>
       </x:c>
       <x:c r="C365" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D365" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E365" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:11</x:v>
+        <x:v>Tue 17 Feb 2026 13:18</x:v>
       </x:c>
     </x:row>
     <x:row r="366">
       <x:c r="A366" s="3" t="str">
         <x:v>361</x:v>
       </x:c>
       <x:c r="B366" s="3" t="str">
         <x:v>COD 1J</x:v>
       </x:c>
       <x:c r="C366" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D366" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E366" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:12</x:v>
       </x:c>
     </x:row>
     <x:row r="367">
       <x:c r="A367" s="3" t="str">
         <x:v>362</x:v>
       </x:c>
       <x:c r="B367" s="3" t="str">
         <x:v>COD 13X</x:v>
       </x:c>
       <x:c r="C367" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D367" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,220.00</x:v>
       </x:c>
       <x:c r="E367" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:12</x:v>
+        <x:v>Tue 17 Feb 2026 14:07</x:v>
       </x:c>
     </x:row>
     <x:row r="368">
       <x:c r="A368" s="3" t="str">
         <x:v>363</x:v>
       </x:c>
       <x:c r="B368" s="3" t="str">
         <x:v>COL 707N</x:v>
       </x:c>
       <x:c r="C368" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D368" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E368" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:12</x:v>
+        <x:v>Tue 17 Feb 2026 12:23</x:v>
       </x:c>
     </x:row>
     <x:row r="369">
       <x:c r="A369" s="3" t="str">
         <x:v>364</x:v>
       </x:c>
       <x:c r="B369" s="3" t="str">
         <x:v>COM 5R</x:v>
       </x:c>
       <x:c r="C369" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D369" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E369" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:12</x:v>
       </x:c>
     </x:row>
     <x:row r="370">
       <x:c r="A370" s="3" t="str">
         <x:v>365</x:v>
       </x:c>
       <x:c r="B370" s="3" t="str">
         <x:v>C411 ONS</x:v>
       </x:c>
       <x:c r="C370" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D370" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E370" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:12</x:v>
       </x:c>
     </x:row>
     <x:row r="371">
       <x:c r="A371" s="3" t="str">
         <x:v>366</x:v>
       </x:c>
       <x:c r="B371" s="3" t="str">
         <x:v>COO 13E</x:v>
       </x:c>
       <x:c r="C371" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D371" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E371" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:13</x:v>
       </x:c>
     </x:row>
     <x:row r="372">
       <x:c r="A372" s="3" t="str">
         <x:v>367</x:v>
       </x:c>
       <x:c r="B372" s="3" t="str">
         <x:v>C40 OOS</x:v>
       </x:c>
       <x:c r="C372" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D372" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£650.00</x:v>
       </x:c>
       <x:c r="E372" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:13</x:v>
+        <x:v>Tue 17 Feb 2026 12:18</x:v>
       </x:c>
     </x:row>
     <x:row r="373">
       <x:c r="A373" s="3" t="str">
         <x:v>368</x:v>
       </x:c>
       <x:c r="B373" s="3" t="str">
         <x:v>COR 11B</x:v>
       </x:c>
       <x:c r="C373" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D373" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E373" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:13</x:v>
       </x:c>
     </x:row>
     <x:row r="374">
       <x:c r="A374" s="3" t="str">
         <x:v>369</x:v>
       </x:c>
       <x:c r="B374" s="3" t="str">
         <x:v>COR 712H</x:v>
       </x:c>
       <x:c r="C374" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D374" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£850.00</x:v>
       </x:c>
       <x:c r="E374" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:13</x:v>
+        <x:v>Tue 17 Feb 2026 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="375">
       <x:c r="A375" s="3" t="str">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B375" s="3" t="str">
         <x:v>C41 OWW</x:v>
       </x:c>
       <x:c r="C375" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D375" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£480.00</x:v>
       </x:c>
       <x:c r="E375" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:13</x:v>
+        <x:v>Tue 17 Feb 2026 13:39</x:v>
       </x:c>
     </x:row>
     <x:row r="376">
       <x:c r="A376" s="3" t="str">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B376" s="3" t="str">
         <x:v>CP55 EED</x:v>
       </x:c>
       <x:c r="C376" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D376" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E376" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:14</x:v>
       </x:c>
     </x:row>
     <x:row r="377">
       <x:c r="A377" s="3" t="str">
         <x:v>372</x:v>
       </x:c>
       <x:c r="B377" s="3" t="str">
         <x:v>C75 PHL</x:v>
       </x:c>
       <x:c r="C377" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D377" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E377" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:14</x:v>
       </x:c>
     </x:row>
     <x:row r="378">
       <x:c r="A378" s="3" t="str">
         <x:v>373</x:v>
       </x:c>
       <x:c r="B378" s="3" t="str">
         <x:v>82 CPM</x:v>
       </x:c>
       <x:c r="C378" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D378" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E378" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:14</x:v>
       </x:c>
     </x:row>
     <x:row r="379">
       <x:c r="A379" s="3" t="str">
         <x:v>374</x:v>
       </x:c>
       <x:c r="B379" s="3" t="str">
         <x:v>C41 RAJ</x:v>
       </x:c>
       <x:c r="C379" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D379" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E379" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:14</x:v>
+        <x:v>Tue 17 Feb 2026 12:59</x:v>
       </x:c>
     </x:row>
     <x:row r="380">
       <x:c r="A380" s="3" t="str">
         <x:v>375</x:v>
       </x:c>
       <x:c r="B380" s="3" t="str">
         <x:v>CRA 135S</x:v>
       </x:c>
       <x:c r="C380" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D380" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£920.00</x:v>
       </x:c>
       <x:c r="E380" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:14</x:v>
+        <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="381">
       <x:c r="A381" s="3" t="str">
         <x:v>376</x:v>
       </x:c>
       <x:c r="B381" s="3" t="str">
         <x:v>C114 REA</x:v>
       </x:c>
       <x:c r="C381" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D381" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£690.00</x:v>
       </x:c>
       <x:c r="E381" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:15</x:v>
+        <x:v>Tue 17 Feb 2026 12:47</x:v>
       </x:c>
     </x:row>
     <x:row r="382">
       <x:c r="A382" s="3" t="str">
         <x:v>377</x:v>
       </x:c>
       <x:c r="B382" s="3" t="str">
         <x:v>CR11 EAM</x:v>
       </x:c>
       <x:c r="C382" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D382" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E382" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:15</x:v>
+        <x:v>Tue 17 Feb 2026 12:17</x:v>
       </x:c>
     </x:row>
     <x:row r="383">
       <x:c r="A383" s="3" t="str">
         <x:v>378</x:v>
       </x:c>
       <x:c r="B383" s="3" t="str">
         <x:v>C141 RNS</x:v>
       </x:c>
       <x:c r="C383" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D383" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E383" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:15</x:v>
+        <x:v>Tue 17 Feb 2026 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="384">
       <x:c r="A384" s="3" t="str">
         <x:v>379</x:v>
       </x:c>
       <x:c r="B384" s="3" t="str">
         <x:v>C99 ROY</x:v>
       </x:c>
       <x:c r="C384" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D384" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E384" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:15</x:v>
+        <x:v>Tue 17 Feb 2026 12:25</x:v>
       </x:c>
     </x:row>
     <x:row r="385">
       <x:c r="A385" s="3" t="str">
         <x:v>380</x:v>
       </x:c>
       <x:c r="B385" s="3" t="str">
         <x:v>C44 RTT</x:v>
       </x:c>
       <x:c r="C385" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D385" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,730.00</x:v>
       </x:c>
       <x:c r="E385" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:15</x:v>
       </x:c>
     </x:row>
     <x:row r="386">
       <x:c r="A386" s="3" t="str">
         <x:v>381</x:v>
       </x:c>
       <x:c r="B386" s="3" t="str">
         <x:v>CRU 25B</x:v>
       </x:c>
       <x:c r="C386" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D386" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,220.00</x:v>
       </x:c>
       <x:c r="E386" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:16</x:v>
+        <x:v>Tue 17 Feb 2026 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="387">
       <x:c r="A387" s="3" t="str">
         <x:v>382</x:v>
       </x:c>
       <x:c r="B387" s="3" t="str">
         <x:v>CRY 571A</x:v>
       </x:c>
       <x:c r="C387" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D387" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E387" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:16</x:v>
       </x:c>
     </x:row>
     <x:row r="388">
       <x:c r="A388" s="3" t="str">
         <x:v>383</x:v>
       </x:c>
       <x:c r="B388" s="3" t="str">
         <x:v>CSH 3P</x:v>
       </x:c>
       <x:c r="C388" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D388" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E388" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:16</x:v>
+        <x:v>Tue 17 Feb 2026 12:46</x:v>
       </x:c>
     </x:row>
     <x:row r="389">
       <x:c r="A389" s="3" t="str">
         <x:v>384</x:v>
       </x:c>
       <x:c r="B389" s="3" t="str">
         <x:v>C41 SHY</x:v>
       </x:c>
       <x:c r="C389" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D389" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E389" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:16</x:v>
+        <x:v>Tue 17 Feb 2026 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="390">
       <x:c r="A390" s="3" t="str">
         <x:v>385</x:v>
       </x:c>
       <x:c r="B390" s="3" t="str">
         <x:v>CSK 4</x:v>
       </x:c>
       <x:c r="C390" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D390" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,300.00</x:v>
       </x:c>
       <x:c r="E390" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:16</x:v>
       </x:c>
     </x:row>
     <x:row r="391">
       <x:c r="A391" s="3" t="str">
         <x:v>386</x:v>
       </x:c>
       <x:c r="B391" s="3" t="str">
         <x:v>C74 SSY</x:v>
       </x:c>
       <x:c r="C391" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D391" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,680.00</x:v>
       </x:c>
       <x:c r="E391" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:17</x:v>
+        <x:v>Tue 17 Feb 2026 18:20</x:v>
       </x:c>
     </x:row>
     <x:row r="392">
       <x:c r="A392" s="3" t="str">
         <x:v>387</x:v>
       </x:c>
       <x:c r="B392" s="3" t="str">
         <x:v>C66 STA</x:v>
       </x:c>
       <x:c r="C392" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D392" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£280.00</x:v>
       </x:c>
       <x:c r="E392" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:17</x:v>
+        <x:v>Tue 17 Feb 2026 12:38</x:v>
       </x:c>
     </x:row>
     <x:row r="393">
       <x:c r="A393" s="3" t="str">
         <x:v>388</x:v>
       </x:c>
       <x:c r="B393" s="3" t="str">
         <x:v>CSZ 90</x:v>
       </x:c>
       <x:c r="C393" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D393" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,320.00</x:v>
       </x:c>
       <x:c r="E393" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:17</x:v>
+        <x:v>Tue 17 Feb 2026 14:25</x:v>
       </x:c>
     </x:row>
     <x:row r="394">
       <x:c r="A394" s="3" t="str">
         <x:v>389</x:v>
       </x:c>
       <x:c r="B394" s="3" t="str">
         <x:v>9999 CT</x:v>
       </x:c>
       <x:c r="C394" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D394" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,570.00</x:v>
       </x:c>
       <x:c r="E394" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:17</x:v>
+        <x:v>Tue 17 Feb 2026 19:35</x:v>
       </x:c>
     </x:row>
     <x:row r="395">
       <x:c r="A395" s="3" t="str">
         <x:v>390</x:v>
       </x:c>
       <x:c r="B395" s="3" t="str">
         <x:v>CUP 16D</x:v>
       </x:c>
       <x:c r="C395" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D395" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£990.00</x:v>
       </x:c>
       <x:c r="E395" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:17</x:v>
+        <x:v>Tue 17 Feb 2026 13:33</x:v>
       </x:c>
     </x:row>
     <x:row r="396">
       <x:c r="A396" s="3" t="str">
         <x:v>391</x:v>
       </x:c>
       <x:c r="B396" s="3" t="str">
         <x:v>CVZ 4</x:v>
       </x:c>
       <x:c r="C396" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D396" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E396" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:18</x:v>
       </x:c>
     </x:row>
     <x:row r="397">
       <x:c r="A397" s="3" t="str">
         <x:v>392</x:v>
       </x:c>
       <x:c r="B397" s="3" t="str">
         <x:v>C33 WVA</x:v>
       </x:c>
       <x:c r="C397" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D397" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E397" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:18</x:v>
       </x:c>
     </x:row>
     <x:row r="398">
       <x:c r="A398" s="3" t="str">
         <x:v>393</x:v>
       </x:c>
       <x:c r="B398" s="3" t="str">
         <x:v>88 CX</x:v>
       </x:c>
       <x:c r="C398" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D398" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,010.00</x:v>
       </x:c>
       <x:c r="E398" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:18</x:v>
+        <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="399">
       <x:c r="A399" s="3" t="str">
         <x:v>394</x:v>
       </x:c>
       <x:c r="B399" s="3" t="str">
         <x:v>786 DAD</x:v>
       </x:c>
       <x:c r="C399" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D399" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£14,940.00</x:v>
       </x:c>
       <x:c r="E399" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:18</x:v>
+        <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="400">
       <x:c r="A400" s="3" t="str">
         <x:v>395</x:v>
       </x:c>
       <x:c r="B400" s="3" t="str">
         <x:v>DA53 DGE</x:v>
       </x:c>
       <x:c r="C400" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D400" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E400" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:18</x:v>
       </x:c>
     </x:row>
     <x:row r="401">
       <x:c r="A401" s="3" t="str">
         <x:v>396</x:v>
       </x:c>
       <x:c r="B401" s="3" t="str">
         <x:v>DAF 24L</x:v>
       </x:c>
       <x:c r="C401" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D401" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,120.00</x:v>
       </x:c>
       <x:c r="E401" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:19</x:v>
+        <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="402">
       <x:c r="A402" s="3" t="str">
         <x:v>397</x:v>
       </x:c>
       <x:c r="B402" s="3" t="str">
         <x:v>D112 AJS</x:v>
       </x:c>
       <x:c r="C402" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D402" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£430.00</x:v>
       </x:c>
       <x:c r="E402" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:19</x:v>
+        <x:v>Tue 17 Feb 2026 13:06</x:v>
       </x:c>
     </x:row>
     <x:row r="403">
       <x:c r="A403" s="3" t="str">
         <x:v>398</x:v>
       </x:c>
       <x:c r="B403" s="3" t="str">
         <x:v>DAL 26E</x:v>
       </x:c>
       <x:c r="C403" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D403" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E403" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:19</x:v>
       </x:c>
     </x:row>
     <x:row r="404">
       <x:c r="A404" s="3" t="str">
         <x:v>399</x:v>
       </x:c>
       <x:c r="B404" s="3" t="str">
         <x:v>244 DAM</x:v>
       </x:c>
       <x:c r="C404" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D404" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,710.00</x:v>
       </x:c>
       <x:c r="E404" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:19</x:v>
+        <x:v>Tue 17 Feb 2026 13:04</x:v>
       </x:c>
     </x:row>
     <x:row r="405">
       <x:c r="A405" s="3" t="str">
         <x:v>400</x:v>
       </x:c>
       <x:c r="B405" s="3" t="str">
         <x:v>DAM 81G</x:v>
       </x:c>
       <x:c r="C405" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D405" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,110.00</x:v>
       </x:c>
       <x:c r="E405" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:19</x:v>
       </x:c>
     </x:row>
     <x:row r="406">
       <x:c r="A406" s="3" t="str">
         <x:v>401</x:v>
       </x:c>
       <x:c r="B406" s="3" t="str">
         <x:v>DAM 28P</x:v>
       </x:c>
       <x:c r="C406" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D406" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E406" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:20</x:v>
+        <x:v>Tue 17 Feb 2026 15:07</x:v>
       </x:c>
     </x:row>
     <x:row r="407">
       <x:c r="A407" s="3" t="str">
         <x:v>402</x:v>
       </x:c>
       <x:c r="B407" s="3" t="str">
         <x:v>DAN 117A</x:v>
       </x:c>
       <x:c r="C407" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D407" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E407" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:20</x:v>
+        <x:v>Tue 17 Feb 2026 13:41</x:v>
       </x:c>
     </x:row>
     <x:row r="408">
       <x:c r="A408" s="3" t="str">
         <x:v>403</x:v>
       </x:c>
       <x:c r="B408" s="3" t="str">
         <x:v>DAN 64B</x:v>
       </x:c>
       <x:c r="C408" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D408" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E408" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:20</x:v>
+        <x:v>Tue 17 Feb 2026 12:26</x:v>
       </x:c>
     </x:row>
     <x:row r="409">
       <x:c r="A409" s="3" t="str">
         <x:v>404</x:v>
       </x:c>
       <x:c r="B409" s="3" t="str">
         <x:v>DA68 NNY</x:v>
       </x:c>
       <x:c r="C409" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D409" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,100.00</x:v>
       </x:c>
       <x:c r="E409" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:20</x:v>
+        <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="410">
       <x:c r="A410" s="3" t="str">
         <x:v>405</x:v>
       </x:c>
       <x:c r="B410" s="3" t="str">
         <x:v>DAN 89X</x:v>
       </x:c>
       <x:c r="C410" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D410" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,730.00</x:v>
       </x:c>
       <x:c r="E410" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:20</x:v>
+        <x:v>Tue 17 Feb 2026 13:56</x:v>
       </x:c>
     </x:row>
     <x:row r="411">
       <x:c r="A411" s="3" t="str">
         <x:v>406</x:v>
       </x:c>
       <x:c r="B411" s="3" t="str">
         <x:v>15 DAP</x:v>
       </x:c>
       <x:c r="C411" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D411" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,030.00</x:v>
       </x:c>
       <x:c r="E411" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:21</x:v>
       </x:c>
     </x:row>
     <x:row r="412">
       <x:c r="A412" s="3" t="str">
         <x:v>407</x:v>
       </x:c>
       <x:c r="B412" s="3" t="str">
         <x:v>DAR 4V</x:v>
       </x:c>
       <x:c r="C412" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D412" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E412" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:21</x:v>
+        <x:v>Tue 17 Feb 2026 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="413">
       <x:c r="A413" s="3" t="str">
         <x:v>408</x:v>
       </x:c>
       <x:c r="B413" s="3" t="str">
         <x:v>DAT 8L</x:v>
       </x:c>
       <x:c r="C413" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D413" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E413" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:21</x:v>
+        <x:v>Tue 17 Feb 2026 12:22</x:v>
       </x:c>
     </x:row>
     <x:row r="414">
       <x:c r="A414" s="3" t="str">
         <x:v>409</x:v>
       </x:c>
       <x:c r="B414" s="3" t="str">
         <x:v>D64 AVE</x:v>
       </x:c>
       <x:c r="C414" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D414" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,070.00</x:v>
       </x:c>
       <x:c r="E414" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:21</x:v>
+        <x:v>Tue 17 Feb 2026 14:47</x:v>
       </x:c>
     </x:row>
     <x:row r="415">
       <x:c r="A415" s="3" t="str">
         <x:v>410</x:v>
       </x:c>
       <x:c r="B415" s="3" t="str">
         <x:v>DA03 WNS</x:v>
       </x:c>
       <x:c r="C415" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D415" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E415" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:21</x:v>
+        <x:v>Tue 17 Feb 2026 12:57</x:v>
       </x:c>
     </x:row>
     <x:row r="416">
       <x:c r="A416" s="3" t="str">
         <x:v>411</x:v>
       </x:c>
       <x:c r="B416" s="3" t="str">
         <x:v>DBA 11G</x:v>
       </x:c>
       <x:c r="C416" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D416" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E416" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:22</x:v>
+        <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="417">
       <x:c r="A417" s="3" t="str">
         <x:v>412</x:v>
       </x:c>
       <x:c r="B417" s="3" t="str">
         <x:v>D98 BEN</x:v>
       </x:c>
       <x:c r="C417" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D417" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E417" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:22</x:v>
+        <x:v>Tue 17 Feb 2026 12:52</x:v>
       </x:c>
     </x:row>
     <x:row r="418">
       <x:c r="A418" s="3" t="str">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B418" s="3" t="str">
         <x:v>202 DBR</x:v>
       </x:c>
       <x:c r="C418" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D418" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E418" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:22</x:v>
       </x:c>
     </x:row>
     <x:row r="419">
       <x:c r="A419" s="3" t="str">
         <x:v>414</x:v>
       </x:c>
       <x:c r="B419" s="3" t="str">
         <x:v>87 DCB</x:v>
       </x:c>
       <x:c r="C419" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D419" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E419" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:22</x:v>
       </x:c>
     </x:row>
     <x:row r="420">
       <x:c r="A420" s="3" t="str">
         <x:v>415</x:v>
       </x:c>
       <x:c r="B420" s="3" t="str">
         <x:v>D417 CEY</x:v>
       </x:c>
       <x:c r="C420" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D420" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,420.00</x:v>
       </x:c>
       <x:c r="E420" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:22</x:v>
+        <x:v>Tue 17 Feb 2026 13:40</x:v>
       </x:c>
     </x:row>
     <x:row r="421">
       <x:c r="A421" s="3" t="str">
         <x:v>416</x:v>
       </x:c>
       <x:c r="B421" s="3" t="str">
         <x:v>95 DCL</x:v>
       </x:c>
       <x:c r="C421" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D421" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E421" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:23</x:v>
+        <x:v>Tue 17 Feb 2026 12:51</x:v>
       </x:c>
     </x:row>
     <x:row r="422">
       <x:c r="A422" s="3" t="str">
         <x:v>417</x:v>
       </x:c>
       <x:c r="B422" s="3" t="str">
         <x:v>DCU 9S</x:v>
       </x:c>
       <x:c r="C422" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D422" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E422" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:23</x:v>
+        <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="423">
       <x:c r="A423" s="3" t="str">
         <x:v>418</x:v>
       </x:c>
       <x:c r="B423" s="3" t="str">
         <x:v>DDA 8A</x:v>
       </x:c>
       <x:c r="C423" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D423" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E423" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:23</x:v>
+        <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="424">
       <x:c r="A424" s="3" t="str">
         <x:v>419</x:v>
       </x:c>
       <x:c r="B424" s="3" t="str">
         <x:v>844 DDX</x:v>
       </x:c>
       <x:c r="C424" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D424" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E424" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:23</x:v>
       </x:c>
     </x:row>
     <x:row r="425">
       <x:c r="A425" s="3" t="str">
         <x:v>420</x:v>
       </x:c>
       <x:c r="B425" s="3" t="str">
         <x:v>910 DEB</x:v>
       </x:c>
       <x:c r="C425" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D425" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E425" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:23</x:v>
+        <x:v>Tue 17 Feb 2026 16:05</x:v>
       </x:c>
     </x:row>
     <x:row r="426">
       <x:c r="A426" s="3" t="str">
         <x:v>421</x:v>
       </x:c>
       <x:c r="B426" s="3" t="str">
         <x:v>47 DEC</x:v>
       </x:c>
       <x:c r="C426" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D426" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E426" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:24</x:v>
+        <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="427">
       <x:c r="A427" s="3" t="str">
         <x:v>422</x:v>
       </x:c>
       <x:c r="B427" s="3" t="str">
         <x:v>DEC 313C</x:v>
       </x:c>
       <x:c r="C427" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D427" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E427" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:24</x:v>
       </x:c>
     </x:row>
     <x:row r="428">
       <x:c r="A428" s="3" t="str">
         <x:v>423</x:v>
       </x:c>
       <x:c r="B428" s="3" t="str">
         <x:v>DE18 DEE</x:v>
       </x:c>
       <x:c r="C428" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D428" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£430.00</x:v>
       </x:c>
       <x:c r="E428" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:24</x:v>
+        <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="429">
       <x:c r="A429" s="3" t="str">
         <x:v>424</x:v>
       </x:c>
       <x:c r="B429" s="3" t="str">
         <x:v>DEE 910E</x:v>
       </x:c>
       <x:c r="C429" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D429" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E429" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:24</x:v>
+        <x:v>Tue 17 Feb 2026 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="430">
       <x:c r="A430" s="3" t="str">
         <x:v>425</x:v>
       </x:c>
       <x:c r="B430" s="3" t="str">
         <x:v>DEL 115H</x:v>
       </x:c>
       <x:c r="C430" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D430" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,610.00</x:v>
       </x:c>
       <x:c r="E430" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:24</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="431">
       <x:c r="A431" s="3" t="str">
         <x:v>426</x:v>
       </x:c>
       <x:c r="B431" s="3" t="str">
         <x:v>DER 13N</x:v>
       </x:c>
       <x:c r="C431" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D431" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E431" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:25</x:v>
       </x:c>
     </x:row>
     <x:row r="432">
       <x:c r="A432" s="3" t="str">
         <x:v>427</x:v>
       </x:c>
       <x:c r="B432" s="3" t="str">
         <x:v>DES 11H</x:v>
       </x:c>
       <x:c r="C432" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D432" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E432" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:25</x:v>
+        <x:v>Tue 17 Feb 2026 15:45</x:v>
       </x:c>
     </x:row>
     <x:row r="433">
       <x:c r="A433" s="3" t="str">
         <x:v>428</x:v>
       </x:c>
       <x:c r="B433" s="3" t="str">
         <x:v>DEV 5C</x:v>
       </x:c>
       <x:c r="C433" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D433" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,820.00</x:v>
       </x:c>
       <x:c r="E433" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:25</x:v>
+        <x:v>Tue 17 Feb 2026 14:08</x:v>
       </x:c>
     </x:row>
     <x:row r="434">
       <x:c r="A434" s="3" t="str">
         <x:v>429</x:v>
       </x:c>
       <x:c r="B434" s="3" t="str">
         <x:v>DEW 3L</x:v>
       </x:c>
       <x:c r="C434" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D434" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,050.00</x:v>
       </x:c>
       <x:c r="E434" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:25</x:v>
       </x:c>
     </x:row>
     <x:row r="435">
       <x:c r="A435" s="3" t="str">
         <x:v>430</x:v>
       </x:c>
       <x:c r="B435" s="3" t="str">
         <x:v>DFZ 50</x:v>
       </x:c>
       <x:c r="C435" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D435" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,270.00</x:v>
       </x:c>
       <x:c r="E435" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:25</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="436">
       <x:c r="A436" s="3" t="str">
         <x:v>431</x:v>
       </x:c>
       <x:c r="B436" s="3" t="str">
         <x:v>D351 GNN</x:v>
       </x:c>
       <x:c r="C436" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D436" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,130.00</x:v>
       </x:c>
       <x:c r="E436" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:26</x:v>
+        <x:v>Tue 17 Feb 2026 12:48</x:v>
       </x:c>
     </x:row>
     <x:row r="437">
       <x:c r="A437" s="3" t="str">
         <x:v>432</x:v>
       </x:c>
       <x:c r="B437" s="3" t="str">
         <x:v>D85 GNT</x:v>
       </x:c>
       <x:c r="C437" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D437" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E437" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:26</x:v>
       </x:c>
     </x:row>
     <x:row r="438">
       <x:c r="A438" s="3" t="str">
         <x:v>433</x:v>
       </x:c>
       <x:c r="B438" s="3" t="str">
         <x:v>D411 GRA</x:v>
       </x:c>
       <x:c r="C438" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D438" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E438" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:26</x:v>
       </x:c>
     </x:row>
     <x:row r="439">
       <x:c r="A439" s="3" t="str">
         <x:v>434</x:v>
       </x:c>
       <x:c r="B439" s="3" t="str">
         <x:v>DGZ 77</x:v>
       </x:c>
       <x:c r="C439" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D439" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,250.00</x:v>
       </x:c>
       <x:c r="E439" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:26</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="440">
       <x:c r="A440" s="3" t="str">
         <x:v>435</x:v>
       </x:c>
       <x:c r="B440" s="3" t="str">
         <x:v>218 DH</x:v>
       </x:c>
       <x:c r="C440" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D440" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,510.00</x:v>
       </x:c>
       <x:c r="E440" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:26</x:v>
       </x:c>
     </x:row>
     <x:row r="441">
       <x:c r="A441" s="3" t="str">
         <x:v>436</x:v>
       </x:c>
       <x:c r="B441" s="3" t="str">
         <x:v>DHA 128M</x:v>
       </x:c>
       <x:c r="C441" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D441" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,330.00</x:v>
       </x:c>
       <x:c r="E441" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:27</x:v>
+        <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="442">
       <x:c r="A442" s="3" t="str">
         <x:v>437</x:v>
       </x:c>
       <x:c r="B442" s="3" t="str">
         <x:v>DHC 1A</x:v>
       </x:c>
       <x:c r="C442" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D442" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,270.00</x:v>
       </x:c>
       <x:c r="E442" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:27</x:v>
       </x:c>
     </x:row>
     <x:row r="443">
       <x:c r="A443" s="3" t="str">
         <x:v>438</x:v>
       </x:c>
       <x:c r="B443" s="3" t="str">
         <x:v>DHE 511N</x:v>
       </x:c>
       <x:c r="C443" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D443" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E443" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:27</x:v>
+        <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="444">
       <x:c r="A444" s="3" t="str">
         <x:v>439</x:v>
       </x:c>
       <x:c r="B444" s="3" t="str">
         <x:v>D66 HLT</x:v>
       </x:c>
       <x:c r="C444" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D444" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E444" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:27</x:v>
       </x:c>
     </x:row>
     <x:row r="445">
       <x:c r="A445" s="3" t="str">
         <x:v>440</x:v>
       </x:c>
       <x:c r="B445" s="3" t="str">
         <x:v>DHR 4N</x:v>
       </x:c>
       <x:c r="C445" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D445" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,310.00</x:v>
       </x:c>
       <x:c r="E445" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:27</x:v>
+        <x:v>Tue 17 Feb 2026 14:02</x:v>
       </x:c>
     </x:row>
     <x:row r="446">
       <x:c r="A446" s="3" t="str">
         <x:v>441</x:v>
       </x:c>
       <x:c r="B446" s="3" t="str">
         <x:v>DJJ 605S</x:v>
       </x:c>
       <x:c r="C446" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D446" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£390.00</x:v>
       </x:c>
       <x:c r="E446" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:28</x:v>
+        <x:v>Tue 17 Feb 2026 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="447">
       <x:c r="A447" s="3" t="str">
         <x:v>442</x:v>
       </x:c>
       <x:c r="B447" s="3" t="str">
         <x:v>DJL 1G</x:v>
       </x:c>
       <x:c r="C447" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D447" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E447" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:28</x:v>
       </x:c>
     </x:row>
     <x:row r="448">
       <x:c r="A448" s="3" t="str">
         <x:v>443</x:v>
       </x:c>
       <x:c r="B448" s="3" t="str">
         <x:v>292 DJM</x:v>
       </x:c>
       <x:c r="C448" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D448" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E448" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:28</x:v>
+        <x:v>Tue 17 Feb 2026 15:01</x:v>
       </x:c>
     </x:row>
     <x:row r="449">
       <x:c r="A449" s="3" t="str">
         <x:v>444</x:v>
       </x:c>
       <x:c r="B449" s="3" t="str">
         <x:v>911 DJM</x:v>
       </x:c>
       <x:c r="C449" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D449" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,620.00</x:v>
       </x:c>
       <x:c r="E449" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:28</x:v>
+        <x:v>Tue 17 Feb 2026 14:20</x:v>
       </x:c>
     </x:row>
     <x:row r="450">
       <x:c r="A450" s="3" t="str">
         <x:v>445</x:v>
       </x:c>
       <x:c r="B450" s="3" t="str">
         <x:v>DJM 50N</x:v>
       </x:c>
       <x:c r="C450" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D450" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E450" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:28</x:v>
+        <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="451">
       <x:c r="A451" s="3" t="str">
         <x:v>446</x:v>
       </x:c>
       <x:c r="B451" s="3" t="str">
         <x:v>D902 JRS</x:v>
       </x:c>
       <x:c r="C451" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D451" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E451" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="452">
       <x:c r="A452" s="3" t="str">
         <x:v>447</x:v>
       </x:c>
       <x:c r="B452" s="3" t="str">
         <x:v>DJR 1W</x:v>
       </x:c>
       <x:c r="C452" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D452" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,550.00</x:v>
       </x:c>
       <x:c r="E452" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:29</x:v>
       </x:c>
     </x:row>
     <x:row r="453">
       <x:c r="A453" s="3" t="str">
         <x:v>448</x:v>
       </x:c>
       <x:c r="B453" s="3" t="str">
         <x:v>DJT 7R</x:v>
       </x:c>
       <x:c r="C453" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D453" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E453" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:29</x:v>
+        <x:v>Tue 17 Feb 2026 13:36</x:v>
       </x:c>
     </x:row>
     <x:row r="454">
       <x:c r="A454" s="3" t="str">
         <x:v>449</x:v>
       </x:c>
       <x:c r="B454" s="3" t="str">
         <x:v>DKE 4N</x:v>
       </x:c>
       <x:c r="C454" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D454" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E454" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:29</x:v>
+        <x:v>Tue 17 Feb 2026 12:59</x:v>
       </x:c>
     </x:row>
     <x:row r="455">
       <x:c r="A455" s="3" t="str">
         <x:v>450</x:v>
       </x:c>
       <x:c r="B455" s="3" t="str">
         <x:v>DK51 NGH</x:v>
       </x:c>
       <x:c r="C455" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D455" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,280.00</x:v>
       </x:c>
       <x:c r="E455" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:29</x:v>
+        <x:v>Wed 18 Feb 2026 00:38</x:v>
       </x:c>
     </x:row>
     <x:row r="456">
       <x:c r="A456" s="3" t="str">
         <x:v>451</x:v>
       </x:c>
       <x:c r="B456" s="3" t="str">
         <x:v>360 DL</x:v>
       </x:c>
       <x:c r="C456" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D456" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,110.00</x:v>
       </x:c>
       <x:c r="E456" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:30</x:v>
+        <x:v>Tue 17 Feb 2026 12:36</x:v>
       </x:c>
     </x:row>
     <x:row r="457">
       <x:c r="A457" s="3" t="str">
         <x:v>452</x:v>
       </x:c>
       <x:c r="B457" s="3" t="str">
         <x:v>D341 LEY</x:v>
       </x:c>
       <x:c r="C457" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D457" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E457" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:30</x:v>
       </x:c>
     </x:row>
     <x:row r="458">
       <x:c r="A458" s="3" t="str">
         <x:v>453</x:v>
       </x:c>
       <x:c r="B458" s="3" t="str">
         <x:v>1996 DM</x:v>
       </x:c>
       <x:c r="C458" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D458" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E458" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:30</x:v>
       </x:c>
     </x:row>
     <x:row r="459">
       <x:c r="A459" s="3" t="str">
         <x:v>454</x:v>
       </x:c>
       <x:c r="B459" s="3" t="str">
         <x:v>D44 MAD</x:v>
       </x:c>
       <x:c r="C459" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D459" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E459" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:30</x:v>
+        <x:v>Tue 17 Feb 2026 13:18</x:v>
       </x:c>
     </x:row>
     <x:row r="460">
       <x:c r="A460" s="3" t="str">
         <x:v>455</x:v>
       </x:c>
       <x:c r="B460" s="3" t="str">
         <x:v>DMV 1P</x:v>
       </x:c>
       <x:c r="C460" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D460" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,220.00</x:v>
       </x:c>
       <x:c r="E460" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:30</x:v>
+        <x:v>Tue 17 Feb 2026 14:19</x:v>
       </x:c>
     </x:row>
     <x:row r="461">
       <x:c r="A461" s="3" t="str">
         <x:v>456</x:v>
       </x:c>
       <x:c r="B461" s="3" t="str">
         <x:v>DMZ 3</x:v>
       </x:c>
       <x:c r="C461" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D461" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,810.00</x:v>
       </x:c>
       <x:c r="E461" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:31</x:v>
+        <x:v>Tue 17 Feb 2026 13:39</x:v>
       </x:c>
     </x:row>
     <x:row r="462">
       <x:c r="A462" s="3" t="str">
         <x:v>457</x:v>
       </x:c>
       <x:c r="B462" s="3" t="str">
         <x:v>296 DN</x:v>
       </x:c>
       <x:c r="C462" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D462" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,020.00</x:v>
       </x:c>
       <x:c r="E462" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:31</x:v>
+        <x:v>Tue 17 Feb 2026 14:40</x:v>
       </x:c>
     </x:row>
     <x:row r="463">
       <x:c r="A463" s="3" t="str">
         <x:v>458</x:v>
       </x:c>
       <x:c r="B463" s="3" t="str">
         <x:v>D111 NDR</x:v>
       </x:c>
       <x:c r="C463" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D463" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£570.00</x:v>
       </x:c>
       <x:c r="E463" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:31</x:v>
+        <x:v>Tue 17 Feb 2026 16:50</x:v>
       </x:c>
     </x:row>
     <x:row r="464">
       <x:c r="A464" s="3" t="str">
         <x:v>459</x:v>
       </x:c>
       <x:c r="B464" s="3" t="str">
         <x:v>D77 NEA</x:v>
       </x:c>
       <x:c r="C464" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D464" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E464" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:31</x:v>
+        <x:v>Tue 17 Feb 2026 12:38</x:v>
       </x:c>
     </x:row>
     <x:row r="465">
       <x:c r="A465" s="3" t="str">
         <x:v>460</x:v>
       </x:c>
       <x:c r="B465" s="3" t="str">
         <x:v>D94 NES</x:v>
       </x:c>
       <x:c r="C465" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D465" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E465" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:31</x:v>
+        <x:v>Tue 17 Feb 2026 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="466">
       <x:c r="A466" s="3" t="str">
         <x:v>461</x:v>
       </x:c>
       <x:c r="B466" s="3" t="str">
         <x:v>D333 NSS</x:v>
       </x:c>
       <x:c r="C466" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D466" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,710.00</x:v>
       </x:c>
       <x:c r="E466" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:32</x:v>
+        <x:v>Tue 17 Feb 2026 14:56</x:v>
       </x:c>
     </x:row>
     <x:row r="467">
       <x:c r="A467" s="3" t="str">
         <x:v>462</x:v>
       </x:c>
       <x:c r="B467" s="3" t="str">
         <x:v>DOA 2E</x:v>
       </x:c>
       <x:c r="C467" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D467" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£790.00</x:v>
       </x:c>
       <x:c r="E467" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="468">
       <x:c r="A468" s="3" t="str">
         <x:v>463</x:v>
       </x:c>
       <x:c r="B468" s="3" t="str">
         <x:v>DOA 1M</x:v>
       </x:c>
       <x:c r="C468" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D468" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£730.00</x:v>
       </x:c>
       <x:c r="E468" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="469">
       <x:c r="A469" s="3" t="str">
         <x:v>464</x:v>
       </x:c>
       <x:c r="B469" s="3" t="str">
         <x:v>DOB 20X</x:v>
       </x:c>
       <x:c r="C469" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D469" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E469" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:32</x:v>
       </x:c>
     </x:row>
     <x:row r="470">
       <x:c r="A470" s="3" t="str">
         <x:v>465</x:v>
       </x:c>
       <x:c r="B470" s="3" t="str">
         <x:v>DOD 91E</x:v>
       </x:c>
       <x:c r="C470" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D470" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,330.00</x:v>
       </x:c>
       <x:c r="E470" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:32</x:v>
+        <x:v>Tue 17 Feb 2026 15:46</x:v>
       </x:c>
     </x:row>
     <x:row r="471">
       <x:c r="A471" s="3" t="str">
         <x:v>466</x:v>
       </x:c>
       <x:c r="B471" s="3" t="str">
         <x:v>DO22 ELL</x:v>
       </x:c>
       <x:c r="C471" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D471" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,910.00</x:v>
       </x:c>
       <x:c r="E471" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:33</x:v>
       </x:c>
     </x:row>
     <x:row r="472">
       <x:c r="A472" s="3" t="str">
         <x:v>467</x:v>
       </x:c>
       <x:c r="B472" s="3" t="str">
         <x:v>DON 599S</x:v>
       </x:c>
       <x:c r="C472" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D472" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£750.00</x:v>
       </x:c>
       <x:c r="E472" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:33</x:v>
       </x:c>
     </x:row>
     <x:row r="473">
       <x:c r="A473" s="3" t="str">
         <x:v>468</x:v>
       </x:c>
       <x:c r="B473" s="3" t="str">
         <x:v>DOR 4E</x:v>
       </x:c>
       <x:c r="C473" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D473" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E473" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:33</x:v>
+        <x:v>Tue 17 Feb 2026 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="474">
       <x:c r="A474" s="3" t="str">
         <x:v>469</x:v>
       </x:c>
       <x:c r="B474" s="3" t="str">
         <x:v>D47 ORR</x:v>
       </x:c>
       <x:c r="C474" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D474" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E474" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:33</x:v>
       </x:c>
     </x:row>
     <x:row r="475">
       <x:c r="A475" s="3" t="str">
         <x:v>470</x:v>
       </x:c>
       <x:c r="B475" s="3" t="str">
         <x:v>D317 OSO</x:v>
       </x:c>
       <x:c r="C475" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D475" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E475" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:33</x:v>
       </x:c>
     </x:row>
     <x:row r="476">
       <x:c r="A476" s="3" t="str">
         <x:v>471</x:v>
       </x:c>
       <x:c r="B476" s="3" t="str">
         <x:v>DOT 76X</x:v>
       </x:c>
       <x:c r="C476" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D476" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E476" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:34</x:v>
       </x:c>
     </x:row>
     <x:row r="477">
       <x:c r="A477" s="3" t="str">
         <x:v>472</x:v>
       </x:c>
       <x:c r="B477" s="3" t="str">
         <x:v>D530 PAY</x:v>
       </x:c>
       <x:c r="C477" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D477" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E477" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:34</x:v>
       </x:c>
     </x:row>
     <x:row r="478">
       <x:c r="A478" s="3" t="str">
         <x:v>473</x:v>
       </x:c>
       <x:c r="B478" s="3" t="str">
         <x:v>99 DPM</x:v>
       </x:c>
       <x:c r="C478" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D478" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£16,310.00</x:v>
       </x:c>
       <x:c r="E478" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:34</x:v>
+        <x:v>Tue 17 Feb 2026 14:13</x:v>
       </x:c>
     </x:row>
     <x:row r="479">
       <x:c r="A479" s="3" t="str">
         <x:v>474</x:v>
       </x:c>
       <x:c r="B479" s="3" t="str">
         <x:v>3953 DR</x:v>
       </x:c>
       <x:c r="C479" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D479" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E479" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:34</x:v>
+        <x:v>Tue 17 Feb 2026 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="480">
       <x:c r="A480" s="3" t="str">
         <x:v>475</x:v>
       </x:c>
       <x:c r="B480" s="3" t="str">
         <x:v>DRB 12D</x:v>
       </x:c>
       <x:c r="C480" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D480" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£850.00</x:v>
       </x:c>
       <x:c r="E480" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:34</x:v>
+        <x:v>Tue 17 Feb 2026 13:49</x:v>
       </x:c>
     </x:row>
     <x:row r="481">
       <x:c r="A481" s="3" t="str">
         <x:v>476</x:v>
       </x:c>
       <x:c r="B481" s="3" t="str">
         <x:v>DRC 111E</x:v>
       </x:c>
       <x:c r="C481" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D481" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,530.00</x:v>
       </x:c>
       <x:c r="E481" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:35</x:v>
+        <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="482">
       <x:c r="A482" s="3" t="str">
         <x:v>477</x:v>
       </x:c>
       <x:c r="B482" s="3" t="str">
         <x:v>D312 REK</x:v>
       </x:c>
       <x:c r="C482" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D482" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E482" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:35</x:v>
       </x:c>
     </x:row>
     <x:row r="483">
       <x:c r="A483" s="3" t="str">
         <x:v>478</x:v>
       </x:c>
       <x:c r="B483" s="3" t="str">
         <x:v>D44 REO</x:v>
       </x:c>
       <x:c r="C483" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D483" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E483" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:35</x:v>
       </x:c>
     </x:row>
     <x:row r="484">
       <x:c r="A484" s="3" t="str">
         <x:v>479</x:v>
       </x:c>
       <x:c r="B484" s="3" t="str">
         <x:v>25 DRJ</x:v>
       </x:c>
       <x:c r="C484" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D484" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,710.00</x:v>
       </x:c>
       <x:c r="E484" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:35</x:v>
+        <x:v>Tue 17 Feb 2026 12:53</x:v>
       </x:c>
     </x:row>
     <x:row r="485">
       <x:c r="A485" s="3" t="str">
         <x:v>480</x:v>
       </x:c>
       <x:c r="B485" s="3" t="str">
         <x:v>DRJ 1A</x:v>
       </x:c>
       <x:c r="C485" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D485" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,030.00</x:v>
       </x:c>
       <x:c r="E485" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:35</x:v>
+        <x:v>Tue 17 Feb 2026 14:06</x:v>
       </x:c>
     </x:row>
     <x:row r="486">
       <x:c r="A486" s="3" t="str">
         <x:v>481</x:v>
       </x:c>
       <x:c r="B486" s="3" t="str">
         <x:v>DRK 911L</x:v>
       </x:c>
       <x:c r="C486" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D486" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£850.00</x:v>
       </x:c>
       <x:c r="E486" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:36</x:v>
+        <x:v>Tue 17 Feb 2026 13:26</x:v>
       </x:c>
     </x:row>
     <x:row r="487">
       <x:c r="A487" s="3" t="str">
         <x:v>482</x:v>
       </x:c>
       <x:c r="B487" s="3" t="str">
         <x:v>D74 RKS</x:v>
       </x:c>
       <x:c r="C487" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D487" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E487" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:36</x:v>
+        <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="488">
       <x:c r="A488" s="3" t="str">
         <x:v>483</x:v>
       </x:c>
       <x:c r="B488" s="3" t="str">
         <x:v>DRN 43M</x:v>
       </x:c>
       <x:c r="C488" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D488" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,440.00</x:v>
       </x:c>
       <x:c r="E488" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:36</x:v>
       </x:c>
     </x:row>
     <x:row r="489">
       <x:c r="A489" s="3" t="str">
         <x:v>484</x:v>
       </x:c>
       <x:c r="B489" s="3" t="str">
         <x:v>DRO 111D</x:v>
       </x:c>
       <x:c r="C489" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D489" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,520.00</x:v>
       </x:c>
       <x:c r="E489" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:36</x:v>
+        <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="490">
       <x:c r="A490" s="3" t="str">
         <x:v>485</x:v>
       </x:c>
       <x:c r="B490" s="3" t="str">
         <x:v>D41 RRS</x:v>
       </x:c>
       <x:c r="C490" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D490" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E490" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:36</x:v>
+        <x:v>Tue 17 Feb 2026 12:39</x:v>
       </x:c>
     </x:row>
     <x:row r="491">
       <x:c r="A491" s="3" t="str">
         <x:v>486</x:v>
       </x:c>
       <x:c r="B491" s="3" t="str">
         <x:v>D42 RTS</x:v>
       </x:c>
       <x:c r="C491" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D491" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,530.00</x:v>
       </x:c>
       <x:c r="E491" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:37</x:v>
       </x:c>
     </x:row>
     <x:row r="492">
       <x:c r="A492" s="3" t="str">
         <x:v>487</x:v>
       </x:c>
       <x:c r="B492" s="3" t="str">
         <x:v>DRT 94X</x:v>
       </x:c>
       <x:c r="C492" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D492" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E492" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:37</x:v>
       </x:c>
     </x:row>
     <x:row r="493">
       <x:c r="A493" s="3" t="str">
         <x:v>488</x:v>
       </x:c>
       <x:c r="B493" s="3" t="str">
         <x:v>DRW 4X</x:v>
       </x:c>
       <x:c r="C493" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D493" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E493" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:37</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="494">
       <x:c r="A494" s="3" t="str">
         <x:v>489</x:v>
       </x:c>
       <x:c r="B494" s="3" t="str">
         <x:v>6459 DS</x:v>
       </x:c>
       <x:c r="C494" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D494" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E494" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:37</x:v>
       </x:c>
     </x:row>
     <x:row r="495">
       <x:c r="A495" s="3" t="str">
         <x:v>490</x:v>
       </x:c>
       <x:c r="B495" s="3" t="str">
         <x:v>20 DSD</x:v>
       </x:c>
       <x:c r="C495" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D495" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,010.00</x:v>
       </x:c>
       <x:c r="E495" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:37</x:v>
+        <x:v>Tue 17 Feb 2026 13:04</x:v>
       </x:c>
     </x:row>
     <x:row r="496">
       <x:c r="A496" s="3" t="str">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B496" s="3" t="str">
         <x:v>D110 SEE</x:v>
       </x:c>
       <x:c r="C496" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D496" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E496" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:38</x:v>
+        <x:v>Tue 17 Feb 2026 14:48</x:v>
       </x:c>
     </x:row>
     <x:row r="497">
       <x:c r="A497" s="3" t="str">
         <x:v>492</x:v>
       </x:c>
       <x:c r="B497" s="3" t="str">
         <x:v>19 DSK</x:v>
       </x:c>
       <x:c r="C497" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D497" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,050.00</x:v>
       </x:c>
       <x:c r="E497" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:38</x:v>
+        <x:v>Tue 17 Feb 2026 14:54</x:v>
       </x:c>
     </x:row>
     <x:row r="498">
       <x:c r="A498" s="3" t="str">
         <x:v>493</x:v>
       </x:c>
       <x:c r="B498" s="3" t="str">
         <x:v>780 DSL</x:v>
       </x:c>
       <x:c r="C498" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D498" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,050.00</x:v>
       </x:c>
       <x:c r="E498" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:38</x:v>
+        <x:v>Tue 17 Feb 2026 13:01</x:v>
       </x:c>
     </x:row>
     <x:row r="499">
       <x:c r="A499" s="3" t="str">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B499" s="3" t="str">
         <x:v>D45 SWN</x:v>
       </x:c>
       <x:c r="C499" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D499" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E499" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:38</x:v>
+        <x:v>Tue 17 Feb 2026 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="500">
       <x:c r="A500" s="3" t="str">
         <x:v>495</x:v>
       </x:c>
       <x:c r="B500" s="3" t="str">
         <x:v>D415 SYJ</x:v>
       </x:c>
       <x:c r="C500" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D500" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E500" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:38</x:v>
+        <x:v>Tue 17 Feb 2026 12:46</x:v>
       </x:c>
     </x:row>
     <x:row r="501">
       <x:c r="A501" s="3" t="str">
         <x:v>496</x:v>
       </x:c>
       <x:c r="B501" s="3" t="str">
         <x:v>DSZ 4321</x:v>
       </x:c>
       <x:c r="C501" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D501" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E501" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:39</x:v>
+        <x:v>Tue 17 Feb 2026 13:02</x:v>
       </x:c>
     </x:row>
     <x:row r="502">
       <x:c r="A502" s="3" t="str">
         <x:v>497</x:v>
       </x:c>
       <x:c r="B502" s="3" t="str">
         <x:v>D111 VAY</x:v>
       </x:c>
       <x:c r="C502" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D502" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£900.00</x:v>
       </x:c>
       <x:c r="E502" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:39</x:v>
+        <x:v>Tue 17 Feb 2026 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="503">
       <x:c r="A503" s="3" t="str">
         <x:v>498</x:v>
       </x:c>
       <x:c r="B503" s="3" t="str">
         <x:v>3 DVV</x:v>
       </x:c>
       <x:c r="C503" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D503" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,500.00</x:v>
       </x:c>
       <x:c r="E503" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:39</x:v>
+        <x:v>Tue 17 Feb 2026 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="504">
       <x:c r="A504" s="3" t="str">
         <x:v>499</x:v>
       </x:c>
       <x:c r="B504" s="3" t="str">
         <x:v>DWA 111S</x:v>
       </x:c>
       <x:c r="C504" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D504" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,760.00</x:v>
       </x:c>
       <x:c r="E504" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:39</x:v>
+        <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="505">
       <x:c r="A505" s="3" t="str">
         <x:v>500</x:v>
       </x:c>
       <x:c r="B505" s="3" t="str">
         <x:v>D118 WSN</x:v>
       </x:c>
       <x:c r="C505" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D505" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E505" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:39</x:v>
       </x:c>
     </x:row>
     <x:row r="506">
       <x:c r="A506" s="3" t="str">
         <x:v>501</x:v>
       </x:c>
       <x:c r="B506" s="3" t="str">
         <x:v>DYL 5Y</x:v>
       </x:c>
       <x:c r="C506" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D506" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,380.00</x:v>
       </x:c>
       <x:c r="E506" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:40</x:v>
+        <x:v>Tue 17 Feb 2026 13:01</x:v>
       </x:c>
     </x:row>
     <x:row r="507">
       <x:c r="A507" s="3" t="str">
         <x:v>502</x:v>
       </x:c>
       <x:c r="B507" s="3" t="str">
         <x:v>D423 YOU</x:v>
       </x:c>
       <x:c r="C507" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D507" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E507" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:40</x:v>
+        <x:v>Tue 17 Feb 2026 16:04</x:v>
       </x:c>
     </x:row>
     <x:row r="508">
       <x:c r="A508" s="3" t="str">
         <x:v>503</x:v>
       </x:c>
       <x:c r="B508" s="3" t="str">
         <x:v>DYZ 8</x:v>
       </x:c>
       <x:c r="C508" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D508" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E508" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:40</x:v>
+        <x:v>Tue 17 Feb 2026 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="509">
       <x:c r="A509" s="3" t="str">
         <x:v>504</x:v>
       </x:c>
       <x:c r="B509" s="3" t="str">
         <x:v>143 E</x:v>
       </x:c>
       <x:c r="C509" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D509" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£20,180.00</x:v>
       </x:c>
       <x:c r="E509" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:40</x:v>
+        <x:v>Wed 18 Feb 2026 02:00</x:v>
       </x:c>
     </x:row>
     <x:row r="510">
       <x:c r="A510" s="3" t="str">
         <x:v>505</x:v>
       </x:c>
       <x:c r="B510" s="3" t="str">
         <x:v>E30 ADC</x:v>
       </x:c>
       <x:c r="C510" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D510" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£450.00</x:v>
       </x:c>
       <x:c r="E510" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:40</x:v>
+        <x:v>Tue 17 Feb 2026 13:13</x:v>
       </x:c>
     </x:row>
     <x:row r="511">
       <x:c r="A511" s="3" t="str">
         <x:v>506</x:v>
       </x:c>
       <x:c r="B511" s="3" t="str">
         <x:v>E60 ADU</x:v>
       </x:c>
       <x:c r="C511" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D511" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E511" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:41</x:v>
       </x:c>
     </x:row>
     <x:row r="512">
       <x:c r="A512" s="3" t="str">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B512" s="3" t="str">
         <x:v>E903 ALP</x:v>
       </x:c>
       <x:c r="C512" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D512" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E512" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:41</x:v>
       </x:c>
     </x:row>
     <x:row r="513">
       <x:c r="A513" s="3" t="str">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B513" s="3" t="str">
         <x:v>E55 AME</x:v>
       </x:c>
       <x:c r="C513" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D513" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E513" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:41</x:v>
       </x:c>
     </x:row>
     <x:row r="514">
       <x:c r="A514" s="3" t="str">
         <x:v>509</x:v>
       </x:c>
       <x:c r="B514" s="3" t="str">
         <x:v>E43 AMG</x:v>
       </x:c>
       <x:c r="C514" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D514" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,840.00</x:v>
       </x:c>
       <x:c r="E514" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:41</x:v>
+        <x:v>Tue 17 Feb 2026 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="515">
       <x:c r="A515" s="3" t="str">
         <x:v>510</x:v>
       </x:c>
       <x:c r="B515" s="3" t="str">
         <x:v>EA18 MON</x:v>
       </x:c>
       <x:c r="C515" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D515" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E515" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:41</x:v>
       </x:c>
     </x:row>
     <x:row r="516">
       <x:c r="A516" s="3" t="str">
         <x:v>511</x:v>
       </x:c>
       <x:c r="B516" s="3" t="str">
         <x:v>E92 BED</x:v>
       </x:c>
       <x:c r="C516" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D516" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E516" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="517">
       <x:c r="A517" s="3" t="str">
         <x:v>512</x:v>
       </x:c>
       <x:c r="B517" s="3" t="str">
         <x:v>E36 BEF</x:v>
       </x:c>
       <x:c r="C517" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D517" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E517" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="518">
       <x:c r="A518" s="3" t="str">
         <x:v>513</x:v>
       </x:c>
       <x:c r="B518" s="3" t="str">
         <x:v>E36 BUJ</x:v>
       </x:c>
       <x:c r="C518" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D518" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E518" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="519">
       <x:c r="A519" s="3" t="str">
         <x:v>514</x:v>
       </x:c>
       <x:c r="B519" s="3" t="str">
         <x:v>EBY 776A</x:v>
       </x:c>
       <x:c r="C519" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D519" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E519" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:42</x:v>
       </x:c>
     </x:row>
     <x:row r="520">
       <x:c r="A520" s="3" t="str">
         <x:v>515</x:v>
       </x:c>
       <x:c r="B520" s="3" t="str">
         <x:v>1926 EC</x:v>
       </x:c>
       <x:c r="C520" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D520" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E520" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:42</x:v>
+        <x:v>Tue 17 Feb 2026 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="521">
       <x:c r="A521" s="3" t="str">
         <x:v>516</x:v>
       </x:c>
       <x:c r="B521" s="3" t="str">
         <x:v>E36 CJL</x:v>
       </x:c>
       <x:c r="C521" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D521" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£390.00</x:v>
       </x:c>
       <x:c r="E521" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:43</x:v>
+        <x:v>Tue 17 Feb 2026 12:51</x:v>
       </x:c>
     </x:row>
     <x:row r="522">
       <x:c r="A522" s="3" t="str">
         <x:v>517</x:v>
       </x:c>
       <x:c r="B522" s="3" t="str">
         <x:v>EDE 4R</x:v>
       </x:c>
       <x:c r="C522" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D522" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E522" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:43</x:v>
+        <x:v>Tue 17 Feb 2026 14:28</x:v>
       </x:c>
     </x:row>
     <x:row r="523">
       <x:c r="A523" s="3" t="str">
         <x:v>518</x:v>
       </x:c>
       <x:c r="B523" s="3" t="str">
         <x:v>EFZ 21</x:v>
       </x:c>
       <x:c r="C523" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D523" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E523" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:43</x:v>
+        <x:v>Tue 17 Feb 2026 14:33</x:v>
       </x:c>
     </x:row>
     <x:row r="524">
       <x:c r="A524" s="3" t="str">
         <x:v>519</x:v>
       </x:c>
       <x:c r="B524" s="3" t="str">
         <x:v>EGO 78Y</x:v>
       </x:c>
       <x:c r="C524" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D524" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E524" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:43</x:v>
+        <x:v>Tue 17 Feb 2026 13:31</x:v>
       </x:c>
     </x:row>
     <x:row r="525">
       <x:c r="A525" s="3" t="str">
         <x:v>520</x:v>
       </x:c>
       <x:c r="B525" s="3" t="str">
         <x:v>E567 HUG</x:v>
       </x:c>
       <x:c r="C525" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D525" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E525" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:43</x:v>
       </x:c>
     </x:row>
     <x:row r="526">
       <x:c r="A526" s="3" t="str">
         <x:v>521</x:v>
       </x:c>
       <x:c r="B526" s="3" t="str">
         <x:v>E55 HXN</x:v>
       </x:c>
       <x:c r="C526" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D526" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£970.00</x:v>
       </x:c>
       <x:c r="E526" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:44</x:v>
+        <x:v>Tue 17 Feb 2026 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="527">
       <x:c r="A527" s="3" t="str">
         <x:v>522</x:v>
       </x:c>
       <x:c r="B527" s="3" t="str">
         <x:v>E46 JPT</x:v>
       </x:c>
       <x:c r="C527" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D527" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E527" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:44</x:v>
       </x:c>
     </x:row>
     <x:row r="528">
       <x:c r="A528" s="3" t="str">
         <x:v>523</x:v>
       </x:c>
       <x:c r="B528" s="3" t="str">
         <x:v>E31 JPW</x:v>
       </x:c>
       <x:c r="C528" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D528" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E528" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:44</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="529">
       <x:c r="A529" s="3" t="str">
         <x:v>524</x:v>
       </x:c>
       <x:c r="B529" s="3" t="str">
         <x:v>E30 JRM</x:v>
       </x:c>
       <x:c r="C529" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D529" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E529" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:44</x:v>
       </x:c>
     </x:row>
     <x:row r="530">
       <x:c r="A530" s="3" t="str">
         <x:v>525</x:v>
       </x:c>
       <x:c r="B530" s="3" t="str">
         <x:v>E45 LEY</x:v>
       </x:c>
       <x:c r="C530" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D530" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£240.00</x:v>
       </x:c>
       <x:c r="E530" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:44</x:v>
       </x:c>
     </x:row>
     <x:row r="531">
       <x:c r="A531" s="3" t="str">
         <x:v>526</x:v>
       </x:c>
       <x:c r="B531" s="3" t="str">
         <x:v>E30 LJW</x:v>
       </x:c>
       <x:c r="C531" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D531" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E531" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:45</x:v>
+        <x:v>Tue 17 Feb 2026 12:53</x:v>
       </x:c>
     </x:row>
     <x:row r="532">
       <x:c r="A532" s="3" t="str">
         <x:v>527</x:v>
       </x:c>
       <x:c r="B532" s="3" t="str">
         <x:v>ELL 987A</x:v>
       </x:c>
       <x:c r="C532" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D532" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E532" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:45</x:v>
       </x:c>
     </x:row>
     <x:row r="533">
       <x:c r="A533" s="3" t="str">
         <x:v>528</x:v>
       </x:c>
       <x:c r="B533" s="3" t="str">
         <x:v>ELL 136H</x:v>
       </x:c>
       <x:c r="C533" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D533" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E533" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:45</x:v>
       </x:c>
     </x:row>
     <x:row r="534">
       <x:c r="A534" s="3" t="str">
         <x:v>529</x:v>
       </x:c>
       <x:c r="B534" s="3" t="str">
         <x:v>EL18 MER</x:v>
       </x:c>
       <x:c r="C534" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D534" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E534" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:45</x:v>
       </x:c>
     </x:row>
     <x:row r="535">
       <x:c r="A535" s="3" t="str">
         <x:v>530</x:v>
       </x:c>
       <x:c r="B535" s="3" t="str">
         <x:v>EL57 ONS</x:v>
       </x:c>
       <x:c r="C535" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D535" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E535" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:45</x:v>
+        <x:v>Tue 17 Feb 2026 13:28</x:v>
       </x:c>
     </x:row>
     <x:row r="536">
       <x:c r="A536" s="3" t="str">
         <x:v>531</x:v>
       </x:c>
       <x:c r="B536" s="3" t="str">
         <x:v>E30 MAT</x:v>
       </x:c>
       <x:c r="C536" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D536" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E536" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:46</x:v>
       </x:c>
     </x:row>
     <x:row r="537">
       <x:c r="A537" s="3" t="str">
         <x:v>532</x:v>
       </x:c>
       <x:c r="B537" s="3" t="str">
         <x:v>E311 MLY</x:v>
       </x:c>
       <x:c r="C537" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D537" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,710.00</x:v>
       </x:c>
       <x:c r="E537" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:46</x:v>
+        <x:v>Tue 17 Feb 2026 13:30</x:v>
       </x:c>
     </x:row>
     <x:row r="538">
       <x:c r="A538" s="3" t="str">
         <x:v>533</x:v>
       </x:c>
       <x:c r="B538" s="3" t="str">
         <x:v>E115 MOG</x:v>
       </x:c>
       <x:c r="C538" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D538" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£280.00</x:v>
       </x:c>
       <x:c r="E538" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:46</x:v>
+        <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="539">
       <x:c r="A539" s="3" t="str">
         <x:v>534</x:v>
       </x:c>
       <x:c r="B539" s="3" t="str">
         <x:v>E30 MPP</x:v>
       </x:c>
       <x:c r="C539" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D539" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E539" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:46</x:v>
+        <x:v>Tue 17 Feb 2026 13:53</x:v>
       </x:c>
     </x:row>
     <x:row r="540">
       <x:c r="A540" s="3" t="str">
         <x:v>535</x:v>
       </x:c>
       <x:c r="B540" s="3" t="str">
         <x:v>EMS 8B</x:v>
       </x:c>
       <x:c r="C540" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D540" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E540" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:46</x:v>
+        <x:v>Tue 17 Feb 2026 13:08</x:v>
       </x:c>
     </x:row>
     <x:row r="541">
       <x:c r="A541" s="3" t="str">
         <x:v>536</x:v>
       </x:c>
       <x:c r="B541" s="3" t="str">
         <x:v>EMZ 1234</x:v>
       </x:c>
       <x:c r="C541" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D541" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E541" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:47</x:v>
+        <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="542">
       <x:c r="A542" s="3" t="str">
         <x:v>537</x:v>
       </x:c>
       <x:c r="B542" s="3" t="str">
         <x:v>ENG 715H</x:v>
       </x:c>
       <x:c r="C542" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D542" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,010.00</x:v>
       </x:c>
       <x:c r="E542" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:47</x:v>
+        <x:v>Tue 17 Feb 2026 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="543">
       <x:c r="A543" s="3" t="str">
         <x:v>538</x:v>
       </x:c>
       <x:c r="B543" s="3" t="str">
         <x:v>E36 NJC</x:v>
       </x:c>
       <x:c r="C543" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D543" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E543" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:47</x:v>
       </x:c>
     </x:row>
     <x:row r="544">
       <x:c r="A544" s="3" t="str">
         <x:v>539</x:v>
       </x:c>
       <x:c r="B544" s="3" t="str">
         <x:v>59 ENS</x:v>
       </x:c>
       <x:c r="C544" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D544" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E544" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:47</x:v>
       </x:c>
     </x:row>
     <x:row r="545">
       <x:c r="A545" s="3" t="str">
         <x:v>540</x:v>
       </x:c>
       <x:c r="B545" s="3" t="str">
         <x:v>6 ENT</x:v>
       </x:c>
       <x:c r="C545" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D545" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,000.00</x:v>
       </x:c>
       <x:c r="E545" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:47</x:v>
+        <x:v>Tue 17 Feb 2026 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="546">
       <x:c r="A546" s="3" t="str">
         <x:v>541</x:v>
       </x:c>
       <x:c r="B546" s="3" t="str">
         <x:v>ENZ 51</x:v>
       </x:c>
       <x:c r="C546" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D546" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,320.00</x:v>
       </x:c>
       <x:c r="E546" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:48</x:v>
+        <x:v>Tue 17 Feb 2026 14:54</x:v>
       </x:c>
     </x:row>
     <x:row r="547">
       <x:c r="A547" s="3" t="str">
         <x:v>542</x:v>
       </x:c>
       <x:c r="B547" s="3" t="str">
         <x:v>999 EP</x:v>
       </x:c>
       <x:c r="C547" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D547" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,820.00</x:v>
       </x:c>
       <x:c r="E547" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:48</x:v>
       </x:c>
     </x:row>
     <x:row r="548">
       <x:c r="A548" s="3" t="str">
         <x:v>543</x:v>
       </x:c>
       <x:c r="B548" s="3" t="str">
         <x:v>E55 PRO</x:v>
       </x:c>
       <x:c r="C548" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D548" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E548" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:48</x:v>
+        <x:v>Tue 17 Feb 2026 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="549">
       <x:c r="A549" s="3" t="str">
         <x:v>544</x:v>
       </x:c>
       <x:c r="B549" s="3" t="str">
         <x:v>ERF 47N</x:v>
       </x:c>
       <x:c r="C549" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D549" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E549" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:48</x:v>
       </x:c>
     </x:row>
     <x:row r="550">
       <x:c r="A550" s="3" t="str">
         <x:v>545</x:v>
       </x:c>
       <x:c r="B550" s="3" t="str">
         <x:v>E30 RVR</x:v>
       </x:c>
       <x:c r="C550" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D550" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£390.00</x:v>
       </x:c>
       <x:c r="E550" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:48</x:v>
+        <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="551">
       <x:c r="A551" s="3" t="str">
         <x:v>546</x:v>
       </x:c>
       <x:c r="B551" s="3" t="str">
         <x:v>E113 RYM</x:v>
       </x:c>
       <x:c r="C551" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D551" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E551" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="552">
       <x:c r="A552" s="3" t="str">
         <x:v>547</x:v>
       </x:c>
       <x:c r="B552" s="3" t="str">
         <x:v>E46 SAM</x:v>
       </x:c>
       <x:c r="C552" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D552" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,130.00</x:v>
       </x:c>
       <x:c r="E552" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:49</x:v>
+        <x:v>Tue 17 Feb 2026 13:58</x:v>
       </x:c>
     </x:row>
     <x:row r="553">
       <x:c r="A553" s="3" t="str">
         <x:v>548</x:v>
       </x:c>
       <x:c r="B553" s="3" t="str">
         <x:v>E74 STE</x:v>
       </x:c>
       <x:c r="C553" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D553" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£640.00</x:v>
       </x:c>
       <x:c r="E553" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="554">
       <x:c r="A554" s="3" t="str">
         <x:v>549</x:v>
       </x:c>
       <x:c r="B554" s="3" t="str">
         <x:v>EST 29R</x:v>
       </x:c>
       <x:c r="C554" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D554" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E554" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="555">
       <x:c r="A555" s="3" t="str">
         <x:v>550</x:v>
       </x:c>
       <x:c r="B555" s="3" t="str">
         <x:v>ESZ 33</x:v>
       </x:c>
       <x:c r="C555" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D555" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,590.00</x:v>
       </x:c>
       <x:c r="E555" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:49</x:v>
       </x:c>
     </x:row>
     <x:row r="556">
       <x:c r="A556" s="3" t="str">
         <x:v>551</x:v>
       </x:c>
       <x:c r="B556" s="3" t="str">
         <x:v>E46 TAM</x:v>
       </x:c>
       <x:c r="C556" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D556" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E556" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:50</x:v>
       </x:c>
     </x:row>
     <x:row r="557">
       <x:c r="A557" s="3" t="str">
         <x:v>552</x:v>
       </x:c>
       <x:c r="B557" s="3" t="str">
         <x:v>E30 TSY</x:v>
       </x:c>
       <x:c r="C557" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D557" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£340.00</x:v>
       </x:c>
       <x:c r="E557" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:50</x:v>
       </x:c>
     </x:row>
     <x:row r="558">
       <x:c r="A558" s="3" t="str">
         <x:v>553</x:v>
       </x:c>
       <x:c r="B558" s="3" t="str">
         <x:v>ETT 1B</x:v>
       </x:c>
       <x:c r="C558" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D558" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E558" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:50</x:v>
       </x:c>
     </x:row>
     <x:row r="559">
       <x:c r="A559" s="3" t="str">
         <x:v>554</x:v>
       </x:c>
       <x:c r="B559" s="3" t="str">
         <x:v>EUN 9S</x:v>
       </x:c>
       <x:c r="C559" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D559" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E559" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:50</x:v>
+        <x:v>Tue 17 Feb 2026 13:31</x:v>
       </x:c>
     </x:row>
     <x:row r="560">
       <x:c r="A560" s="3" t="str">
         <x:v>555</x:v>
       </x:c>
       <x:c r="B560" s="3" t="str">
         <x:v>E33 VEE</x:v>
       </x:c>
       <x:c r="C560" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D560" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,930.00</x:v>
       </x:c>
       <x:c r="E560" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:50</x:v>
+        <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="561">
       <x:c r="A561" s="3" t="str">
         <x:v>556</x:v>
       </x:c>
       <x:c r="B561" s="3" t="str">
         <x:v>EVE 11T</x:v>
       </x:c>
       <x:c r="C561" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D561" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E561" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:51</x:v>
+        <x:v>Tue 17 Feb 2026 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="562">
       <x:c r="A562" s="3" t="str">
         <x:v>557</x:v>
       </x:c>
       <x:c r="B562" s="3" t="str">
         <x:v>E30 YRD</x:v>
       </x:c>
       <x:c r="C562" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D562" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E562" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:51</x:v>
+        <x:v>Tue 17 Feb 2026 13:21</x:v>
       </x:c>
     </x:row>
     <x:row r="563">
       <x:c r="A563" s="3" t="str">
         <x:v>558</x:v>
       </x:c>
       <x:c r="B563" s="3" t="str">
         <x:v>97 FA</x:v>
       </x:c>
       <x:c r="C563" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D563" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,660.00</x:v>
       </x:c>
       <x:c r="E563" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:51</x:v>
+        <x:v>Tue 17 Feb 2026 14:34</x:v>
       </x:c>
     </x:row>
     <x:row r="564">
       <x:c r="A564" s="3" t="str">
         <x:v>559</x:v>
       </x:c>
       <x:c r="B564" s="3" t="str">
         <x:v>1985 FA</x:v>
       </x:c>
       <x:c r="C564" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D564" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E564" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:51</x:v>
+        <x:v>Tue 17 Feb 2026 12:53</x:v>
       </x:c>
     </x:row>
     <x:row r="565">
       <x:c r="A565" s="3" t="str">
         <x:v>560</x:v>
       </x:c>
       <x:c r="B565" s="3" t="str">
         <x:v>FAB 121K</x:v>
       </x:c>
       <x:c r="C565" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D565" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E565" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:51</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="566">
       <x:c r="A566" s="3" t="str">
         <x:v>561</x:v>
       </x:c>
       <x:c r="B566" s="3" t="str">
         <x:v>541 FAN</x:v>
       </x:c>
       <x:c r="C566" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D566" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,500.00</x:v>
       </x:c>
       <x:c r="E566" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:52</x:v>
+        <x:v>Tue 17 Feb 2026 17:38</x:v>
       </x:c>
     </x:row>
     <x:row r="567">
       <x:c r="A567" s="3" t="str">
         <x:v>562</x:v>
       </x:c>
       <x:c r="B567" s="3" t="str">
         <x:v>F722 ANK</x:v>
       </x:c>
       <x:c r="C567" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D567" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E567" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:52</x:v>
+        <x:v>Tue 17 Feb 2026 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="568">
       <x:c r="A568" s="3" t="str">
         <x:v>563</x:v>
       </x:c>
       <x:c r="B568" s="3" t="str">
         <x:v>FAN 78M</x:v>
       </x:c>
       <x:c r="C568" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D568" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E568" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:52</x:v>
+        <x:v>Tue 17 Feb 2026 13:41</x:v>
       </x:c>
     </x:row>
     <x:row r="569">
       <x:c r="A569" s="3" t="str">
         <x:v>564</x:v>
       </x:c>
       <x:c r="B569" s="3" t="str">
         <x:v>FAR 211S</x:v>
       </x:c>
       <x:c r="C569" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D569" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E569" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:52</x:v>
+        <x:v>Tue 17 Feb 2026 16:15</x:v>
       </x:c>
     </x:row>
     <x:row r="570">
       <x:c r="A570" s="3" t="str">
         <x:v>565</x:v>
       </x:c>
       <x:c r="B570" s="3" t="str">
         <x:v>FA05 RUK</x:v>
       </x:c>
       <x:c r="C570" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D570" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£740.00</x:v>
       </x:c>
       <x:c r="E570" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:52</x:v>
+        <x:v>Tue 17 Feb 2026 14:16</x:v>
       </x:c>
     </x:row>
     <x:row r="571">
       <x:c r="A571" s="3" t="str">
         <x:v>566</x:v>
       </x:c>
       <x:c r="B571" s="3" t="str">
         <x:v>F82 AVB</x:v>
       </x:c>
       <x:c r="C571" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D571" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E571" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:53</x:v>
+        <x:v>Tue 17 Feb 2026 12:54</x:v>
       </x:c>
     </x:row>
     <x:row r="572">
       <x:c r="A572" s="3" t="str">
         <x:v>567</x:v>
       </x:c>
       <x:c r="B572" s="3" t="str">
         <x:v>FAZ 1144</x:v>
       </x:c>
       <x:c r="C572" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D572" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E572" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:53</x:v>
       </x:c>
     </x:row>
     <x:row r="573">
       <x:c r="A573" s="3" t="str">
         <x:v>568</x:v>
       </x:c>
       <x:c r="B573" s="3" t="str">
         <x:v>907 FB</x:v>
       </x:c>
       <x:c r="C573" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D573" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,000.00</x:v>
       </x:c>
       <x:c r="E573" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:53</x:v>
       </x:c>
     </x:row>
     <x:row r="574">
       <x:c r="A574" s="3" t="str">
         <x:v>569</x:v>
       </x:c>
       <x:c r="B574" s="3" t="str">
         <x:v>1998 FC</x:v>
       </x:c>
       <x:c r="C574" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D574" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E574" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:53</x:v>
+        <x:v>Tue 17 Feb 2026 13:39</x:v>
       </x:c>
     </x:row>
     <x:row r="575">
       <x:c r="A575" s="3" t="str">
         <x:v>570</x:v>
       </x:c>
       <x:c r="B575" s="3" t="str">
         <x:v>11 FDY</x:v>
       </x:c>
       <x:c r="C575" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D575" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,080.00</x:v>
       </x:c>
       <x:c r="E575" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:53</x:v>
+        <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="576">
       <x:c r="A576" s="3" t="str">
         <x:v>571</x:v>
       </x:c>
       <x:c r="B576" s="3" t="str">
         <x:v>96 FE</x:v>
       </x:c>
       <x:c r="C576" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D576" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,870.00</x:v>
       </x:c>
       <x:c r="E576" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:54</x:v>
+        <x:v>Tue 17 Feb 2026 14:00</x:v>
       </x:c>
     </x:row>
     <x:row r="577">
       <x:c r="A577" s="3" t="str">
         <x:v>572</x:v>
       </x:c>
       <x:c r="B577" s="3" t="str">
         <x:v>111 FEJ</x:v>
       </x:c>
       <x:c r="C577" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D577" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,230.00</x:v>
       </x:c>
       <x:c r="E577" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:54</x:v>
+        <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="578">
       <x:c r="A578" s="3" t="str">
         <x:v>573</x:v>
       </x:c>
       <x:c r="B578" s="3" t="str">
         <x:v>FEL 118W</x:v>
       </x:c>
       <x:c r="C578" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D578" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E578" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:54</x:v>
       </x:c>
     </x:row>
     <x:row r="579">
       <x:c r="A579" s="3" t="str">
         <x:v>574</x:v>
       </x:c>
       <x:c r="B579" s="3" t="str">
         <x:v>FEN 6L</x:v>
       </x:c>
       <x:c r="C579" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D579" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E579" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:54</x:v>
+        <x:v>Tue 17 Feb 2026 13:37</x:v>
       </x:c>
     </x:row>
     <x:row r="580">
       <x:c r="A580" s="3" t="str">
         <x:v>575</x:v>
       </x:c>
       <x:c r="B580" s="3" t="str">
         <x:v>FER 308G</x:v>
       </x:c>
       <x:c r="C580" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D580" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,220.00</x:v>
       </x:c>
       <x:c r="E580" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:54</x:v>
+        <x:v>Tue 17 Feb 2026 13:46</x:v>
       </x:c>
     </x:row>
     <x:row r="581">
       <x:c r="A581" s="3" t="str">
         <x:v>576</x:v>
       </x:c>
       <x:c r="B581" s="3" t="str">
         <x:v>F81 ERS</x:v>
       </x:c>
       <x:c r="C581" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D581" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E581" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="582">
       <x:c r="A582" s="3" t="str">
         <x:v>577</x:v>
       </x:c>
       <x:c r="B582" s="3" t="str">
         <x:v>F99 EVO</x:v>
       </x:c>
       <x:c r="C582" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D582" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£680.00</x:v>
       </x:c>
       <x:c r="E582" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="583">
       <x:c r="A583" s="3" t="str">
         <x:v>578</x:v>
       </x:c>
       <x:c r="B583" s="3" t="str">
         <x:v>F80 FRY</x:v>
       </x:c>
       <x:c r="C583" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D583" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E583" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="584">
       <x:c r="A584" s="3" t="str">
         <x:v>579</x:v>
       </x:c>
       <x:c r="B584" s="3" t="str">
         <x:v>14 FFX</x:v>
       </x:c>
       <x:c r="C584" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D584" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,730.00</x:v>
       </x:c>
       <x:c r="E584" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:55</x:v>
       </x:c>
     </x:row>
     <x:row r="585">
       <x:c r="A585" s="3" t="str">
         <x:v>580</x:v>
       </x:c>
       <x:c r="B585" s="3" t="str">
         <x:v>6 FFY</x:v>
       </x:c>
       <x:c r="C585" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D585" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,070.00</x:v>
       </x:c>
       <x:c r="E585" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:55</x:v>
+        <x:v>Tue 17 Feb 2026 13:13</x:v>
       </x:c>
     </x:row>
     <x:row r="586">
       <x:c r="A586" s="3" t="str">
         <x:v>581</x:v>
       </x:c>
       <x:c r="B586" s="3" t="str">
         <x:v>FGM 2M</x:v>
       </x:c>
       <x:c r="C586" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D586" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E586" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:56</x:v>
+        <x:v>Tue 17 Feb 2026 13:21</x:v>
       </x:c>
     </x:row>
     <x:row r="587">
       <x:c r="A587" s="3" t="str">
         <x:v>582</x:v>
       </x:c>
       <x:c r="B587" s="3" t="str">
         <x:v>93 FH</x:v>
       </x:c>
       <x:c r="C587" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D587" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,050.00</x:v>
       </x:c>
       <x:c r="E587" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:56</x:v>
+        <x:v>Tue 17 Feb 2026 13:08</x:v>
       </x:c>
     </x:row>
     <x:row r="588">
       <x:c r="A588" s="3" t="str">
         <x:v>583</x:v>
       </x:c>
       <x:c r="B588" s="3" t="str">
         <x:v>FHB 2</x:v>
       </x:c>
       <x:c r="C588" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D588" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,120.00</x:v>
       </x:c>
       <x:c r="E588" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:56</x:v>
+        <x:v>Tue 17 Feb 2026 16:12</x:v>
       </x:c>
     </x:row>
     <x:row r="589">
       <x:c r="A589" s="3" t="str">
         <x:v>584</x:v>
       </x:c>
       <x:c r="B589" s="3" t="str">
         <x:v>FIG 987</x:v>
       </x:c>
       <x:c r="C589" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D589" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E589" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:56</x:v>
       </x:c>
     </x:row>
     <x:row r="590">
       <x:c r="A590" s="3" t="str">
         <x:v>585</x:v>
       </x:c>
       <x:c r="B590" s="3" t="str">
         <x:v>F47 JAD</x:v>
       </x:c>
       <x:c r="C590" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D590" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£530.00</x:v>
       </x:c>
       <x:c r="E590" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:56</x:v>
       </x:c>
     </x:row>
     <x:row r="591">
       <x:c r="A591" s="3" t="str">
         <x:v>586</x:v>
       </x:c>
       <x:c r="B591" s="3" t="str">
         <x:v>F44 JON</x:v>
       </x:c>
       <x:c r="C591" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D591" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,250.00</x:v>
       </x:c>
       <x:c r="E591" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:57</x:v>
+        <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="592">
       <x:c r="A592" s="3" t="str">
         <x:v>587</x:v>
       </x:c>
       <x:c r="B592" s="3" t="str">
         <x:v>FJZ 9999</x:v>
       </x:c>
       <x:c r="C592" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D592" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E592" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:57</x:v>
+        <x:v>Tue 17 Feb 2026 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="593">
       <x:c r="A593" s="3" t="str">
         <x:v>588</x:v>
       </x:c>
       <x:c r="B593" s="3" t="str">
         <x:v>F111 KES</x:v>
       </x:c>
       <x:c r="C593" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D593" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E593" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:57</x:v>
       </x:c>
     </x:row>
     <x:row r="594">
       <x:c r="A594" s="3" t="str">
         <x:v>589</x:v>
       </x:c>
       <x:c r="B594" s="3" t="str">
         <x:v>FKH 66N</x:v>
       </x:c>
       <x:c r="C594" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D594" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E594" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:57</x:v>
       </x:c>
     </x:row>
     <x:row r="595">
       <x:c r="A595" s="3" t="str">
         <x:v>590</x:v>
       </x:c>
       <x:c r="B595" s="3" t="str">
         <x:v>F41 KRK</x:v>
       </x:c>
       <x:c r="C595" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D595" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,510.00</x:v>
       </x:c>
       <x:c r="E595" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:57</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="596">
       <x:c r="A596" s="3" t="str">
         <x:v>591</x:v>
       </x:c>
       <x:c r="B596" s="3" t="str">
         <x:v>F61 LOW</x:v>
       </x:c>
       <x:c r="C596" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D596" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£370.00</x:v>
       </x:c>
       <x:c r="E596" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="597">
       <x:c r="A597" s="3" t="str">
         <x:v>592</x:v>
       </x:c>
       <x:c r="B597" s="3" t="str">
         <x:v>F50 LRE</x:v>
       </x:c>
       <x:c r="C597" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D597" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E597" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:58</x:v>
+        <x:v>Tue 17 Feb 2026 13:30</x:v>
       </x:c>
     </x:row>
     <x:row r="598">
       <x:c r="A598" s="3" t="str">
         <x:v>593</x:v>
       </x:c>
       <x:c r="B598" s="3" t="str">
         <x:v>FL64 SHY</x:v>
       </x:c>
       <x:c r="C598" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D598" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E598" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:58</x:v>
+        <x:v>Tue 17 Feb 2026 13:45</x:v>
       </x:c>
     </x:row>
     <x:row r="599">
       <x:c r="A599" s="3" t="str">
         <x:v>594</x:v>
       </x:c>
       <x:c r="B599" s="3" t="str">
         <x:v>72 FM</x:v>
       </x:c>
       <x:c r="C599" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D599" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,510.00</x:v>
       </x:c>
       <x:c r="E599" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:58</x:v>
       </x:c>
     </x:row>
     <x:row r="600">
       <x:c r="A600" s="3" t="str">
         <x:v>595</x:v>
       </x:c>
       <x:c r="B600" s="3" t="str">
         <x:v>FMD 1S</x:v>
       </x:c>
       <x:c r="C600" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D600" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E600" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:58</x:v>
+        <x:v>Tue 17 Feb 2026 13:16</x:v>
       </x:c>
     </x:row>
     <x:row r="601">
       <x:c r="A601" s="3" t="str">
         <x:v>596</x:v>
       </x:c>
       <x:c r="B601" s="3" t="str">
         <x:v>F477 MMA</x:v>
       </x:c>
       <x:c r="C601" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D601" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E601" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:59</x:v>
+        <x:v>Tue 17 Feb 2026 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="602">
       <x:c r="A602" s="3" t="str">
         <x:v>597</x:v>
       </x:c>
       <x:c r="B602" s="3" t="str">
         <x:v>FMU 114N</x:v>
       </x:c>
       <x:c r="C602" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D602" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E602" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:59</x:v>
+        <x:v>Tue 17 Feb 2026 13:37</x:v>
       </x:c>
     </x:row>
     <x:row r="603">
       <x:c r="A603" s="3" t="str">
         <x:v>598</x:v>
       </x:c>
       <x:c r="B603" s="3" t="str">
         <x:v>FMZ 8</x:v>
       </x:c>
       <x:c r="C603" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D603" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,510.00</x:v>
       </x:c>
       <x:c r="E603" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 12:59</x:v>
+        <x:v>Tue 17 Feb 2026 14:31</x:v>
       </x:c>
     </x:row>
     <x:row r="604">
       <x:c r="A604" s="3" t="str">
         <x:v>599</x:v>
       </x:c>
       <x:c r="B604" s="3" t="str">
         <x:v>F110 NAB</x:v>
       </x:c>
       <x:c r="C604" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D604" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E604" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:59</x:v>
       </x:c>
     </x:row>
     <x:row r="605">
       <x:c r="A605" s="3" t="str">
         <x:v>600</x:v>
       </x:c>
       <x:c r="B605" s="3" t="str">
         <x:v>F516 NGH</x:v>
       </x:c>
       <x:c r="C605" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D605" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E605" s="3" t="str">
         <x:v>Tue 17 Feb 2026 12:59</x:v>
       </x:c>
     </x:row>
     <x:row r="606">
       <x:c r="A606" s="3" t="str">
         <x:v>601</x:v>
       </x:c>
       <x:c r="B606" s="3" t="str">
         <x:v>F31 OAF</x:v>
       </x:c>
       <x:c r="C606" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D606" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E606" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="607">
       <x:c r="A607" s="3" t="str">
         <x:v>602</x:v>
       </x:c>
       <x:c r="B607" s="3" t="str">
         <x:v>FO12 BES</x:v>
       </x:c>
       <x:c r="C607" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D607" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E607" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:00</x:v>
+        <x:v>Tue 17 Feb 2026 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="608">
       <x:c r="A608" s="3" t="str">
         <x:v>603</x:v>
       </x:c>
       <x:c r="B608" s="3" t="str">
         <x:v>FOK 33R</x:v>
       </x:c>
       <x:c r="C608" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D608" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E608" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:00</x:v>
+        <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="609">
       <x:c r="A609" s="3" t="str">
         <x:v>604</x:v>
       </x:c>
       <x:c r="B609" s="3" t="str">
         <x:v>FOL 7N</x:v>
       </x:c>
       <x:c r="C609" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D609" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E609" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:00</x:v>
+        <x:v>Tue 17 Feb 2026 13:17</x:v>
       </x:c>
     </x:row>
     <x:row r="610">
       <x:c r="A610" s="3" t="str">
         <x:v>605</x:v>
       </x:c>
       <x:c r="B610" s="3" t="str">
         <x:v>FO07 NRW</x:v>
       </x:c>
       <x:c r="C610" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D610" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E610" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:00</x:v>
       </x:c>
     </x:row>
     <x:row r="611">
       <x:c r="A611" s="3" t="str">
         <x:v>606</x:v>
       </x:c>
       <x:c r="B611" s="3" t="str">
         <x:v>F36 OSU</x:v>
       </x:c>
       <x:c r="C611" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D611" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E611" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:01</x:v>
+        <x:v>Tue 17 Feb 2026 13:28</x:v>
       </x:c>
     </x:row>
     <x:row r="612">
       <x:c r="A612" s="3" t="str">
         <x:v>607</x:v>
       </x:c>
       <x:c r="B612" s="3" t="str">
         <x:v>FOT 10S</x:v>
       </x:c>
       <x:c r="C612" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D612" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E612" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:30</x:v>
       </x:c>
     </x:row>
     <x:row r="613">
       <x:c r="A613" s="3" t="str">
         <x:v>608</x:v>
       </x:c>
       <x:c r="B613" s="3" t="str">
         <x:v>F71 OYD</x:v>
       </x:c>
       <x:c r="C613" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D613" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E613" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:01</x:v>
+        <x:v>Tue 17 Feb 2026 13:46</x:v>
       </x:c>
     </x:row>
     <x:row r="614">
       <x:c r="A614" s="3" t="str">
         <x:v>609</x:v>
       </x:c>
       <x:c r="B614" s="3" t="str">
         <x:v>FRA 14X</x:v>
       </x:c>
       <x:c r="C614" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D614" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£530.00</x:v>
       </x:c>
       <x:c r="E614" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:01</x:v>
       </x:c>
     </x:row>
     <x:row r="615">
       <x:c r="A615" s="3" t="str">
         <x:v>610</x:v>
       </x:c>
       <x:c r="B615" s="3" t="str">
         <x:v>FRE 92D</x:v>
       </x:c>
       <x:c r="C615" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D615" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E615" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:01</x:v>
+        <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="616">
       <x:c r="A616" s="3" t="str">
         <x:v>611</x:v>
       </x:c>
       <x:c r="B616" s="3" t="str">
         <x:v>FR25 EYA</x:v>
       </x:c>
       <x:c r="C616" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D616" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E616" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:02</x:v>
+        <x:v>Tue 17 Feb 2026 14:15</x:v>
       </x:c>
     </x:row>
     <x:row r="617">
       <x:c r="A617" s="3" t="str">
         <x:v>612</x:v>
       </x:c>
       <x:c r="B617" s="3" t="str">
         <x:v>FRO 11A</x:v>
       </x:c>
       <x:c r="C617" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D617" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E617" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:02</x:v>
+        <x:v>Tue 17 Feb 2026 14:50</x:v>
       </x:c>
     </x:row>
     <x:row r="618">
       <x:c r="A618" s="3" t="str">
         <x:v>613</x:v>
       </x:c>
       <x:c r="B618" s="3" t="str">
         <x:v>F44 ROB</x:v>
       </x:c>
       <x:c r="C618" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D618" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E618" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:02</x:v>
+        <x:v>Tue 17 Feb 2026 13:37</x:v>
       </x:c>
     </x:row>
     <x:row r="619">
       <x:c r="A619" s="3" t="str">
         <x:v>614</x:v>
       </x:c>
       <x:c r="B619" s="3" t="str">
         <x:v>FR15 OST</x:v>
       </x:c>
       <x:c r="C619" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D619" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E619" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:02</x:v>
       </x:c>
     </x:row>
     <x:row r="620">
       <x:c r="A620" s="3" t="str">
         <x:v>615</x:v>
       </x:c>
       <x:c r="B620" s="3" t="str">
         <x:v>F911 RSR</x:v>
       </x:c>
       <x:c r="C620" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D620" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,600.00</x:v>
       </x:c>
       <x:c r="E620" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:02</x:v>
       </x:c>
     </x:row>
     <x:row r="621">
       <x:c r="A621" s="3" t="str">
         <x:v>616</x:v>
       </x:c>
       <x:c r="B621" s="3" t="str">
         <x:v>FRS 805S</x:v>
       </x:c>
       <x:c r="C621" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D621" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E621" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:03</x:v>
+        <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="622">
       <x:c r="A622" s="3" t="str">
         <x:v>617</x:v>
       </x:c>
       <x:c r="B622" s="3" t="str">
         <x:v>FRU 773R</x:v>
       </x:c>
       <x:c r="C622" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D622" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E622" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="623">
       <x:c r="A623" s="3" t="str">
         <x:v>618</x:v>
       </x:c>
       <x:c r="B623" s="3" t="str">
         <x:v>41 FSA</x:v>
       </x:c>
       <x:c r="C623" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D623" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E623" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:03</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="624">
       <x:c r="A624" s="3" t="str">
         <x:v>619</x:v>
       </x:c>
       <x:c r="B624" s="3" t="str">
         <x:v>F457 SAO</x:v>
       </x:c>
       <x:c r="C624" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D624" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E624" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="625">
       <x:c r="A625" s="3" t="str">
         <x:v>620</x:v>
       </x:c>
       <x:c r="B625" s="3" t="str">
         <x:v>FSZ 333</x:v>
       </x:c>
       <x:c r="C625" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D625" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£990.00</x:v>
       </x:c>
       <x:c r="E625" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:03</x:v>
       </x:c>
     </x:row>
     <x:row r="626">
       <x:c r="A626" s="3" t="str">
         <x:v>621</x:v>
       </x:c>
       <x:c r="B626" s="3" t="str">
         <x:v>F94 TTY</x:v>
       </x:c>
       <x:c r="C626" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D626" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E626" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:04</x:v>
+        <x:v>Tue 17 Feb 2026 13:19</x:v>
       </x:c>
     </x:row>
     <x:row r="627">
       <x:c r="A627" s="3" t="str">
         <x:v>622</x:v>
       </x:c>
       <x:c r="B627" s="3" t="str">
         <x:v>FU66 RRY</x:v>
       </x:c>
       <x:c r="C627" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D627" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E627" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:04</x:v>
+        <x:v>Tue 17 Feb 2026 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="628">
       <x:c r="A628" s="3" t="str">
         <x:v>623</x:v>
       </x:c>
       <x:c r="B628" s="3" t="str">
         <x:v>F70 WER</x:v>
       </x:c>
       <x:c r="C628" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D628" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,030.00</x:v>
       </x:c>
       <x:c r="E628" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:04</x:v>
       </x:c>
     </x:row>
     <x:row r="629">
       <x:c r="A629" s="3" t="str">
         <x:v>624</x:v>
       </x:c>
       <x:c r="B629" s="3" t="str">
         <x:v>F56 WOW</x:v>
       </x:c>
       <x:c r="C629" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D629" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,250.00</x:v>
       </x:c>
       <x:c r="E629" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:04</x:v>
+        <x:v>Tue 17 Feb 2026 13:58</x:v>
       </x:c>
     </x:row>
     <x:row r="630">
       <x:c r="A630" s="3" t="str">
         <x:v>625</x:v>
       </x:c>
       <x:c r="B630" s="3" t="str">
         <x:v>92 FY</x:v>
       </x:c>
       <x:c r="C630" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D630" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,010.00</x:v>
       </x:c>
       <x:c r="E630" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:04</x:v>
+        <x:v>Tue 17 Feb 2026 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="631">
       <x:c r="A631" s="3" t="str">
         <x:v>626</x:v>
       </x:c>
       <x:c r="B631" s="3" t="str">
         <x:v>155 G</x:v>
       </x:c>
       <x:c r="C631" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D631" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,960.00</x:v>
       </x:c>
       <x:c r="E631" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:05</x:v>
+        <x:v>Tue 17 Feb 2026 13:36</x:v>
       </x:c>
     </x:row>
     <x:row r="632">
       <x:c r="A632" s="3" t="str">
         <x:v>627</x:v>
       </x:c>
       <x:c r="B632" s="3" t="str">
         <x:v>103 GA</x:v>
       </x:c>
       <x:c r="C632" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D632" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,470.00</x:v>
       </x:c>
       <x:c r="E632" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:05</x:v>
+        <x:v>Tue 17 Feb 2026 13:37</x:v>
       </x:c>
     </x:row>
     <x:row r="633">
       <x:c r="A633" s="3" t="str">
         <x:v>628</x:v>
       </x:c>
       <x:c r="B633" s="3" t="str">
         <x:v>GAM 22E</x:v>
       </x:c>
       <x:c r="C633" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D633" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,040.00</x:v>
       </x:c>
       <x:c r="E633" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:05</x:v>
+        <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="634">
       <x:c r="A634" s="3" t="str">
         <x:v>629</x:v>
       </x:c>
       <x:c r="B634" s="3" t="str">
         <x:v>GAM 4R</x:v>
       </x:c>
       <x:c r="C634" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D634" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,080.00</x:v>
       </x:c>
       <x:c r="E634" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:05</x:v>
+        <x:v>Tue 17 Feb 2026 14:00</x:v>
       </x:c>
     </x:row>
     <x:row r="635">
       <x:c r="A635" s="3" t="str">
         <x:v>630</x:v>
       </x:c>
       <x:c r="B635" s="3" t="str">
         <x:v>GAM 881T</x:v>
       </x:c>
       <x:c r="C635" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D635" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E635" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:05</x:v>
       </x:c>
     </x:row>
     <x:row r="636">
       <x:c r="A636" s="3" t="str">
         <x:v>631</x:v>
       </x:c>
       <x:c r="B636" s="3" t="str">
         <x:v>555 GAN</x:v>
       </x:c>
       <x:c r="C636" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D636" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E636" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:06</x:v>
       </x:c>
     </x:row>
     <x:row r="637">
       <x:c r="A637" s="3" t="str">
         <x:v>632</x:v>
       </x:c>
       <x:c r="B637" s="3" t="str">
         <x:v>GA66 OTT</x:v>
       </x:c>
       <x:c r="C637" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D637" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E637" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:06</x:v>
+        <x:v>Tue 17 Feb 2026 13:13</x:v>
       </x:c>
     </x:row>
     <x:row r="638">
       <x:c r="A638" s="3" t="str">
         <x:v>633</x:v>
       </x:c>
       <x:c r="B638" s="3" t="str">
         <x:v>GA67 ZZA</x:v>
       </x:c>
       <x:c r="C638" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D638" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E638" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:06</x:v>
+        <x:v>Tue 17 Feb 2026 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="639">
       <x:c r="A639" s="3" t="str">
         <x:v>634</x:v>
       </x:c>
       <x:c r="B639" s="3" t="str">
         <x:v>4382 GB</x:v>
       </x:c>
       <x:c r="C639" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D639" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E639" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:06</x:v>
+        <x:v>Tue 17 Feb 2026 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="640">
       <x:c r="A640" s="3" t="str">
         <x:v>635</x:v>
       </x:c>
       <x:c r="B640" s="3" t="str">
         <x:v>4 GBY</x:v>
       </x:c>
       <x:c r="C640" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D640" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,670.00</x:v>
       </x:c>
       <x:c r="E640" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:06</x:v>
+        <x:v>Tue 17 Feb 2026 13:17</x:v>
       </x:c>
     </x:row>
     <x:row r="641">
       <x:c r="A641" s="3" t="str">
         <x:v>636</x:v>
       </x:c>
       <x:c r="B641" s="3" t="str">
         <x:v>G74 CET</x:v>
       </x:c>
       <x:c r="C641" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D641" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£290.00</x:v>
       </x:c>
       <x:c r="E641" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="642">
       <x:c r="A642" s="3" t="str">
         <x:v>637</x:v>
       </x:c>
       <x:c r="B642" s="3" t="str">
         <x:v>GCR 115P</x:v>
       </x:c>
       <x:c r="C642" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D642" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E642" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="643">
       <x:c r="A643" s="3" t="str">
         <x:v>638</x:v>
       </x:c>
       <x:c r="B643" s="3" t="str">
         <x:v>74 GDB</x:v>
       </x:c>
       <x:c r="C643" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D643" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E643" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:07</x:v>
       </x:c>
     </x:row>
     <x:row r="644">
       <x:c r="A644" s="3" t="str">
         <x:v>639</x:v>
       </x:c>
       <x:c r="B644" s="3" t="str">
         <x:v>G57 DHU</x:v>
       </x:c>
       <x:c r="C644" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D644" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,320.00</x:v>
       </x:c>
       <x:c r="E644" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:07</x:v>
+        <x:v>Tue 17 Feb 2026 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="645">
       <x:c r="A645" s="3" t="str">
         <x:v>640</x:v>
       </x:c>
       <x:c r="B645" s="3" t="str">
         <x:v>G33 DOW</x:v>
       </x:c>
       <x:c r="C645" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D645" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£740.00</x:v>
       </x:c>
       <x:c r="E645" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:07</x:v>
+        <x:v>Tue 17 Feb 2026 13:50</x:v>
       </x:c>
     </x:row>
     <x:row r="646">
       <x:c r="A646" s="3" t="str">
         <x:v>641</x:v>
       </x:c>
       <x:c r="B646" s="3" t="str">
         <x:v>G900 DWN</x:v>
       </x:c>
       <x:c r="C646" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D646" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E646" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:08</x:v>
       </x:c>
     </x:row>
     <x:row r="647">
       <x:c r="A647" s="3" t="str">
         <x:v>642</x:v>
       </x:c>
       <x:c r="B647" s="3" t="str">
         <x:v>88 GEM</x:v>
       </x:c>
       <x:c r="C647" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D647" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,360.00</x:v>
       </x:c>
       <x:c r="E647" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:08</x:v>
+        <x:v>Tue 17 Feb 2026 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="648">
       <x:c r="A648" s="3" t="str">
         <x:v>643</x:v>
       </x:c>
       <x:c r="B648" s="3" t="str">
         <x:v>GEM 98A</x:v>
       </x:c>
       <x:c r="C648" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D648" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E648" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:08</x:v>
+        <x:v>Tue 17 Feb 2026 17:55</x:v>
       </x:c>
     </x:row>
     <x:row r="649">
       <x:c r="A649" s="3" t="str">
         <x:v>644</x:v>
       </x:c>
       <x:c r="B649" s="3" t="str">
         <x:v>127 GEN</x:v>
       </x:c>
       <x:c r="C649" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D649" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E649" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:08</x:v>
       </x:c>
     </x:row>
     <x:row r="650">
       <x:c r="A650" s="3" t="str">
         <x:v>645</x:v>
       </x:c>
       <x:c r="B650" s="3" t="str">
         <x:v>GEN 7H</x:v>
       </x:c>
       <x:c r="C650" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D650" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,870.00</x:v>
       </x:c>
       <x:c r="E650" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:08</x:v>
       </x:c>
     </x:row>
     <x:row r="651">
       <x:c r="A651" s="3" t="str">
         <x:v>646</x:v>
       </x:c>
       <x:c r="B651" s="3" t="str">
         <x:v>GEN 94R</x:v>
       </x:c>
       <x:c r="C651" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D651" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,590.00</x:v>
       </x:c>
       <x:c r="E651" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:09</x:v>
+        <x:v>Tue 17 Feb 2026 19:13</x:v>
       </x:c>
     </x:row>
     <x:row r="652">
       <x:c r="A652" s="3" t="str">
         <x:v>647</x:v>
       </x:c>
       <x:c r="B652" s="3" t="str">
         <x:v>GEO 998E</x:v>
       </x:c>
       <x:c r="C652" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D652" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E652" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:09</x:v>
+        <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="653">
       <x:c r="A653" s="3" t="str">
         <x:v>648</x:v>
       </x:c>
       <x:c r="B653" s="3" t="str">
         <x:v>GEO 6L</x:v>
       </x:c>
       <x:c r="C653" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D653" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,090.00</x:v>
       </x:c>
       <x:c r="E653" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:09</x:v>
       </x:c>
     </x:row>
     <x:row r="654">
       <x:c r="A654" s="3" t="str">
         <x:v>649</x:v>
       </x:c>
       <x:c r="B654" s="3" t="str">
         <x:v>GEO 27Y</x:v>
       </x:c>
       <x:c r="C654" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D654" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E654" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:09</x:v>
+        <x:v>Tue 17 Feb 2026 14:56</x:v>
       </x:c>
     </x:row>
     <x:row r="655">
       <x:c r="A655" s="3" t="str">
         <x:v>650</x:v>
       </x:c>
       <x:c r="B655" s="3" t="str">
         <x:v>GER 154S</x:v>
       </x:c>
       <x:c r="C655" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D655" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E655" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:09</x:v>
+        <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="656">
       <x:c r="A656" s="3" t="str">
         <x:v>651</x:v>
       </x:c>
       <x:c r="B656" s="3" t="str">
         <x:v>GEZ 82</x:v>
       </x:c>
       <x:c r="C656" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D656" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E656" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:10</x:v>
+        <x:v>Tue 17 Feb 2026 14:31</x:v>
       </x:c>
     </x:row>
     <x:row r="657">
       <x:c r="A657" s="3" t="str">
         <x:v>652</x:v>
       </x:c>
       <x:c r="B657" s="3" t="str">
         <x:v>G71 GCG</x:v>
       </x:c>
       <x:c r="C657" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D657" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E657" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="658">
       <x:c r="A658" s="3" t="str">
         <x:v>653</x:v>
       </x:c>
       <x:c r="B658" s="3" t="str">
         <x:v>G30 GMP</x:v>
       </x:c>
       <x:c r="C658" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D658" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E658" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:10</x:v>
       </x:c>
     </x:row>
     <x:row r="659">
       <x:c r="A659" s="3" t="str">
         <x:v>654</x:v>
       </x:c>
       <x:c r="B659" s="3" t="str">
         <x:v>29 GGS</x:v>
       </x:c>
       <x:c r="C659" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D659" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E659" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:10</x:v>
+        <x:v>Tue 17 Feb 2026 13:39</x:v>
       </x:c>
     </x:row>
     <x:row r="660">
       <x:c r="A660" s="3" t="str">
         <x:v>655</x:v>
       </x:c>
       <x:c r="B660" s="3" t="str">
         <x:v>G41 HAM</x:v>
       </x:c>
       <x:c r="C660" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D660" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£450.00</x:v>
       </x:c>
       <x:c r="E660" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:10</x:v>
+        <x:v>Tue 17 Feb 2026 13:45</x:v>
       </x:c>
     </x:row>
     <x:row r="661">
       <x:c r="A661" s="3" t="str">
         <x:v>656</x:v>
       </x:c>
       <x:c r="B661" s="3" t="str">
         <x:v>G71 HMX</x:v>
       </x:c>
       <x:c r="C661" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D661" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E661" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:11</x:v>
       </x:c>
     </x:row>
     <x:row r="662">
       <x:c r="A662" s="3" t="str">
         <x:v>657</x:v>
       </x:c>
       <x:c r="B662" s="3" t="str">
         <x:v>GIL 291</x:v>
       </x:c>
       <x:c r="C662" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D662" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E662" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:11</x:v>
+        <x:v>Tue 17 Feb 2026 13:16</x:v>
       </x:c>
     </x:row>
     <x:row r="663">
       <x:c r="A663" s="3" t="str">
         <x:v>658</x:v>
       </x:c>
       <x:c r="B663" s="3" t="str">
         <x:v>1143 GJ</x:v>
       </x:c>
       <x:c r="C663" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D663" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E663" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:11</x:v>
+        <x:v>Tue 17 Feb 2026 13:16</x:v>
       </x:c>
     </x:row>
     <x:row r="664">
       <x:c r="A664" s="3" t="str">
         <x:v>659</x:v>
       </x:c>
       <x:c r="B664" s="3" t="str">
         <x:v>G228 JMA</x:v>
       </x:c>
       <x:c r="C664" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D664" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E664" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:11</x:v>
       </x:c>
     </x:row>
     <x:row r="665">
       <x:c r="A665" s="3" t="str">
         <x:v>660</x:v>
       </x:c>
       <x:c r="B665" s="3" t="str">
         <x:v>7 GJV</x:v>
       </x:c>
       <x:c r="C665" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D665" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E665" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:11</x:v>
       </x:c>
     </x:row>
     <x:row r="666">
       <x:c r="A666" s="3" t="str">
         <x:v>661</x:v>
       </x:c>
       <x:c r="B666" s="3" t="str">
         <x:v>G44 MAS</x:v>
       </x:c>
       <x:c r="C666" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D666" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E666" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:12</x:v>
+        <x:v>Tue 17 Feb 2026 14:00</x:v>
       </x:c>
     </x:row>
     <x:row r="667">
       <x:c r="A667" s="3" t="str">
         <x:v>662</x:v>
       </x:c>
       <x:c r="B667" s="3" t="str">
         <x:v>G41 MER</x:v>
       </x:c>
       <x:c r="C667" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D667" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E667" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:12</x:v>
+        <x:v>Tue 17 Feb 2026 15:00</x:v>
       </x:c>
     </x:row>
     <x:row r="668">
       <x:c r="A668" s="3" t="str">
         <x:v>663</x:v>
       </x:c>
       <x:c r="B668" s="3" t="str">
         <x:v>GMG 4S</x:v>
       </x:c>
       <x:c r="C668" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D668" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E668" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="669">
       <x:c r="A669" s="3" t="str">
         <x:v>664</x:v>
       </x:c>
       <x:c r="B669" s="3" t="str">
         <x:v>551 GMS</x:v>
       </x:c>
       <x:c r="C669" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D669" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,230.00</x:v>
       </x:c>
       <x:c r="E669" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="670">
       <x:c r="A670" s="3" t="str">
         <x:v>665</x:v>
       </x:c>
       <x:c r="B670" s="3" t="str">
         <x:v>G248 MUC</x:v>
       </x:c>
       <x:c r="C670" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D670" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£650.00</x:v>
       </x:c>
       <x:c r="E670" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:12</x:v>
       </x:c>
     </x:row>
     <x:row r="671">
       <x:c r="A671" s="3" t="str">
         <x:v>666</x:v>
       </x:c>
       <x:c r="B671" s="3" t="str">
         <x:v>GMZ 7</x:v>
       </x:c>
       <x:c r="C671" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D671" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E671" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:13</x:v>
+        <x:v>Tue 17 Feb 2026 14:19</x:v>
       </x:c>
     </x:row>
     <x:row r="672">
       <x:c r="A672" s="3" t="str">
         <x:v>667</x:v>
       </x:c>
       <x:c r="B672" s="3" t="str">
         <x:v>GNG 10W</x:v>
       </x:c>
       <x:c r="C672" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D672" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£850.00</x:v>
       </x:c>
       <x:c r="E672" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:13</x:v>
+        <x:v>Tue 17 Feb 2026 13:32</x:v>
       </x:c>
     </x:row>
     <x:row r="673">
       <x:c r="A673" s="3" t="str">
         <x:v>668</x:v>
       </x:c>
       <x:c r="B673" s="3" t="str">
         <x:v>GNH 5M</x:v>
       </x:c>
       <x:c r="C673" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D673" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E673" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:13</x:v>
       </x:c>
     </x:row>
     <x:row r="674">
       <x:c r="A674" s="3" t="str">
         <x:v>669</x:v>
       </x:c>
       <x:c r="B674" s="3" t="str">
         <x:v>G80 NNY</x:v>
       </x:c>
       <x:c r="C674" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D674" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E674" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:13</x:v>
       </x:c>
     </x:row>
     <x:row r="675">
       <x:c r="A675" s="3" t="str">
         <x:v>670</x:v>
       </x:c>
       <x:c r="B675" s="3" t="str">
         <x:v>8888 GO</x:v>
       </x:c>
       <x:c r="C675" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D675" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,230.00</x:v>
       </x:c>
       <x:c r="E675" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:13</x:v>
       </x:c>
     </x:row>
     <x:row r="676">
       <x:c r="A676" s="3" t="str">
         <x:v>671</x:v>
       </x:c>
       <x:c r="B676" s="3" t="str">
         <x:v>GON 611A</x:v>
       </x:c>
       <x:c r="C676" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D676" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E676" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:14</x:v>
+        <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="677">
       <x:c r="A677" s="3" t="str">
         <x:v>672</x:v>
       </x:c>
       <x:c r="B677" s="3" t="str">
         <x:v>G9 OOO</x:v>
       </x:c>
       <x:c r="C677" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D677" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,250.00</x:v>
       </x:c>
       <x:c r="E677" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:14</x:v>
+        <x:v>Tue 17 Feb 2026 17:01</x:v>
       </x:c>
     </x:row>
     <x:row r="678">
       <x:c r="A678" s="3" t="str">
         <x:v>673</x:v>
       </x:c>
       <x:c r="B678" s="3" t="str">
         <x:v>GOR 6A</x:v>
       </x:c>
       <x:c r="C678" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D678" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E678" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:14</x:v>
       </x:c>
     </x:row>
     <x:row r="679">
       <x:c r="A679" s="3" t="str">
         <x:v>674</x:v>
       </x:c>
       <x:c r="B679" s="3" t="str">
         <x:v>GOS 41T</x:v>
       </x:c>
       <x:c r="C679" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D679" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,100.00</x:v>
       </x:c>
       <x:c r="E679" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:14</x:v>
+        <x:v>Tue 17 Feb 2026 15:45</x:v>
       </x:c>
     </x:row>
     <x:row r="680">
       <x:c r="A680" s="3" t="str">
         <x:v>675</x:v>
       </x:c>
       <x:c r="B680" s="3" t="str">
         <x:v>885 GP</x:v>
       </x:c>
       <x:c r="C680" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D680" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,860.00</x:v>
       </x:c>
       <x:c r="E680" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:14</x:v>
+        <x:v>Tue 17 Feb 2026 14:15</x:v>
       </x:c>
     </x:row>
     <x:row r="681">
       <x:c r="A681" s="3" t="str">
         <x:v>676</x:v>
       </x:c>
       <x:c r="B681" s="3" t="str">
         <x:v>GPH 6G</x:v>
       </x:c>
       <x:c r="C681" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D681" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£980.00</x:v>
       </x:c>
       <x:c r="E681" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:15</x:v>
+        <x:v>Tue 17 Feb 2026 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="682">
       <x:c r="A682" s="3" t="str">
         <x:v>677</x:v>
       </x:c>
       <x:c r="B682" s="3" t="str">
         <x:v>59 GPM</x:v>
       </x:c>
       <x:c r="C682" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D682" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,260.00</x:v>
       </x:c>
       <x:c r="E682" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:15</x:v>
       </x:c>
     </x:row>
     <x:row r="683">
       <x:c r="A683" s="3" t="str">
         <x:v>678</x:v>
       </x:c>
       <x:c r="B683" s="3" t="str">
         <x:v>GRE 111A</x:v>
       </x:c>
       <x:c r="C683" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D683" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E683" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:15</x:v>
+        <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="684">
       <x:c r="A684" s="3" t="str">
         <x:v>679</x:v>
       </x:c>
       <x:c r="B684" s="3" t="str">
         <x:v>GRE 77X</x:v>
       </x:c>
       <x:c r="C684" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D684" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E684" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:15</x:v>
+        <x:v>Tue 17 Feb 2026 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="685">
       <x:c r="A685" s="3" t="str">
         <x:v>680</x:v>
       </x:c>
       <x:c r="B685" s="3" t="str">
         <x:v>GSA 45A</x:v>
       </x:c>
       <x:c r="C685" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D685" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E685" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:15</x:v>
+        <x:v>Tue 17 Feb 2026 13:57</x:v>
       </x:c>
     </x:row>
     <x:row r="686">
       <x:c r="A686" s="3" t="str">
         <x:v>681</x:v>
       </x:c>
       <x:c r="B686" s="3" t="str">
         <x:v>30 GSE</x:v>
       </x:c>
       <x:c r="C686" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D686" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E686" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:16</x:v>
       </x:c>
     </x:row>
     <x:row r="687">
       <x:c r="A687" s="3" t="str">
         <x:v>682</x:v>
       </x:c>
       <x:c r="B687" s="3" t="str">
         <x:v>202 GSG</x:v>
       </x:c>
       <x:c r="C687" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D687" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,130.00</x:v>
       </x:c>
       <x:c r="E687" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:16</x:v>
+        <x:v>Tue 17 Feb 2026 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="688">
       <x:c r="A688" s="3" t="str">
         <x:v>683</x:v>
       </x:c>
       <x:c r="B688" s="3" t="str">
         <x:v>GSH 86X</x:v>
       </x:c>
       <x:c r="C688" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D688" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E688" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:16</x:v>
+        <x:v>Tue 17 Feb 2026 13:18</x:v>
       </x:c>
     </x:row>
     <x:row r="689">
       <x:c r="A689" s="3" t="str">
         <x:v>684</x:v>
       </x:c>
       <x:c r="B689" s="3" t="str">
         <x:v>GSM 42T</x:v>
       </x:c>
       <x:c r="C689" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D689" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E689" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:16</x:v>
+        <x:v>Tue 17 Feb 2026 13:36</x:v>
       </x:c>
     </x:row>
     <x:row r="690">
       <x:c r="A690" s="3" t="str">
         <x:v>685</x:v>
       </x:c>
       <x:c r="B690" s="3" t="str">
         <x:v>25 GSP</x:v>
       </x:c>
       <x:c r="C690" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D690" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,100.00</x:v>
       </x:c>
       <x:c r="E690" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:16</x:v>
+        <x:v>Tue 17 Feb 2026 14:17</x:v>
       </x:c>
     </x:row>
     <x:row r="691">
       <x:c r="A691" s="3" t="str">
         <x:v>686</x:v>
       </x:c>
       <x:c r="B691" s="3" t="str">
         <x:v>GSR 5S</x:v>
       </x:c>
       <x:c r="C691" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D691" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,400.00</x:v>
       </x:c>
       <x:c r="E691" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:17</x:v>
+        <x:v>Tue 17 Feb 2026 13:19</x:v>
       </x:c>
     </x:row>
     <x:row r="692">
       <x:c r="A692" s="3" t="str">
         <x:v>687</x:v>
       </x:c>
       <x:c r="B692" s="3" t="str">
         <x:v>25 GSS</x:v>
       </x:c>
       <x:c r="C692" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D692" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E692" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:17</x:v>
+        <x:v>Tue 17 Feb 2026 14:01</x:v>
       </x:c>
     </x:row>
     <x:row r="693">
       <x:c r="A693" s="3" t="str">
         <x:v>688</x:v>
       </x:c>
       <x:c r="B693" s="3" t="str">
         <x:v>631 GT</x:v>
       </x:c>
       <x:c r="C693" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D693" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,060.00</x:v>
       </x:c>
       <x:c r="E693" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:17</x:v>
+        <x:v>Tue 17 Feb 2026 13:42</x:v>
       </x:c>
     </x:row>
     <x:row r="694">
       <x:c r="A694" s="3" t="str">
         <x:v>689</x:v>
       </x:c>
       <x:c r="B694" s="3" t="str">
         <x:v>6053 GT</x:v>
       </x:c>
       <x:c r="C694" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D694" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E694" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:17</x:v>
       </x:c>
     </x:row>
     <x:row r="695">
       <x:c r="A695" s="3" t="str">
         <x:v>690</x:v>
       </x:c>
       <x:c r="B695" s="3" t="str">
         <x:v>GTR 4S</x:v>
       </x:c>
       <x:c r="C695" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D695" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,380.00</x:v>
       </x:c>
       <x:c r="E695" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:17</x:v>
+        <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="696">
       <x:c r="A696" s="3" t="str">
         <x:v>691</x:v>
       </x:c>
       <x:c r="B696" s="3" t="str">
         <x:v>123 GTS</x:v>
       </x:c>
       <x:c r="C696" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D696" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,050.00</x:v>
       </x:c>
       <x:c r="E696" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:18</x:v>
+        <x:v>Tue 17 Feb 2026 20:25</x:v>
       </x:c>
     </x:row>
     <x:row r="697">
       <x:c r="A697" s="3" t="str">
         <x:v>692</x:v>
       </x:c>
       <x:c r="B697" s="3" t="str">
         <x:v>GTV 175G</x:v>
       </x:c>
       <x:c r="C697" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D697" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£620.00</x:v>
       </x:c>
       <x:c r="E697" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:18</x:v>
+        <x:v>Tue 17 Feb 2026 13:48</x:v>
       </x:c>
     </x:row>
     <x:row r="698">
       <x:c r="A698" s="3" t="str">
         <x:v>693</x:v>
       </x:c>
       <x:c r="B698" s="3" t="str">
         <x:v>GUL 17M</x:v>
       </x:c>
       <x:c r="C698" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D698" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E698" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:18</x:v>
+        <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="699">
       <x:c r="A699" s="3" t="str">
         <x:v>694</x:v>
       </x:c>
       <x:c r="B699" s="3" t="str">
         <x:v>70 GUN</x:v>
       </x:c>
       <x:c r="C699" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D699" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£11,510.00</x:v>
       </x:c>
       <x:c r="E699" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:18</x:v>
+        <x:v>Tue 17 Feb 2026 14:41</x:v>
       </x:c>
     </x:row>
     <x:row r="700">
       <x:c r="A700" s="3" t="str">
         <x:v>695</x:v>
       </x:c>
       <x:c r="B700" s="3" t="str">
         <x:v>GUO 888J</x:v>
       </x:c>
       <x:c r="C700" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D700" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E700" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:18</x:v>
+        <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="701">
       <x:c r="A701" s="3" t="str">
         <x:v>696</x:v>
       </x:c>
       <x:c r="B701" s="3" t="str">
         <x:v>G118 VNY</x:v>
       </x:c>
       <x:c r="C701" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D701" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E701" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:19</x:v>
       </x:c>
     </x:row>
     <x:row r="702">
       <x:c r="A702" s="3" t="str">
         <x:v>697</x:v>
       </x:c>
       <x:c r="B702" s="3" t="str">
         <x:v>1308 GW</x:v>
       </x:c>
       <x:c r="C702" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D702" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,520.00</x:v>
       </x:c>
       <x:c r="E702" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:19</x:v>
+        <x:v>Tue 17 Feb 2026 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="703">
       <x:c r="A703" s="3" t="str">
         <x:v>698</x:v>
       </x:c>
       <x:c r="B703" s="3" t="str">
         <x:v>G73 XXX</x:v>
       </x:c>
       <x:c r="C703" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D703" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,530.00</x:v>
       </x:c>
       <x:c r="E703" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:19</x:v>
+        <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="704">
       <x:c r="A704" s="3" t="str">
         <x:v>699</x:v>
       </x:c>
       <x:c r="B704" s="3" t="str">
         <x:v>233 H</x:v>
       </x:c>
       <x:c r="C704" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D704" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£16,670.00</x:v>
       </x:c>
       <x:c r="E704" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:19</x:v>
+        <x:v>Tue 17 Feb 2026 16:02</x:v>
       </x:c>
     </x:row>
     <x:row r="705">
       <x:c r="A705" s="3" t="str">
         <x:v>700</x:v>
       </x:c>
       <x:c r="B705" s="3" t="str">
         <x:v>218 HA</x:v>
       </x:c>
       <x:c r="C705" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D705" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E705" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:19</x:v>
+        <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="706">
       <x:c r="A706" s="3" t="str">
         <x:v>701</x:v>
       </x:c>
       <x:c r="B706" s="3" t="str">
         <x:v>H447 AAN</x:v>
       </x:c>
       <x:c r="C706" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D706" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,650.00</x:v>
       </x:c>
       <x:c r="E706" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:20</x:v>
+        <x:v>Tue 17 Feb 2026 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="707">
       <x:c r="A707" s="3" t="str">
         <x:v>702</x:v>
       </x:c>
       <x:c r="B707" s="3" t="str">
         <x:v>HAB 331B</x:v>
       </x:c>
       <x:c r="C707" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D707" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,260.00</x:v>
       </x:c>
       <x:c r="E707" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:20</x:v>
+        <x:v>Tue 17 Feb 2026 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="708">
       <x:c r="A708" s="3" t="str">
         <x:v>703</x:v>
       </x:c>
       <x:c r="B708" s="3" t="str">
         <x:v>HAB 999L</x:v>
       </x:c>
       <x:c r="C708" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D708" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E708" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:20</x:v>
+        <x:v>Tue 17 Feb 2026 15:01</x:v>
       </x:c>
     </x:row>
     <x:row r="709">
       <x:c r="A709" s="3" t="str">
         <x:v>704</x:v>
       </x:c>
       <x:c r="B709" s="3" t="str">
         <x:v>HAB 18W</x:v>
       </x:c>
       <x:c r="C709" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D709" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E709" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:20</x:v>
+        <x:v>Tue 17 Feb 2026 13:32</x:v>
       </x:c>
     </x:row>
     <x:row r="710">
       <x:c r="A710" s="3" t="str">
         <x:v>705</x:v>
       </x:c>
       <x:c r="B710" s="3" t="str">
         <x:v>114 HAD</x:v>
       </x:c>
       <x:c r="C710" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D710" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E710" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:20</x:v>
+        <x:v>Tue 17 Feb 2026 19:08</x:v>
       </x:c>
     </x:row>
     <x:row r="711">
       <x:c r="A711" s="3" t="str">
         <x:v>706</x:v>
       </x:c>
       <x:c r="B711" s="3" t="str">
         <x:v>HAD 70W</x:v>
       </x:c>
       <x:c r="C711" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D711" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,100.00</x:v>
       </x:c>
       <x:c r="E711" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:21</x:v>
+        <x:v>Tue 17 Feb 2026 13:59</x:v>
       </x:c>
     </x:row>
     <x:row r="712">
       <x:c r="A712" s="3" t="str">
         <x:v>707</x:v>
       </x:c>
       <x:c r="B712" s="3" t="str">
         <x:v>HAF 56H</x:v>
       </x:c>
       <x:c r="C712" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D712" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,980.00</x:v>
       </x:c>
       <x:c r="E712" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:21</x:v>
+        <x:v>Tue 17 Feb 2026 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="713">
       <x:c r="A713" s="3" t="str">
         <x:v>708</x:v>
       </x:c>
       <x:c r="B713" s="3" t="str">
         <x:v>9 HAH</x:v>
       </x:c>
       <x:c r="C713" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D713" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,670.00</x:v>
       </x:c>
       <x:c r="E713" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:21</x:v>
+        <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="714">
       <x:c r="A714" s="3" t="str">
         <x:v>709</x:v>
       </x:c>
       <x:c r="B714" s="3" t="str">
         <x:v>HAL 15C</x:v>
       </x:c>
       <x:c r="C714" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D714" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E714" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:21</x:v>
+        <x:v>Tue 17 Feb 2026 14:00</x:v>
       </x:c>
     </x:row>
     <x:row r="715">
       <x:c r="A715" s="3" t="str">
         <x:v>710</x:v>
       </x:c>
       <x:c r="B715" s="3" t="str">
         <x:v>111 HAN</x:v>
       </x:c>
       <x:c r="C715" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D715" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£11,110.00</x:v>
       </x:c>
       <x:c r="E715" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:21</x:v>
+        <x:v>Tue 17 Feb 2026 16:10</x:v>
       </x:c>
     </x:row>
     <x:row r="716">
       <x:c r="A716" s="3" t="str">
         <x:v>711</x:v>
       </x:c>
       <x:c r="B716" s="3" t="str">
         <x:v>96 HAP</x:v>
       </x:c>
       <x:c r="C716" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D716" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E716" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="717">
       <x:c r="A717" s="3" t="str">
         <x:v>712</x:v>
       </x:c>
       <x:c r="B717" s="3" t="str">
         <x:v>HA14 PPY</x:v>
       </x:c>
       <x:c r="C717" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D717" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E717" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:22</x:v>
+        <x:v>Tue 17 Feb 2026 14:17</x:v>
       </x:c>
     </x:row>
     <x:row r="718">
       <x:c r="A718" s="3" t="str">
         <x:v>713</x:v>
       </x:c>
       <x:c r="B718" s="3" t="str">
         <x:v>HAR 25J</x:v>
       </x:c>
       <x:c r="C718" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D718" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,420.00</x:v>
       </x:c>
       <x:c r="E718" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:22</x:v>
+        <x:v>Tue 17 Feb 2026 14:05</x:v>
       </x:c>
     </x:row>
     <x:row r="719">
       <x:c r="A719" s="3" t="str">
         <x:v>714</x:v>
       </x:c>
       <x:c r="B719" s="3" t="str">
         <x:v>HAR 933R</x:v>
       </x:c>
       <x:c r="C719" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D719" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E719" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="720">
       <x:c r="A720" s="3" t="str">
         <x:v>715</x:v>
       </x:c>
       <x:c r="B720" s="3" t="str">
         <x:v>HAR 22T</x:v>
       </x:c>
       <x:c r="C720" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D720" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E720" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:22</x:v>
       </x:c>
     </x:row>
     <x:row r="721">
       <x:c r="A721" s="3" t="str">
         <x:v>716</x:v>
       </x:c>
       <x:c r="B721" s="3" t="str">
         <x:v>HAS 5H</x:v>
       </x:c>
       <x:c r="C721" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D721" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,000.00</x:v>
       </x:c>
       <x:c r="E721" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:23</x:v>
       </x:c>
     </x:row>
     <x:row r="722">
       <x:c r="A722" s="3" t="str">
         <x:v>717</x:v>
       </x:c>
       <x:c r="B722" s="3" t="str">
         <x:v>HA19 SON</x:v>
       </x:c>
       <x:c r="C722" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D722" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,110.00</x:v>
       </x:c>
       <x:c r="E722" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:23</x:v>
+        <x:v>Tue 17 Feb 2026 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="723">
       <x:c r="A723" s="3" t="str">
         <x:v>718</x:v>
       </x:c>
       <x:c r="B723" s="3" t="str">
         <x:v>HAS 91P</x:v>
       </x:c>
       <x:c r="C723" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D723" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E723" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:23</x:v>
+        <x:v>Tue 17 Feb 2026 13:28</x:v>
       </x:c>
     </x:row>
     <x:row r="724">
       <x:c r="A724" s="3" t="str">
         <x:v>719</x:v>
       </x:c>
       <x:c r="B724" s="3" t="str">
         <x:v>HAV 9S</x:v>
       </x:c>
       <x:c r="C724" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D724" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E724" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:23</x:v>
+        <x:v>Tue 17 Feb 2026 13:38</x:v>
       </x:c>
     </x:row>
     <x:row r="725">
       <x:c r="A725" s="3" t="str">
         <x:v>720</x:v>
       </x:c>
       <x:c r="B725" s="3" t="str">
         <x:v>HA67 ZEL</x:v>
       </x:c>
       <x:c r="C725" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D725" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E725" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:23</x:v>
       </x:c>
     </x:row>
     <x:row r="726">
       <x:c r="A726" s="3" t="str">
         <x:v>721</x:v>
       </x:c>
       <x:c r="B726" s="3" t="str">
         <x:v>811 HB</x:v>
       </x:c>
       <x:c r="C726" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D726" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,090.00</x:v>
       </x:c>
       <x:c r="E726" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:24</x:v>
+        <x:v>Tue 17 Feb 2026 17:16</x:v>
       </x:c>
     </x:row>
     <x:row r="727">
       <x:c r="A727" s="3" t="str">
         <x:v>722</x:v>
       </x:c>
       <x:c r="B727" s="3" t="str">
         <x:v>HBA 11G</x:v>
       </x:c>
       <x:c r="C727" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D727" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,330.00</x:v>
       </x:c>
       <x:c r="E727" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:24</x:v>
+        <x:v>Tue 17 Feb 2026 14:55</x:v>
       </x:c>
     </x:row>
     <x:row r="728">
       <x:c r="A728" s="3" t="str">
         <x:v>723</x:v>
       </x:c>
       <x:c r="B728" s="3" t="str">
         <x:v>H325 BMW</x:v>
       </x:c>
       <x:c r="C728" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D728" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E728" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:24</x:v>
+        <x:v>Tue 17 Feb 2026 13:32</x:v>
       </x:c>
     </x:row>
     <x:row r="729">
       <x:c r="A729" s="3" t="str">
         <x:v>724</x:v>
       </x:c>
       <x:c r="B729" s="3" t="str">
         <x:v>212 HC</x:v>
       </x:c>
       <x:c r="C729" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D729" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E729" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:24</x:v>
       </x:c>
     </x:row>
     <x:row r="730">
       <x:c r="A730" s="3" t="str">
         <x:v>725</x:v>
       </x:c>
       <x:c r="B730" s="3" t="str">
         <x:v>10 HCH</x:v>
       </x:c>
       <x:c r="C730" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D730" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,260.00</x:v>
       </x:c>
       <x:c r="E730" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:24</x:v>
+        <x:v>Tue 17 Feb 2026 13:58</x:v>
       </x:c>
     </x:row>
     <x:row r="731">
       <x:c r="A731" s="3" t="str">
         <x:v>726</x:v>
       </x:c>
       <x:c r="B731" s="3" t="str">
         <x:v>H98 CLO</x:v>
       </x:c>
       <x:c r="C731" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D731" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E731" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:25</x:v>
       </x:c>
     </x:row>
     <x:row r="732">
       <x:c r="A732" s="3" t="str">
         <x:v>727</x:v>
       </x:c>
       <x:c r="B732" s="3" t="str">
         <x:v>H39 CSK</x:v>
       </x:c>
       <x:c r="C732" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D732" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E732" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:25</x:v>
       </x:c>
     </x:row>
     <x:row r="733">
       <x:c r="A733" s="3" t="str">
         <x:v>728</x:v>
       </x:c>
       <x:c r="B733" s="3" t="str">
         <x:v>H414 DAR</x:v>
       </x:c>
       <x:c r="C733" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D733" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E733" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:25</x:v>
+        <x:v>Tue 17 Feb 2026 14:16</x:v>
       </x:c>
     </x:row>
     <x:row r="734">
       <x:c r="A734" s="3" t="str">
         <x:v>729</x:v>
       </x:c>
       <x:c r="B734" s="3" t="str">
         <x:v>HEA 2T</x:v>
       </x:c>
       <x:c r="C734" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D734" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,050.00</x:v>
       </x:c>
       <x:c r="E734" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:25</x:v>
+        <x:v>Tue 17 Feb 2026 13:33</x:v>
       </x:c>
     </x:row>
     <x:row r="735">
       <x:c r="A735" s="3" t="str">
         <x:v>730</x:v>
       </x:c>
       <x:c r="B735" s="3" t="str">
         <x:v>HED 48X</x:v>
       </x:c>
       <x:c r="C735" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D735" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E735" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:25</x:v>
       </x:c>
     </x:row>
     <x:row r="736">
       <x:c r="A736" s="3" t="str">
         <x:v>731</x:v>
       </x:c>
       <x:c r="B736" s="3" t="str">
         <x:v>H855 EEB</x:v>
       </x:c>
       <x:c r="C736" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D736" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E736" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:26</x:v>
+        <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="737">
       <x:c r="A737" s="3" t="str">
         <x:v>732</x:v>
       </x:c>
       <x:c r="B737" s="3" t="str">
         <x:v>HEN 23D</x:v>
       </x:c>
       <x:c r="C737" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D737" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E737" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:26</x:v>
+        <x:v>Tue 17 Feb 2026 13:31</x:v>
       </x:c>
     </x:row>
     <x:row r="738">
       <x:c r="A738" s="3" t="str">
         <x:v>733</x:v>
       </x:c>
       <x:c r="B738" s="3" t="str">
         <x:v>H61 ENG</x:v>
       </x:c>
       <x:c r="C738" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D738" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E738" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:26</x:v>
       </x:c>
     </x:row>
     <x:row r="739">
       <x:c r="A739" s="3" t="str">
         <x:v>734</x:v>
       </x:c>
       <x:c r="B739" s="3" t="str">
         <x:v>HEN 9Y</x:v>
       </x:c>
       <x:c r="C739" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D739" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,070.00</x:v>
       </x:c>
       <x:c r="E739" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:26</x:v>
+        <x:v>Tue 17 Feb 2026 14:38</x:v>
       </x:c>
     </x:row>
     <x:row r="740">
       <x:c r="A740" s="3" t="str">
         <x:v>735</x:v>
       </x:c>
       <x:c r="B740" s="3" t="str">
         <x:v>HES 605S</x:v>
       </x:c>
       <x:c r="C740" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D740" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E740" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:26</x:v>
+        <x:v>Tue 17 Feb 2026 13:49</x:v>
       </x:c>
     </x:row>
     <x:row r="741">
       <x:c r="A741" s="3" t="str">
         <x:v>736</x:v>
       </x:c>
       <x:c r="B741" s="3" t="str">
         <x:v>H123 FLY</x:v>
       </x:c>
       <x:c r="C741" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D741" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£770.00</x:v>
       </x:c>
       <x:c r="E741" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:27</x:v>
+        <x:v>Tue 17 Feb 2026 13:45</x:v>
       </x:c>
     </x:row>
     <x:row r="742">
       <x:c r="A742" s="3" t="str">
         <x:v>737</x:v>
       </x:c>
       <x:c r="B742" s="3" t="str">
         <x:v>1995 HG</x:v>
       </x:c>
       <x:c r="C742" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D742" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E742" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:27</x:v>
+        <x:v>Tue 17 Feb 2026 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="743">
       <x:c r="A743" s="3" t="str">
         <x:v>738</x:v>
       </x:c>
       <x:c r="B743" s="3" t="str">
         <x:v>H888 HAN</x:v>
       </x:c>
       <x:c r="C743" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D743" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E743" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="744">
       <x:c r="A744" s="3" t="str">
         <x:v>739</x:v>
       </x:c>
       <x:c r="B744" s="3" t="str">
         <x:v>H471 HEN</x:v>
       </x:c>
       <x:c r="C744" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D744" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E744" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:27</x:v>
+        <x:v>Tue 17 Feb 2026 14:00</x:v>
       </x:c>
     </x:row>
     <x:row r="745">
       <x:c r="A745" s="3" t="str">
         <x:v>740</x:v>
       </x:c>
       <x:c r="B745" s="3" t="str">
         <x:v>HHH 222H</x:v>
       </x:c>
       <x:c r="C745" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D745" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E745" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:27</x:v>
+        <x:v>Tue 17 Feb 2026 13:42</x:v>
       </x:c>
     </x:row>
     <x:row r="746">
       <x:c r="A746" s="3" t="str">
         <x:v>741</x:v>
       </x:c>
       <x:c r="B746" s="3" t="str">
         <x:v>H455 HHM</x:v>
       </x:c>
       <x:c r="C746" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D746" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E746" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:28</x:v>
+        <x:v>Tue 17 Feb 2026 15:00</x:v>
       </x:c>
     </x:row>
     <x:row r="747">
       <x:c r="A747" s="3" t="str">
         <x:v>742</x:v>
       </x:c>
       <x:c r="B747" s="3" t="str">
         <x:v>H184 HRA</x:v>
       </x:c>
       <x:c r="C747" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D747" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£600.00</x:v>
       </x:c>
       <x:c r="E747" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:28</x:v>
+        <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="748">
       <x:c r="A748" s="3" t="str">
         <x:v>743</x:v>
       </x:c>
       <x:c r="B748" s="3" t="str">
         <x:v>HHZ 4444</x:v>
       </x:c>
       <x:c r="C748" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D748" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£630.00</x:v>
       </x:c>
       <x:c r="E748" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:28</x:v>
+        <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="749">
       <x:c r="A749" s="3" t="str">
         <x:v>744</x:v>
       </x:c>
       <x:c r="B749" s="3" t="str">
         <x:v>HIL 167</x:v>
       </x:c>
       <x:c r="C749" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D749" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E749" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:28</x:v>
       </x:c>
     </x:row>
     <x:row r="750">
       <x:c r="A750" s="3" t="str">
         <x:v>745</x:v>
       </x:c>
       <x:c r="B750" s="3" t="str">
         <x:v>101 HJ</x:v>
       </x:c>
       <x:c r="C750" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D750" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,020.00</x:v>
       </x:c>
       <x:c r="E750" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:28</x:v>
+        <x:v>Tue 17 Feb 2026 18:09</x:v>
       </x:c>
     </x:row>
     <x:row r="751">
       <x:c r="A751" s="3" t="str">
         <x:v>746</x:v>
       </x:c>
       <x:c r="B751" s="3" t="str">
         <x:v>H469 KER</x:v>
       </x:c>
       <x:c r="C751" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D751" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E751" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:29</x:v>
+        <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="752">
       <x:c r="A752" s="3" t="str">
         <x:v>747</x:v>
       </x:c>
       <x:c r="B752" s="3" t="str">
         <x:v>H44 KHD</x:v>
       </x:c>
       <x:c r="C752" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D752" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E752" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:29</x:v>
+        <x:v>Tue 17 Feb 2026 14:13</x:v>
       </x:c>
     </x:row>
     <x:row r="753">
       <x:c r="A753" s="3" t="str">
         <x:v>748</x:v>
       </x:c>
       <x:c r="B753" s="3" t="str">
         <x:v>1967 HM</x:v>
       </x:c>
       <x:c r="C753" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D753" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E753" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:29</x:v>
       </x:c>
     </x:row>
     <x:row r="754">
       <x:c r="A754" s="3" t="str">
         <x:v>749</x:v>
       </x:c>
       <x:c r="B754" s="3" t="str">
         <x:v>H66 MDD</x:v>
       </x:c>
       <x:c r="C754" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D754" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E754" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:29</x:v>
+        <x:v>Tue 17 Feb 2026 15:23</x:v>
       </x:c>
     </x:row>
     <x:row r="755">
       <x:c r="A755" s="3" t="str">
         <x:v>750</x:v>
       </x:c>
       <x:c r="B755" s="3" t="str">
         <x:v>HME 117A</x:v>
       </x:c>
       <x:c r="C755" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D755" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,630.00</x:v>
       </x:c>
       <x:c r="E755" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:29</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="756">
       <x:c r="A756" s="3" t="str">
         <x:v>751</x:v>
       </x:c>
       <x:c r="B756" s="3" t="str">
         <x:v>22 HMO</x:v>
       </x:c>
       <x:c r="C756" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D756" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,060.00</x:v>
       </x:c>
       <x:c r="E756" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:30</x:v>
+        <x:v>Tue 17 Feb 2026 14:24</x:v>
       </x:c>
     </x:row>
     <x:row r="757">
       <x:c r="A757" s="3" t="str">
         <x:v>752</x:v>
       </x:c>
       <x:c r="B757" s="3" t="str">
         <x:v>H444 MXA</x:v>
       </x:c>
       <x:c r="C757" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D757" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E757" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:30</x:v>
       </x:c>
     </x:row>
     <x:row r="758">
       <x:c r="A758" s="3" t="str">
         <x:v>753</x:v>
       </x:c>
       <x:c r="B758" s="3" t="str">
         <x:v>H334 NRY</x:v>
       </x:c>
       <x:c r="C758" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D758" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E758" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:30</x:v>
+        <x:v>Tue 17 Feb 2026 15:04</x:v>
       </x:c>
     </x:row>
     <x:row r="759">
       <x:c r="A759" s="3" t="str">
         <x:v>754</x:v>
       </x:c>
       <x:c r="B759" s="3" t="str">
         <x:v>HOG 555</x:v>
       </x:c>
       <x:c r="C759" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D759" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,680.00</x:v>
       </x:c>
       <x:c r="E759" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:30</x:v>
+        <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="760">
       <x:c r="A760" s="3" t="str">
         <x:v>755</x:v>
       </x:c>
       <x:c r="B760" s="3" t="str">
         <x:v>HO51 LLY</x:v>
       </x:c>
       <x:c r="C760" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D760" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E760" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:30</x:v>
+        <x:v>Tue 17 Feb 2026 14:14</x:v>
       </x:c>
     </x:row>
     <x:row r="761">
       <x:c r="A761" s="3" t="str">
         <x:v>756</x:v>
       </x:c>
       <x:c r="B761" s="3" t="str">
         <x:v>H420 ONG</x:v>
       </x:c>
       <x:c r="C761" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D761" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E761" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:31</x:v>
+        <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="762">
       <x:c r="A762" s="3" t="str">
         <x:v>757</x:v>
       </x:c>
       <x:c r="B762" s="3" t="str">
         <x:v>HON 99Y</x:v>
       </x:c>
       <x:c r="C762" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D762" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E762" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:31</x:v>
       </x:c>
     </x:row>
     <x:row r="763">
       <x:c r="A763" s="3" t="str">
         <x:v>758</x:v>
       </x:c>
       <x:c r="B763" s="3" t="str">
         <x:v>H666 ORD</x:v>
       </x:c>
       <x:c r="C763" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D763" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E763" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:31</x:v>
       </x:c>
     </x:row>
     <x:row r="764">
       <x:c r="A764" s="3" t="str">
         <x:v>759</x:v>
       </x:c>
       <x:c r="B764" s="3" t="str">
         <x:v>HOU 5R</x:v>
       </x:c>
       <x:c r="C764" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D764" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E764" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:31</x:v>
+        <x:v>Tue 17 Feb 2026 16:24</x:v>
       </x:c>
     </x:row>
     <x:row r="765">
       <x:c r="A765" s="3" t="str">
         <x:v>760</x:v>
       </x:c>
       <x:c r="B765" s="3" t="str">
         <x:v>HOV 311S</x:v>
       </x:c>
       <x:c r="C765" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D765" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E765" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:31</x:v>
       </x:c>
     </x:row>
     <x:row r="766">
       <x:c r="A766" s="3" t="str">
         <x:v>761</x:v>
       </x:c>
       <x:c r="B766" s="3" t="str">
         <x:v>2 HOW</x:v>
       </x:c>
       <x:c r="C766" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D766" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£17,870.00</x:v>
       </x:c>
       <x:c r="E766" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:32</x:v>
+        <x:v>Tue 17 Feb 2026 14:09</x:v>
       </x:c>
     </x:row>
     <x:row r="767">
       <x:c r="A767" s="3" t="str">
         <x:v>762</x:v>
       </x:c>
       <x:c r="B767" s="3" t="str">
         <x:v>1994 HR</x:v>
       </x:c>
       <x:c r="C767" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D767" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E767" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:32</x:v>
       </x:c>
     </x:row>
     <x:row r="768">
       <x:c r="A768" s="3" t="str">
         <x:v>763</x:v>
       </x:c>
       <x:c r="B768" s="3" t="str">
         <x:v>60 HRG</x:v>
       </x:c>
       <x:c r="C768" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D768" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,580.00</x:v>
       </x:c>
       <x:c r="E768" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:32</x:v>
       </x:c>
     </x:row>
     <x:row r="769">
       <x:c r="A769" s="3" t="str">
         <x:v>764</x:v>
       </x:c>
       <x:c r="B769" s="3" t="str">
         <x:v>H44 RJX</x:v>
       </x:c>
       <x:c r="C769" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D769" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,390.00</x:v>
       </x:c>
       <x:c r="E769" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:32</x:v>
+        <x:v>Tue 17 Feb 2026 13:42</x:v>
       </x:c>
     </x:row>
     <x:row r="770">
       <x:c r="A770" s="3" t="str">
         <x:v>765</x:v>
       </x:c>
       <x:c r="B770" s="3" t="str">
         <x:v>H47 RMY</x:v>
       </x:c>
       <x:c r="C770" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D770" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,330.00</x:v>
       </x:c>
       <x:c r="E770" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:32</x:v>
+        <x:v>Tue 17 Feb 2026 14:39</x:v>
       </x:c>
     </x:row>
     <x:row r="771">
       <x:c r="A771" s="3" t="str">
         <x:v>766</x:v>
       </x:c>
       <x:c r="B771" s="3" t="str">
         <x:v>H66 RON</x:v>
       </x:c>
       <x:c r="C771" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D771" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,540.00</x:v>
       </x:c>
       <x:c r="E771" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:33</x:v>
+        <x:v>Tue 17 Feb 2026 18:57</x:v>
       </x:c>
     </x:row>
     <x:row r="772">
       <x:c r="A772" s="3" t="str">
         <x:v>767</x:v>
       </x:c>
       <x:c r="B772" s="3" t="str">
         <x:v>H99 RST</x:v>
       </x:c>
       <x:c r="C772" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D772" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£770.00</x:v>
       </x:c>
       <x:c r="E772" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:33</x:v>
       </x:c>
     </x:row>
     <x:row r="773">
       <x:c r="A773" s="3" t="str">
         <x:v>768</x:v>
       </x:c>
       <x:c r="B773" s="3" t="str">
         <x:v>HRV 666T</x:v>
       </x:c>
       <x:c r="C773" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D773" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E773" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:33</x:v>
       </x:c>
     </x:row>
     <x:row r="774">
       <x:c r="A774" s="3" t="str">
         <x:v>769</x:v>
       </x:c>
       <x:c r="B774" s="3" t="str">
         <x:v>H74 RVW</x:v>
       </x:c>
       <x:c r="C774" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D774" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E774" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:33</x:v>
       </x:c>
     </x:row>
     <x:row r="775">
       <x:c r="A775" s="3" t="str">
         <x:v>770</x:v>
       </x:c>
       <x:c r="B775" s="3" t="str">
         <x:v>H49 RYJ</x:v>
       </x:c>
       <x:c r="C775" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D775" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£980.00</x:v>
       </x:c>
       <x:c r="E775" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:33</x:v>
+        <x:v>Tue 17 Feb 2026 15:25</x:v>
       </x:c>
     </x:row>
     <x:row r="776">
       <x:c r="A776" s="3" t="str">
         <x:v>771</x:v>
       </x:c>
       <x:c r="B776" s="3" t="str">
         <x:v>HSA 13H</x:v>
       </x:c>
       <x:c r="C776" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D776" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E776" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="777">
       <x:c r="A777" s="3" t="str">
         <x:v>772</x:v>
       </x:c>
       <x:c r="B777" s="3" t="str">
         <x:v>H786 SAL</x:v>
       </x:c>
       <x:c r="C777" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D777" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,520.00</x:v>
       </x:c>
       <x:c r="E777" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:34</x:v>
+        <x:v>Tue 17 Feb 2026 13:35</x:v>
       </x:c>
     </x:row>
     <x:row r="778">
       <x:c r="A778" s="3" t="str">
         <x:v>773</x:v>
       </x:c>
       <x:c r="B778" s="3" t="str">
         <x:v>13 HSB</x:v>
       </x:c>
       <x:c r="C778" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D778" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,120.00</x:v>
       </x:c>
       <x:c r="E778" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="779">
       <x:c r="A779" s="3" t="str">
         <x:v>774</x:v>
       </x:c>
       <x:c r="B779" s="3" t="str">
         <x:v>11 HSG</x:v>
       </x:c>
       <x:c r="C779" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D779" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,010.00</x:v>
       </x:c>
       <x:c r="E779" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:34</x:v>
+        <x:v>Tue 17 Feb 2026 15:23</x:v>
       </x:c>
     </x:row>
     <x:row r="780">
       <x:c r="A780" s="3" t="str">
         <x:v>775</x:v>
       </x:c>
       <x:c r="B780" s="3" t="str">
         <x:v>HSG 115G</x:v>
       </x:c>
       <x:c r="C780" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D780" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E780" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:34</x:v>
       </x:c>
     </x:row>
     <x:row r="781">
       <x:c r="A781" s="3" t="str">
         <x:v>776</x:v>
       </x:c>
       <x:c r="B781" s="3" t="str">
         <x:v>H166 SLE</x:v>
       </x:c>
       <x:c r="C781" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D781" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E781" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:35</x:v>
       </x:c>
     </x:row>
     <x:row r="782">
       <x:c r="A782" s="3" t="str">
         <x:v>777</x:v>
       </x:c>
       <x:c r="B782" s="3" t="str">
         <x:v>28 HSR</x:v>
       </x:c>
       <x:c r="C782" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D782" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,870.00</x:v>
       </x:c>
       <x:c r="E782" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:35</x:v>
+        <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="783">
       <x:c r="A783" s="3" t="str">
         <x:v>778</x:v>
       </x:c>
       <x:c r="B783" s="3" t="str">
         <x:v>H311 SRT</x:v>
       </x:c>
       <x:c r="C783" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D783" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E783" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:35</x:v>
+        <x:v>Tue 17 Feb 2026 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="784">
       <x:c r="A784" s="3" t="str">
         <x:v>779</x:v>
       </x:c>
       <x:c r="B784" s="3" t="str">
         <x:v>10 HSS</x:v>
       </x:c>
       <x:c r="C784" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D784" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,310.00</x:v>
       </x:c>
       <x:c r="E784" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:35</x:v>
+        <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="785">
       <x:c r="A785" s="3" t="str">
         <x:v>780</x:v>
       </x:c>
       <x:c r="B785" s="3" t="str">
         <x:v>HSZ 100</x:v>
       </x:c>
       <x:c r="C785" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D785" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E785" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:35</x:v>
+        <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="786">
       <x:c r="A786" s="3" t="str">
         <x:v>781</x:v>
       </x:c>
       <x:c r="B786" s="3" t="str">
         <x:v>H45 TAH</x:v>
       </x:c>
       <x:c r="C786" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D786" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£230.00</x:v>
       </x:c>
       <x:c r="E786" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:36</x:v>
       </x:c>
     </x:row>
     <x:row r="787">
       <x:c r="A787" s="3" t="str">
         <x:v>782</x:v>
       </x:c>
       <x:c r="B787" s="3" t="str">
         <x:v>H115 TER</x:v>
       </x:c>
       <x:c r="C787" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D787" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E787" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:36</x:v>
+        <x:v>Tue 17 Feb 2026 15:01</x:v>
       </x:c>
     </x:row>
     <x:row r="788">
       <x:c r="A788" s="3" t="str">
         <x:v>783</x:v>
       </x:c>
       <x:c r="B788" s="3" t="str">
         <x:v>H65 TON</x:v>
       </x:c>
       <x:c r="C788" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D788" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E788" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:36</x:v>
       </x:c>
     </x:row>
     <x:row r="789">
       <x:c r="A789" s="3" t="str">
         <x:v>784</x:v>
       </x:c>
       <x:c r="B789" s="3" t="str">
         <x:v>67 HUK</x:v>
       </x:c>
       <x:c r="C789" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D789" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E789" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:36</x:v>
       </x:c>
     </x:row>
     <x:row r="790">
       <x:c r="A790" s="3" t="str">
         <x:v>785</x:v>
       </x:c>
       <x:c r="B790" s="3" t="str">
         <x:v>HUO 17G</x:v>
       </x:c>
       <x:c r="C790" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D790" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E790" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:36</x:v>
+        <x:v>Tue 17 Feb 2026 14:38</x:v>
       </x:c>
     </x:row>
     <x:row r="791">
       <x:c r="A791" s="3" t="str">
         <x:v>786</x:v>
       </x:c>
       <x:c r="B791" s="3" t="str">
         <x:v>73 HUX</x:v>
       </x:c>
       <x:c r="C791" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D791" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,800.00</x:v>
       </x:c>
       <x:c r="E791" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:37</x:v>
+        <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="792">
       <x:c r="A792" s="3" t="str">
         <x:v>787</x:v>
       </x:c>
       <x:c r="B792" s="3" t="str">
         <x:v>HUX 1S</x:v>
       </x:c>
       <x:c r="C792" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D792" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,410.00</x:v>
       </x:c>
       <x:c r="E792" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:37</x:v>
+        <x:v>Tue 17 Feb 2026 14:41</x:v>
       </x:c>
     </x:row>
     <x:row r="793">
       <x:c r="A793" s="3" t="str">
         <x:v>788</x:v>
       </x:c>
       <x:c r="B793" s="3" t="str">
         <x:v>682 HVB</x:v>
       </x:c>
       <x:c r="C793" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D793" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E793" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:37</x:v>
       </x:c>
     </x:row>
     <x:row r="794">
       <x:c r="A794" s="3" t="str">
         <x:v>789</x:v>
       </x:c>
       <x:c r="B794" s="3" t="str">
         <x:v>HVC 2J</x:v>
       </x:c>
       <x:c r="C794" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D794" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E794" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:37</x:v>
+        <x:v>Tue 17 Feb 2026 14:00</x:v>
       </x:c>
     </x:row>
     <x:row r="795">
       <x:c r="A795" s="3" t="str">
         <x:v>790</x:v>
       </x:c>
       <x:c r="B795" s="3" t="str">
         <x:v>1 HVJ</x:v>
       </x:c>
       <x:c r="C795" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D795" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,260.00</x:v>
       </x:c>
       <x:c r="E795" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:37</x:v>
+        <x:v>Tue 17 Feb 2026 16:22</x:v>
       </x:c>
     </x:row>
     <x:row r="796">
       <x:c r="A796" s="3" t="str">
         <x:v>791</x:v>
       </x:c>
       <x:c r="B796" s="3" t="str">
         <x:v>3 HVV</x:v>
       </x:c>
       <x:c r="C796" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D796" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,270.00</x:v>
       </x:c>
       <x:c r="E796" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:38</x:v>
+        <x:v>Tue 17 Feb 2026 13:58</x:v>
       </x:c>
     </x:row>
     <x:row r="797">
       <x:c r="A797" s="3" t="str">
         <x:v>792</x:v>
       </x:c>
       <x:c r="B797" s="3" t="str">
         <x:v>HWA 2D</x:v>
       </x:c>
       <x:c r="C797" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D797" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E797" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:38</x:v>
+        <x:v>Tue 17 Feb 2026 14:04</x:v>
       </x:c>
     </x:row>
     <x:row r="798">
       <x:c r="A798" s="3" t="str">
         <x:v>793</x:v>
       </x:c>
       <x:c r="B798" s="3" t="str">
         <x:v>9 HWG</x:v>
       </x:c>
       <x:c r="C798" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D798" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,530.00</x:v>
       </x:c>
       <x:c r="E798" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:38</x:v>
+        <x:v>Tue 17 Feb 2026 14:08</x:v>
       </x:c>
     </x:row>
     <x:row r="799">
       <x:c r="A799" s="3" t="str">
         <x:v>794</x:v>
       </x:c>
       <x:c r="B799" s="3" t="str">
         <x:v>9 HXH</x:v>
       </x:c>
       <x:c r="C799" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D799" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,880.00</x:v>
       </x:c>
       <x:c r="E799" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:38</x:v>
+        <x:v>Tue 17 Feb 2026 17:01</x:v>
       </x:c>
     </x:row>
     <x:row r="800">
       <x:c r="A800" s="3" t="str">
         <x:v>795</x:v>
       </x:c>
       <x:c r="B800" s="3" t="str">
         <x:v>12 HXX</x:v>
       </x:c>
       <x:c r="C800" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D800" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,530.00</x:v>
       </x:c>
       <x:c r="E800" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:38</x:v>
+        <x:v>Tue 17 Feb 2026 14:52</x:v>
       </x:c>
     </x:row>
     <x:row r="801">
       <x:c r="A801" s="3" t="str">
         <x:v>796</x:v>
       </x:c>
       <x:c r="B801" s="3" t="str">
         <x:v>IEZ 65</x:v>
       </x:c>
       <x:c r="C801" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D801" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E801" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:39</x:v>
+        <x:v>Tue 17 Feb 2026 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="802">
       <x:c r="A802" s="3" t="str">
         <x:v>797</x:v>
       </x:c>
       <x:c r="B802" s="3" t="str">
         <x:v>IG 112</x:v>
       </x:c>
       <x:c r="C802" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D802" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,960.00</x:v>
       </x:c>
       <x:c r="E802" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:39</x:v>
+        <x:v>Tue 17 Feb 2026 15:43</x:v>
       </x:c>
     </x:row>
     <x:row r="803">
       <x:c r="A803" s="3" t="str">
         <x:v>798</x:v>
       </x:c>
       <x:c r="B803" s="3" t="str">
         <x:v>IIG 17</x:v>
       </x:c>
       <x:c r="C803" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D803" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,410.00</x:v>
       </x:c>
       <x:c r="E803" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:39</x:v>
+        <x:v>Tue 17 Feb 2026 14:50</x:v>
       </x:c>
     </x:row>
     <x:row r="804">
       <x:c r="A804" s="3" t="str">
         <x:v>799</x:v>
       </x:c>
       <x:c r="B804" s="3" t="str">
         <x:v>IIL 425</x:v>
       </x:c>
       <x:c r="C804" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D804" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E804" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:39</x:v>
       </x:c>
     </x:row>
     <x:row r="805">
       <x:c r="A805" s="3" t="str">
         <x:v>800</x:v>
       </x:c>
       <x:c r="B805" s="3" t="str">
         <x:v>ISZ 9</x:v>
       </x:c>
       <x:c r="C805" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D805" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,160.00</x:v>
       </x:c>
       <x:c r="E805" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:39</x:v>
+        <x:v>Tue 17 Feb 2026 18:43</x:v>
       </x:c>
     </x:row>
     <x:row r="806">
       <x:c r="A806" s="3" t="str">
         <x:v>801</x:v>
       </x:c>
       <x:c r="B806" s="3" t="str">
         <x:v>821 J</x:v>
       </x:c>
       <x:c r="C806" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D806" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,070.00</x:v>
       </x:c>
       <x:c r="E806" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:40</x:v>
+        <x:v>Tue 17 Feb 2026 15:10</x:v>
       </x:c>
     </x:row>
     <x:row r="807">
       <x:c r="A807" s="3" t="str">
         <x:v>802</x:v>
       </x:c>
       <x:c r="B807" s="3" t="str">
         <x:v>J71 AAT</x:v>
       </x:c>
       <x:c r="C807" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D807" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E807" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:40</x:v>
+        <x:v>Tue 17 Feb 2026 14:14</x:v>
       </x:c>
     </x:row>
     <x:row r="808">
       <x:c r="A808" s="3" t="str">
         <x:v>803</x:v>
       </x:c>
       <x:c r="B808" s="3" t="str">
         <x:v>JAC 17P</x:v>
       </x:c>
       <x:c r="C808" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D808" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E808" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:40</x:v>
       </x:c>
     </x:row>
     <x:row r="809">
       <x:c r="A809" s="3" t="str">
         <x:v>804</x:v>
       </x:c>
       <x:c r="B809" s="3" t="str">
         <x:v>J57 AGE</x:v>
       </x:c>
       <x:c r="C809" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D809" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E809" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:40</x:v>
       </x:c>
     </x:row>
     <x:row r="810">
       <x:c r="A810" s="3" t="str">
         <x:v>805</x:v>
       </x:c>
       <x:c r="B810" s="3" t="str">
         <x:v>65 JAH</x:v>
       </x:c>
       <x:c r="C810" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D810" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E810" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:40</x:v>
       </x:c>
     </x:row>
     <x:row r="811">
       <x:c r="A811" s="3" t="str">
         <x:v>806</x:v>
       </x:c>
       <x:c r="B811" s="3" t="str">
         <x:v>700 JAK</x:v>
       </x:c>
       <x:c r="C811" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D811" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E811" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:41</x:v>
+        <x:v>Tue 17 Feb 2026 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="812">
       <x:c r="A812" s="3" t="str">
         <x:v>807</x:v>
       </x:c>
       <x:c r="B812" s="3" t="str">
         <x:v>JAM 53S</x:v>
       </x:c>
       <x:c r="C812" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D812" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,030.00</x:v>
       </x:c>
       <x:c r="E812" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:41</x:v>
+        <x:v>Tue 17 Feb 2026 16:37</x:v>
       </x:c>
     </x:row>
     <x:row r="813">
       <x:c r="A813" s="3" t="str">
         <x:v>808</x:v>
       </x:c>
       <x:c r="B813" s="3" t="str">
         <x:v>J95 AMY</x:v>
       </x:c>
       <x:c r="C813" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D813" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£790.00</x:v>
       </x:c>
       <x:c r="E813" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:41</x:v>
       </x:c>
     </x:row>
     <x:row r="814">
       <x:c r="A814" s="3" t="str">
         <x:v>809</x:v>
       </x:c>
       <x:c r="B814" s="3" t="str">
         <x:v>JA75 NES</x:v>
       </x:c>
       <x:c r="C814" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D814" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E814" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:41</x:v>
       </x:c>
     </x:row>
     <x:row r="815">
       <x:c r="A815" s="3" t="str">
         <x:v>810</x:v>
       </x:c>
       <x:c r="B815" s="3" t="str">
         <x:v>34 JAS</x:v>
       </x:c>
       <x:c r="C815" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D815" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,000.00</x:v>
       </x:c>
       <x:c r="E815" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:41</x:v>
+        <x:v>Tue 17 Feb 2026 14:14</x:v>
       </x:c>
     </x:row>
     <x:row r="816">
       <x:c r="A816" s="3" t="str">
         <x:v>811</x:v>
       </x:c>
       <x:c r="B816" s="3" t="str">
         <x:v>JA69 SON</x:v>
       </x:c>
       <x:c r="C816" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D816" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,790.00</x:v>
       </x:c>
       <x:c r="E816" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:42</x:v>
+        <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="817">
       <x:c r="A817" s="3" t="str">
         <x:v>812</x:v>
       </x:c>
       <x:c r="B817" s="3" t="str">
         <x:v>JAS 77S</x:v>
       </x:c>
       <x:c r="C817" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D817" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E817" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:42</x:v>
+        <x:v>Tue 17 Feb 2026 14:39</x:v>
       </x:c>
     </x:row>
     <x:row r="818">
       <x:c r="A818" s="3" t="str">
         <x:v>813</x:v>
       </x:c>
       <x:c r="B818" s="3" t="str">
         <x:v>JAS 33X</x:v>
       </x:c>
       <x:c r="C818" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D818" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,670.00</x:v>
       </x:c>
       <x:c r="E818" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:42</x:v>
+        <x:v>Tue 17 Feb 2026 14:39</x:v>
       </x:c>
     </x:row>
     <x:row r="819">
       <x:c r="A819" s="3" t="str">
         <x:v>814</x:v>
       </x:c>
       <x:c r="B819" s="3" t="str">
         <x:v>JAT 451F</x:v>
       </x:c>
       <x:c r="C819" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D819" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E819" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:42</x:v>
+        <x:v>Tue 17 Feb 2026 14:03</x:v>
       </x:c>
     </x:row>
     <x:row r="820">
       <x:c r="A820" s="3" t="str">
         <x:v>815</x:v>
       </x:c>
       <x:c r="B820" s="3" t="str">
         <x:v>JAV 48D</x:v>
       </x:c>
       <x:c r="C820" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D820" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E820" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:42</x:v>
+        <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="821">
       <x:c r="A821" s="3" t="str">
         <x:v>816</x:v>
       </x:c>
       <x:c r="B821" s="3" t="str">
         <x:v>41 JAW</x:v>
       </x:c>
       <x:c r="C821" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D821" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E821" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:43</x:v>
       </x:c>
     </x:row>
     <x:row r="822">
       <x:c r="A822" s="3" t="str">
         <x:v>817</x:v>
       </x:c>
       <x:c r="B822" s="3" t="str">
         <x:v>43 JAY</x:v>
       </x:c>
       <x:c r="C822" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D822" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,910.00</x:v>
       </x:c>
       <x:c r="E822" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:43</x:v>
+        <x:v>Tue 17 Feb 2026 15:56</x:v>
       </x:c>
     </x:row>
     <x:row r="823">
       <x:c r="A823" s="3" t="str">
         <x:v>818</x:v>
       </x:c>
       <x:c r="B823" s="3" t="str">
         <x:v>370 JAY</x:v>
       </x:c>
       <x:c r="C823" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D823" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E823" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:43</x:v>
+        <x:v>Tue 17 Feb 2026 14:02</x:v>
       </x:c>
     </x:row>
     <x:row r="824">
       <x:c r="A824" s="3" t="str">
         <x:v>819</x:v>
       </x:c>
       <x:c r="B824" s="3" t="str">
         <x:v>150 JB</x:v>
       </x:c>
       <x:c r="C824" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D824" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,010.00</x:v>
       </x:c>
       <x:c r="E824" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:43</x:v>
       </x:c>
     </x:row>
     <x:row r="825">
       <x:c r="A825" s="3" t="str">
         <x:v>820</x:v>
       </x:c>
       <x:c r="B825" s="3" t="str">
         <x:v>2002 JB</x:v>
       </x:c>
       <x:c r="C825" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D825" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,370.00</x:v>
       </x:c>
       <x:c r="E825" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:43</x:v>
+        <x:v>Tue 17 Feb 2026 17:45</x:v>
       </x:c>
     </x:row>
     <x:row r="826">
       <x:c r="A826" s="3" t="str">
         <x:v>821</x:v>
       </x:c>
       <x:c r="B826" s="3" t="str">
         <x:v>JBA 777L</x:v>
       </x:c>
       <x:c r="C826" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D826" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E826" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="827">
       <x:c r="A827" s="3" t="str">
         <x:v>822</x:v>
       </x:c>
       <x:c r="B827" s="3" t="str">
         <x:v>JBA 77S</x:v>
       </x:c>
       <x:c r="C827" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D827" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£730.00</x:v>
       </x:c>
       <x:c r="E827" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="828">
       <x:c r="A828" s="3" t="str">
         <x:v>823</x:v>
       </x:c>
       <x:c r="B828" s="3" t="str">
         <x:v>JBC 70W</x:v>
       </x:c>
       <x:c r="C828" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D828" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E828" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:44</x:v>
+        <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="829">
       <x:c r="A829" s="3" t="str">
         <x:v>824</x:v>
       </x:c>
       <x:c r="B829" s="3" t="str">
         <x:v>J41 BFS</x:v>
       </x:c>
       <x:c r="C829" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D829" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E829" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:44</x:v>
       </x:c>
     </x:row>
     <x:row r="830">
       <x:c r="A830" s="3" t="str">
         <x:v>825</x:v>
       </x:c>
       <x:c r="B830" s="3" t="str">
         <x:v>J101 BMW</x:v>
       </x:c>
       <x:c r="C830" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D830" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E830" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:44</x:v>
+        <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="831">
       <x:c r="A831" s="3" t="str">
         <x:v>826</x:v>
       </x:c>
       <x:c r="B831" s="3" t="str">
         <x:v>JBO 8H</x:v>
       </x:c>
       <x:c r="C831" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D831" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£530.00</x:v>
       </x:c>
       <x:c r="E831" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:45</x:v>
       </x:c>
     </x:row>
     <x:row r="832">
       <x:c r="A832" s="3" t="str">
         <x:v>827</x:v>
       </x:c>
       <x:c r="B832" s="3" t="str">
         <x:v>458 JC</x:v>
       </x:c>
       <x:c r="C832" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D832" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,010.00</x:v>
       </x:c>
       <x:c r="E832" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:45</x:v>
       </x:c>
     </x:row>
     <x:row r="833">
       <x:c r="A833" s="3" t="str">
         <x:v>828</x:v>
       </x:c>
       <x:c r="B833" s="3" t="str">
         <x:v>2025 JC</x:v>
       </x:c>
       <x:c r="C833" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D833" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E833" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:45</x:v>
+        <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="834">
       <x:c r="A834" s="3" t="str">
         <x:v>829</x:v>
       </x:c>
       <x:c r="B834" s="3" t="str">
         <x:v>J351 CAC</x:v>
       </x:c>
       <x:c r="C834" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D834" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E834" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:45</x:v>
+        <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="835">
       <x:c r="A835" s="3" t="str">
         <x:v>830</x:v>
       </x:c>
       <x:c r="B835" s="3" t="str">
         <x:v>812 JCC</x:v>
       </x:c>
       <x:c r="C835" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D835" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,140.00</x:v>
       </x:c>
       <x:c r="E835" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:45</x:v>
+        <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="836">
       <x:c r="A836" s="3" t="str">
         <x:v>831</x:v>
       </x:c>
       <x:c r="B836" s="3" t="str">
         <x:v>JCP 57A</x:v>
       </x:c>
       <x:c r="C836" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D836" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E836" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:46</x:v>
       </x:c>
     </x:row>
     <x:row r="837">
       <x:c r="A837" s="3" t="str">
         <x:v>832</x:v>
       </x:c>
       <x:c r="B837" s="3" t="str">
         <x:v>JCW 22J</x:v>
       </x:c>
       <x:c r="C837" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D837" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E837" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:46</x:v>
       </x:c>
     </x:row>
     <x:row r="838">
       <x:c r="A838" s="3" t="str">
         <x:v>833</x:v>
       </x:c>
       <x:c r="B838" s="3" t="str">
         <x:v>303 JD</x:v>
       </x:c>
       <x:c r="C838" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D838" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,910.00</x:v>
       </x:c>
       <x:c r="E838" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:46</x:v>
+        <x:v>Tue 17 Feb 2026 14:02</x:v>
       </x:c>
     </x:row>
     <x:row r="839">
       <x:c r="A839" s="3" t="str">
         <x:v>834</x:v>
       </x:c>
       <x:c r="B839" s="3" t="str">
         <x:v>2025 JD</x:v>
       </x:c>
       <x:c r="C839" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D839" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E839" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:46</x:v>
+        <x:v>Tue 17 Feb 2026 14:15</x:v>
       </x:c>
     </x:row>
     <x:row r="840">
       <x:c r="A840" s="3" t="str">
         <x:v>835</x:v>
       </x:c>
       <x:c r="B840" s="3" t="str">
         <x:v>JDA 12T</x:v>
       </x:c>
       <x:c r="C840" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D840" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E840" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:46</x:v>
+        <x:v>Tue 17 Feb 2026 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="841">
       <x:c r="A841" s="3" t="str">
         <x:v>836</x:v>
       </x:c>
       <x:c r="B841" s="3" t="str">
         <x:v>133 JDG</x:v>
       </x:c>
       <x:c r="C841" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D841" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E841" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:47</x:v>
       </x:c>
     </x:row>
     <x:row r="842">
       <x:c r="A842" s="3" t="str">
         <x:v>837</x:v>
       </x:c>
       <x:c r="B842" s="3" t="str">
         <x:v>J510 DGE</x:v>
       </x:c>
       <x:c r="C842" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D842" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E842" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:47</x:v>
       </x:c>
     </x:row>
     <x:row r="843">
       <x:c r="A843" s="3" t="str">
         <x:v>838</x:v>
       </x:c>
       <x:c r="B843" s="3" t="str">
         <x:v>JDH 96S</x:v>
       </x:c>
       <x:c r="C843" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D843" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E843" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:47</x:v>
+        <x:v>Tue 17 Feb 2026 14:31</x:v>
       </x:c>
     </x:row>
     <x:row r="844">
       <x:c r="A844" s="3" t="str">
         <x:v>839</x:v>
       </x:c>
       <x:c r="B844" s="3" t="str">
         <x:v>J41 DLH</x:v>
       </x:c>
       <x:c r="C844" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D844" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E844" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:47</x:v>
       </x:c>
     </x:row>
     <x:row r="845">
       <x:c r="A845" s="3" t="str">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B845" s="3" t="str">
         <x:v>14 JDN</x:v>
       </x:c>
       <x:c r="C845" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D845" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E845" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:47</x:v>
       </x:c>
     </x:row>
     <x:row r="846">
       <x:c r="A846" s="3" t="str">
         <x:v>841</x:v>
       </x:c>
       <x:c r="B846" s="3" t="str">
         <x:v>89 JDP</x:v>
       </x:c>
       <x:c r="C846" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D846" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,320.00</x:v>
       </x:c>
       <x:c r="E846" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:48</x:v>
       </x:c>
     </x:row>
     <x:row r="847">
       <x:c r="A847" s="3" t="str">
         <x:v>842</x:v>
       </x:c>
       <x:c r="B847" s="3" t="str">
         <x:v>JDV 417S</x:v>
       </x:c>
       <x:c r="C847" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D847" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E847" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:48</x:v>
       </x:c>
     </x:row>
     <x:row r="848">
       <x:c r="A848" s="3" t="str">
         <x:v>843</x:v>
       </x:c>
       <x:c r="B848" s="3" t="str">
         <x:v>78 JED</x:v>
       </x:c>
       <x:c r="C848" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D848" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E848" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:48</x:v>
       </x:c>
     </x:row>
     <x:row r="849">
       <x:c r="A849" s="3" t="str">
         <x:v>844</x:v>
       </x:c>
       <x:c r="B849" s="3" t="str">
         <x:v>JED 69R</x:v>
       </x:c>
       <x:c r="C849" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D849" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E849" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:48</x:v>
+        <x:v>Tue 17 Feb 2026 14:24</x:v>
       </x:c>
     </x:row>
     <x:row r="850">
       <x:c r="A850" s="3" t="str">
         <x:v>845</x:v>
       </x:c>
       <x:c r="B850" s="3" t="str">
         <x:v>JEN 511N</x:v>
       </x:c>
       <x:c r="C850" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D850" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E850" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:48</x:v>
+        <x:v>Tue 17 Feb 2026 14:11</x:v>
       </x:c>
     </x:row>
     <x:row r="851">
       <x:c r="A851" s="3" t="str">
         <x:v>846</x:v>
       </x:c>
       <x:c r="B851" s="3" t="str">
         <x:v>JE23 NNA</x:v>
       </x:c>
       <x:c r="C851" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D851" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E851" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:49</x:v>
+        <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="852">
       <x:c r="A852" s="3" t="str">
         <x:v>847</x:v>
       </x:c>
       <x:c r="B852" s="3" t="str">
         <x:v>J57 ERN</x:v>
       </x:c>
       <x:c r="C852" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D852" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,180.00</x:v>
       </x:c>
       <x:c r="E852" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:49</x:v>
+        <x:v>Tue 17 Feb 2026 16:03</x:v>
       </x:c>
     </x:row>
     <x:row r="853">
       <x:c r="A853" s="3" t="str">
         <x:v>848</x:v>
       </x:c>
       <x:c r="B853" s="3" t="str">
         <x:v>JE55 SEN</x:v>
       </x:c>
       <x:c r="C853" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D853" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E853" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:49</x:v>
+        <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="854">
       <x:c r="A854" s="3" t="str">
         <x:v>849</x:v>
       </x:c>
       <x:c r="B854" s="3" t="str">
         <x:v>616 JF</x:v>
       </x:c>
       <x:c r="C854" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D854" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,000.00</x:v>
       </x:c>
       <x:c r="E854" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:49</x:v>
       </x:c>
     </x:row>
     <x:row r="855">
       <x:c r="A855" s="3" t="str">
         <x:v>850</x:v>
       </x:c>
       <x:c r="B855" s="3" t="str">
         <x:v>JFH 411A</x:v>
       </x:c>
       <x:c r="C855" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D855" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E855" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:49</x:v>
       </x:c>
     </x:row>
     <x:row r="856">
       <x:c r="A856" s="3" t="str">
         <x:v>851</x:v>
       </x:c>
       <x:c r="B856" s="3" t="str">
         <x:v>JFU 116R</x:v>
       </x:c>
       <x:c r="C856" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D856" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,930.00</x:v>
       </x:c>
       <x:c r="E856" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:50</x:v>
       </x:c>
     </x:row>
     <x:row r="857">
       <x:c r="A857" s="3" t="str">
         <x:v>852</x:v>
       </x:c>
       <x:c r="B857" s="3" t="str">
         <x:v>JHA 1G</x:v>
       </x:c>
       <x:c r="C857" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D857" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,690.00</x:v>
       </x:c>
       <x:c r="E857" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:50</x:v>
+        <x:v>Tue 17 Feb 2026 14:49</x:v>
       </x:c>
     </x:row>
     <x:row r="858">
       <x:c r="A858" s="3" t="str">
         <x:v>853</x:v>
       </x:c>
       <x:c r="B858" s="3" t="str">
         <x:v>J35 HAN</x:v>
       </x:c>
       <x:c r="C858" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D858" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E858" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:50</x:v>
+        <x:v>Tue 17 Feb 2026 13:58</x:v>
       </x:c>
     </x:row>
     <x:row r="859">
       <x:c r="A859" s="3" t="str">
         <x:v>854</x:v>
       </x:c>
       <x:c r="B859" s="3" t="str">
         <x:v>J47 HUB</x:v>
       </x:c>
       <x:c r="C859" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D859" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E859" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:50</x:v>
       </x:c>
     </x:row>
     <x:row r="860">
       <x:c r="A860" s="3" t="str">
         <x:v>855</x:v>
       </x:c>
       <x:c r="B860" s="3" t="str">
         <x:v>JHU 76H</x:v>
       </x:c>
       <x:c r="C860" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D860" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E860" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:50</x:v>
       </x:c>
     </x:row>
     <x:row r="861">
       <x:c r="A861" s="3" t="str">
         <x:v>856</x:v>
       </x:c>
       <x:c r="B861" s="3" t="str">
         <x:v>JIB 8357</x:v>
       </x:c>
       <x:c r="C861" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D861" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E861" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="862">
       <x:c r="A862" s="3" t="str">
         <x:v>857</x:v>
       </x:c>
       <x:c r="B862" s="3" t="str">
         <x:v>JIL 875</x:v>
       </x:c>
       <x:c r="C862" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D862" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£750.00</x:v>
       </x:c>
       <x:c r="E862" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="863">
       <x:c r="A863" s="3" t="str">
         <x:v>858</x:v>
       </x:c>
       <x:c r="B863" s="3" t="str">
         <x:v>JJI 76</x:v>
       </x:c>
       <x:c r="C863" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D863" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,020.00</x:v>
       </x:c>
       <x:c r="E863" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:51</x:v>
+        <x:v>Tue 17 Feb 2026 14:19</x:v>
       </x:c>
     </x:row>
     <x:row r="864">
       <x:c r="A864" s="3" t="str">
         <x:v>859</x:v>
       </x:c>
       <x:c r="B864" s="3" t="str">
         <x:v>293 JJM</x:v>
       </x:c>
       <x:c r="C864" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D864" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E864" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:51</x:v>
       </x:c>
     </x:row>
     <x:row r="865">
       <x:c r="A865" s="3" t="str">
         <x:v>860</x:v>
       </x:c>
       <x:c r="B865" s="3" t="str">
         <x:v>JJM 80Y</x:v>
       </x:c>
       <x:c r="C865" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D865" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,450.00</x:v>
       </x:c>
       <x:c r="E865" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:51</x:v>
+        <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="866">
       <x:c r="A866" s="3" t="str">
         <x:v>861</x:v>
       </x:c>
       <x:c r="B866" s="3" t="str">
         <x:v>JJR 624B</x:v>
       </x:c>
       <x:c r="C866" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D866" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E866" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="867">
       <x:c r="A867" s="3" t="str">
         <x:v>862</x:v>
       </x:c>
       <x:c r="B867" s="3" t="str">
         <x:v>J355 KKA</x:v>
       </x:c>
       <x:c r="C867" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D867" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E867" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="868">
       <x:c r="A868" s="3" t="str">
         <x:v>863</x:v>
       </x:c>
       <x:c r="B868" s="3" t="str">
         <x:v>JKR 80Y</x:v>
       </x:c>
       <x:c r="C868" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D868" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,500.00</x:v>
       </x:c>
       <x:c r="E868" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:52</x:v>
+        <x:v>Tue 17 Feb 2026 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="869">
       <x:c r="A869" s="3" t="str">
         <x:v>864</x:v>
       </x:c>
       <x:c r="B869" s="3" t="str">
         <x:v>458 JL</x:v>
       </x:c>
       <x:c r="C869" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D869" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,310.00</x:v>
       </x:c>
       <x:c r="E869" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:52</x:v>
+        <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="870">
       <x:c r="A870" s="3" t="str">
         <x:v>865</x:v>
       </x:c>
       <x:c r="B870" s="3" t="str">
         <x:v>J166 LES</x:v>
       </x:c>
       <x:c r="C870" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D870" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£920.00</x:v>
       </x:c>
       <x:c r="E870" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:52</x:v>
       </x:c>
     </x:row>
     <x:row r="871">
       <x:c r="A871" s="3" t="str">
         <x:v>866</x:v>
       </x:c>
       <x:c r="B871" s="3" t="str">
         <x:v>104 JM</x:v>
       </x:c>
       <x:c r="C871" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D871" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,910.00</x:v>
       </x:c>
       <x:c r="E871" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:53</x:v>
+        <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="872">
       <x:c r="A872" s="3" t="str">
         <x:v>867</x:v>
       </x:c>
       <x:c r="B872" s="3" t="str">
         <x:v>JMB 20V</x:v>
       </x:c>
       <x:c r="C872" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D872" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E872" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:53</x:v>
+        <x:v>Tue 17 Feb 2026 14:25</x:v>
       </x:c>
     </x:row>
     <x:row r="873">
       <x:c r="A873" s="3" t="str">
         <x:v>868</x:v>
       </x:c>
       <x:c r="B873" s="3" t="str">
         <x:v>JMC 84X</x:v>
       </x:c>
       <x:c r="C873" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D873" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E873" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:53</x:v>
+        <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="874">
       <x:c r="A874" s="3" t="str">
         <x:v>869</x:v>
       </x:c>
       <x:c r="B874" s="3" t="str">
         <x:v>J774 MES</x:v>
       </x:c>
       <x:c r="C874" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D874" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,060.00</x:v>
       </x:c>
       <x:c r="E874" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:53</x:v>
+        <x:v>Tue 17 Feb 2026 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="875">
       <x:c r="A875" s="3" t="str">
         <x:v>870</x:v>
       </x:c>
       <x:c r="B875" s="3" t="str">
         <x:v>JMG 96X</x:v>
       </x:c>
       <x:c r="C875" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D875" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E875" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:53</x:v>
+        <x:v>Tue 17 Feb 2026 14:15</x:v>
       </x:c>
     </x:row>
     <x:row r="876">
       <x:c r="A876" s="3" t="str">
         <x:v>871</x:v>
       </x:c>
       <x:c r="B876" s="3" t="str">
         <x:v>47 JMO</x:v>
       </x:c>
       <x:c r="C876" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D876" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E876" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="877">
       <x:c r="A877" s="3" t="str">
         <x:v>872</x:v>
       </x:c>
       <x:c r="B877" s="3" t="str">
         <x:v>J201 MYB</x:v>
       </x:c>
       <x:c r="C877" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D877" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E877" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:54</x:v>
       </x:c>
     </x:row>
     <x:row r="878">
       <x:c r="A878" s="3" t="str">
         <x:v>873</x:v>
       </x:c>
       <x:c r="B878" s="3" t="str">
         <x:v>JMZ 80</x:v>
       </x:c>
       <x:c r="C878" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D878" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,760.00</x:v>
       </x:c>
       <x:c r="E878" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:54</x:v>
+        <x:v>Tue 17 Feb 2026 14:47</x:v>
       </x:c>
     </x:row>
     <x:row r="879">
       <x:c r="A879" s="3" t="str">
         <x:v>874</x:v>
       </x:c>
       <x:c r="B879" s="3" t="str">
         <x:v>6600 JN</x:v>
       </x:c>
       <x:c r="C879" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D879" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,460.00</x:v>
       </x:c>
       <x:c r="E879" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:54</x:v>
+        <x:v>Tue 17 Feb 2026 14:09</x:v>
       </x:c>
     </x:row>
     <x:row r="880">
       <x:c r="A880" s="3" t="str">
         <x:v>875</x:v>
       </x:c>
       <x:c r="B880" s="3" t="str">
         <x:v>J74 NAN</x:v>
       </x:c>
       <x:c r="C880" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D880" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E880" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:54</x:v>
+        <x:v>Tue 17 Feb 2026 14:40</x:v>
       </x:c>
     </x:row>
     <x:row r="881">
       <x:c r="A881" s="3" t="str">
         <x:v>876</x:v>
       </x:c>
       <x:c r="B881" s="3" t="str">
         <x:v>J64 NES</x:v>
       </x:c>
       <x:c r="C881" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D881" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E881" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="882">
       <x:c r="A882" s="3" t="str">
         <x:v>877</x:v>
       </x:c>
       <x:c r="B882" s="3" t="str">
         <x:v>J97 NNY</x:v>
       </x:c>
       <x:c r="C882" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D882" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E882" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:55</x:v>
+        <x:v>Tue 17 Feb 2026 14:16</x:v>
       </x:c>
     </x:row>
     <x:row r="883">
       <x:c r="A883" s="3" t="str">
         <x:v>878</x:v>
       </x:c>
       <x:c r="B883" s="3" t="str">
         <x:v>JOD 96Y</x:v>
       </x:c>
       <x:c r="C883" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D883" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E883" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:55</x:v>
+        <x:v>Tue 17 Feb 2026 14:09</x:v>
       </x:c>
     </x:row>
     <x:row r="884">
       <x:c r="A884" s="3" t="str">
         <x:v>879</x:v>
       </x:c>
       <x:c r="B884" s="3" t="str">
         <x:v>JOE 509H</x:v>
       </x:c>
       <x:c r="C884" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D884" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E884" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:55</x:v>
       </x:c>
     </x:row>
     <x:row r="885">
       <x:c r="A885" s="3" t="str">
         <x:v>880</x:v>
       </x:c>
       <x:c r="B885" s="3" t="str">
         <x:v>JOE 20M</x:v>
       </x:c>
       <x:c r="C885" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D885" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E885" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:55</x:v>
+        <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="886">
       <x:c r="A886" s="3" t="str">
         <x:v>881</x:v>
       </x:c>
       <x:c r="B886" s="3" t="str">
         <x:v>JO75 EPH</x:v>
       </x:c>
       <x:c r="C886" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D886" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E886" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:56</x:v>
+        <x:v>Tue 17 Feb 2026 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="887">
       <x:c r="A887" s="3" t="str">
         <x:v>882</x:v>
       </x:c>
       <x:c r="B887" s="3" t="str">
         <x:v>JOH 4B</x:v>
       </x:c>
       <x:c r="C887" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D887" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E887" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:56</x:v>
+        <x:v>Tue 17 Feb 2026 14:14</x:v>
       </x:c>
     </x:row>
     <x:row r="888">
       <x:c r="A888" s="3" t="str">
         <x:v>883</x:v>
       </x:c>
       <x:c r="B888" s="3" t="str">
         <x:v>JOL 10F</x:v>
       </x:c>
       <x:c r="C888" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D888" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E888" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:56</x:v>
+        <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="889">
       <x:c r="A889" s="3" t="str">
         <x:v>884</x:v>
       </x:c>
       <x:c r="B889" s="3" t="str">
         <x:v>JOO 3L</x:v>
       </x:c>
       <x:c r="C889" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D889" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E889" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:56</x:v>
+        <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="890">
       <x:c r="A890" s="3" t="str">
         <x:v>885</x:v>
       </x:c>
       <x:c r="B890" s="3" t="str">
         <x:v>J96 ORD</x:v>
       </x:c>
       <x:c r="C890" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D890" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,020.00</x:v>
       </x:c>
       <x:c r="E890" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:56</x:v>
       </x:c>
     </x:row>
     <x:row r="891">
       <x:c r="A891" s="3" t="str">
         <x:v>886</x:v>
       </x:c>
       <x:c r="B891" s="3" t="str">
         <x:v>JOR 111S</x:v>
       </x:c>
       <x:c r="C891" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D891" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,100.00</x:v>
       </x:c>
       <x:c r="E891" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:57</x:v>
       </x:c>
     </x:row>
     <x:row r="892">
       <x:c r="A892" s="3" t="str">
         <x:v>887</x:v>
       </x:c>
       <x:c r="B892" s="3" t="str">
         <x:v>J72 OSH</x:v>
       </x:c>
       <x:c r="C892" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D892" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E892" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:57</x:v>
+        <x:v>Tue 17 Feb 2026 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="893">
       <x:c r="A893" s="3" t="str">
         <x:v>888</x:v>
       </x:c>
       <x:c r="B893" s="3" t="str">
         <x:v>J46 OWE</x:v>
       </x:c>
       <x:c r="C893" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D893" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E893" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:57</x:v>
       </x:c>
     </x:row>
     <x:row r="894">
       <x:c r="A894" s="3" t="str">
         <x:v>889</x:v>
       </x:c>
       <x:c r="B894" s="3" t="str">
         <x:v>JOY 7B</x:v>
       </x:c>
       <x:c r="C894" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D894" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,760.00</x:v>
       </x:c>
       <x:c r="E894" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:57</x:v>
+        <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="895">
       <x:c r="A895" s="3" t="str">
         <x:v>890</x:v>
       </x:c>
       <x:c r="B895" s="3" t="str">
         <x:v>1948 JP</x:v>
       </x:c>
       <x:c r="C895" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D895" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E895" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:57</x:v>
       </x:c>
     </x:row>
     <x:row r="896">
       <x:c r="A896" s="3" t="str">
         <x:v>891</x:v>
       </x:c>
       <x:c r="B896" s="3" t="str">
         <x:v>JPA 11L</x:v>
       </x:c>
       <x:c r="C896" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D896" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,890.00</x:v>
       </x:c>
       <x:c r="E896" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:58</x:v>
+        <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="897">
       <x:c r="A897" s="3" t="str">
         <x:v>892</x:v>
       </x:c>
       <x:c r="B897" s="3" t="str">
         <x:v>JPH 1F</x:v>
       </x:c>
       <x:c r="C897" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D897" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,310.00</x:v>
       </x:c>
       <x:c r="E897" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:58</x:v>
       </x:c>
     </x:row>
     <x:row r="898">
       <x:c r="A898" s="3" t="str">
         <x:v>893</x:v>
       </x:c>
       <x:c r="B898" s="3" t="str">
         <x:v>31 JPM</x:v>
       </x:c>
       <x:c r="C898" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D898" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,630.00</x:v>
       </x:c>
       <x:c r="E898" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:58</x:v>
+        <x:v>Tue 17 Feb 2026 15:38</x:v>
       </x:c>
     </x:row>
     <x:row r="899">
       <x:c r="A899" s="3" t="str">
         <x:v>894</x:v>
       </x:c>
       <x:c r="B899" s="3" t="str">
         <x:v>14 JPN</x:v>
       </x:c>
       <x:c r="C899" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D899" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,020.00</x:v>
       </x:c>
       <x:c r="E899" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:58</x:v>
+        <x:v>Tue 17 Feb 2026 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="900">
       <x:c r="A900" s="3" t="str">
         <x:v>895</x:v>
       </x:c>
       <x:c r="B900" s="3" t="str">
         <x:v>710 JR</x:v>
       </x:c>
       <x:c r="C900" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D900" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,810.00</x:v>
       </x:c>
       <x:c r="E900" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:58</x:v>
+        <x:v>Tue 17 Feb 2026 14:48</x:v>
       </x:c>
     </x:row>
     <x:row r="901">
       <x:c r="A901" s="3" t="str">
         <x:v>896</x:v>
       </x:c>
       <x:c r="B901" s="3" t="str">
         <x:v>1956 JR</x:v>
       </x:c>
       <x:c r="C901" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D901" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E901" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:59</x:v>
       </x:c>
     </x:row>
     <x:row r="902">
       <x:c r="A902" s="3" t="str">
         <x:v>897</x:v>
       </x:c>
       <x:c r="B902" s="3" t="str">
         <x:v>J85 RAJ</x:v>
       </x:c>
       <x:c r="C902" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D902" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,900.00</x:v>
       </x:c>
       <x:c r="E902" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:59</x:v>
+        <x:v>Tue 17 Feb 2026 14:38</x:v>
       </x:c>
     </x:row>
     <x:row r="903">
       <x:c r="A903" s="3" t="str">
         <x:v>898</x:v>
       </x:c>
       <x:c r="B903" s="3" t="str">
         <x:v>515 JRD</x:v>
       </x:c>
       <x:c r="C903" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D903" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E903" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:59</x:v>
       </x:c>
     </x:row>
     <x:row r="904">
       <x:c r="A904" s="3" t="str">
         <x:v>899</x:v>
       </x:c>
       <x:c r="B904" s="3" t="str">
         <x:v>JRD 3M</x:v>
       </x:c>
       <x:c r="C904" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D904" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E904" s="3" t="str">
         <x:v>Tue 17 Feb 2026 13:59</x:v>
       </x:c>
     </x:row>
     <x:row r="905">
       <x:c r="A905" s="3" t="str">
         <x:v>900</x:v>
       </x:c>
       <x:c r="B905" s="3" t="str">
         <x:v>77 JRH</x:v>
       </x:c>
       <x:c r="C905" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D905" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,020.00</x:v>
       </x:c>
       <x:c r="E905" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 13:59</x:v>
+        <x:v>Tue 17 Feb 2026 15:15</x:v>
       </x:c>
     </x:row>
     <x:row r="906">
       <x:c r="A906" s="3" t="str">
         <x:v>901</x:v>
       </x:c>
       <x:c r="B906" s="3" t="str">
         <x:v>JRM 11T</x:v>
       </x:c>
       <x:c r="C906" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D906" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£650.00</x:v>
       </x:c>
       <x:c r="E906" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:00</x:v>
+        <x:v>Tue 17 Feb 2026 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="907">
       <x:c r="A907" s="3" t="str">
         <x:v>902</x:v>
       </x:c>
       <x:c r="B907" s="3" t="str">
         <x:v>JRW 111L</x:v>
       </x:c>
       <x:c r="C907" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D907" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£570.00</x:v>
       </x:c>
       <x:c r="E907" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:00</x:v>
+        <x:v>Tue 17 Feb 2026 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="908">
       <x:c r="A908" s="3" t="str">
         <x:v>903</x:v>
       </x:c>
       <x:c r="B908" s="3" t="str">
         <x:v>102 JS</x:v>
       </x:c>
       <x:c r="C908" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D908" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,620.00</x:v>
       </x:c>
       <x:c r="E908" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:00</x:v>
+        <x:v>Tue 17 Feb 2026 22:49</x:v>
       </x:c>
     </x:row>
     <x:row r="909">
       <x:c r="A909" s="3" t="str">
         <x:v>904</x:v>
       </x:c>
       <x:c r="B909" s="3" t="str">
         <x:v>99 JSC</x:v>
       </x:c>
       <x:c r="C909" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D909" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,420.00</x:v>
       </x:c>
       <x:c r="E909" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:00</x:v>
+        <x:v>Tue 17 Feb 2026 14:39</x:v>
       </x:c>
     </x:row>
     <x:row r="910">
       <x:c r="A910" s="3" t="str">
         <x:v>905</x:v>
       </x:c>
       <x:c r="B910" s="3" t="str">
         <x:v>J41 SCO</x:v>
       </x:c>
       <x:c r="C910" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D910" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£380.00</x:v>
       </x:c>
       <x:c r="E910" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:00</x:v>
+        <x:v>Tue 17 Feb 2026 14:25</x:v>
       </x:c>
     </x:row>
     <x:row r="911">
       <x:c r="A911" s="3" t="str">
         <x:v>906</x:v>
       </x:c>
       <x:c r="B911" s="3" t="str">
         <x:v>23 JSG</x:v>
       </x:c>
       <x:c r="C911" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D911" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,010.00</x:v>
       </x:c>
       <x:c r="E911" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="912">
       <x:c r="A912" s="3" t="str">
         <x:v>907</x:v>
       </x:c>
       <x:c r="B912" s="3" t="str">
         <x:v>JSH 4J</x:v>
       </x:c>
       <x:c r="C912" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D912" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E912" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:01</x:v>
       </x:c>
     </x:row>
     <x:row r="913">
       <x:c r="A913" s="3" t="str">
         <x:v>908</x:v>
       </x:c>
       <x:c r="B913" s="3" t="str">
         <x:v>24 JSM</x:v>
       </x:c>
       <x:c r="C913" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D913" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,110.00</x:v>
       </x:c>
       <x:c r="E913" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:01</x:v>
+        <x:v>Tue 17 Feb 2026 16:19</x:v>
       </x:c>
     </x:row>
     <x:row r="914">
       <x:c r="A914" s="3" t="str">
         <x:v>909</x:v>
       </x:c>
       <x:c r="B914" s="3" t="str">
         <x:v>JSM 441L</x:v>
       </x:c>
       <x:c r="C914" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D914" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E914" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="915">
       <x:c r="A915" s="3" t="str">
         <x:v>910</x:v>
       </x:c>
       <x:c r="B915" s="3" t="str">
         <x:v>25 JSP</x:v>
       </x:c>
       <x:c r="C915" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D915" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,160.00</x:v>
       </x:c>
       <x:c r="E915" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:01</x:v>
+        <x:v>Tue 17 Feb 2026 14:32</x:v>
       </x:c>
     </x:row>
     <x:row r="916">
       <x:c r="A916" s="3" t="str">
         <x:v>911</x:v>
       </x:c>
       <x:c r="B916" s="3" t="str">
         <x:v>26 JSR</x:v>
       </x:c>
       <x:c r="C916" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D916" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,410.00</x:v>
       </x:c>
       <x:c r="E916" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:08</x:v>
       </x:c>
     </x:row>
     <x:row r="917">
       <x:c r="A917" s="3" t="str">
         <x:v>912</x:v>
       </x:c>
       <x:c r="B917" s="3" t="str">
         <x:v>90 JSS</x:v>
       </x:c>
       <x:c r="C917" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D917" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,110.00</x:v>
       </x:c>
       <x:c r="E917" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:22</x:v>
       </x:c>
     </x:row>
     <x:row r="918">
       <x:c r="A918" s="3" t="str">
         <x:v>913</x:v>
       </x:c>
       <x:c r="B918" s="3" t="str">
         <x:v>J32 STU</x:v>
       </x:c>
       <x:c r="C918" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D918" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E918" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:02</x:v>
       </x:c>
     </x:row>
     <x:row r="919">
       <x:c r="A919" s="3" t="str">
         <x:v>914</x:v>
       </x:c>
       <x:c r="B919" s="3" t="str">
         <x:v>J37 SYD</x:v>
       </x:c>
       <x:c r="C919" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D919" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E919" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:02</x:v>
+        <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="920">
       <x:c r="A920" s="3" t="str">
         <x:v>915</x:v>
       </x:c>
       <x:c r="B920" s="3" t="str">
         <x:v>JSZ 5</x:v>
       </x:c>
       <x:c r="C920" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D920" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,260.00</x:v>
       </x:c>
       <x:c r="E920" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:02</x:v>
+        <x:v>Tue 17 Feb 2026 19:10</x:v>
       </x:c>
     </x:row>
     <x:row r="921">
       <x:c r="A921" s="3" t="str">
         <x:v>916</x:v>
       </x:c>
       <x:c r="B921" s="3" t="str">
         <x:v>J89 THO</x:v>
       </x:c>
       <x:c r="C921" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D921" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£400.00</x:v>
       </x:c>
       <x:c r="E921" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:03</x:v>
       </x:c>
     </x:row>
     <x:row r="922">
       <x:c r="A922" s="3" t="str">
         <x:v>917</x:v>
       </x:c>
       <x:c r="B922" s="3" t="str">
         <x:v>J97 UDE</x:v>
       </x:c>
       <x:c r="C922" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D922" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£920.00</x:v>
       </x:c>
       <x:c r="E922" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:03</x:v>
+        <x:v>Tue 17 Feb 2026 15:45</x:v>
       </x:c>
     </x:row>
     <x:row r="923">
       <x:c r="A923" s="3" t="str">
         <x:v>918</x:v>
       </x:c>
       <x:c r="B923" s="3" t="str">
         <x:v>JUD 2E</x:v>
       </x:c>
       <x:c r="C923" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D923" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,530.00</x:v>
       </x:c>
       <x:c r="E923" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:03</x:v>
+        <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="924">
       <x:c r="A924" s="3" t="str">
         <x:v>919</x:v>
       </x:c>
       <x:c r="B924" s="3" t="str">
         <x:v>JUM 411A</x:v>
       </x:c>
       <x:c r="C924" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D924" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E924" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:03</x:v>
       </x:c>
     </x:row>
     <x:row r="925">
       <x:c r="A925" s="3" t="str">
         <x:v>920</x:v>
       </x:c>
       <x:c r="B925" s="3" t="str">
         <x:v>JUS 1P</x:v>
       </x:c>
       <x:c r="C925" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D925" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,500.00</x:v>
       </x:c>
       <x:c r="E925" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:03</x:v>
+        <x:v>Tue 17 Feb 2026 14:48</x:v>
       </x:c>
     </x:row>
     <x:row r="926">
       <x:c r="A926" s="3" t="str">
         <x:v>921</x:v>
       </x:c>
       <x:c r="B926" s="3" t="str">
         <x:v>JUT 5S</x:v>
       </x:c>
       <x:c r="C926" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D926" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,520.00</x:v>
       </x:c>
       <x:c r="E926" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:04</x:v>
+        <x:v>Tue 17 Feb 2026 15:20</x:v>
       </x:c>
     </x:row>
     <x:row r="927">
       <x:c r="A927" s="3" t="str">
         <x:v>922</x:v>
       </x:c>
       <x:c r="B927" s="3" t="str">
         <x:v>J37 VEE</x:v>
       </x:c>
       <x:c r="C927" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D927" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E927" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:04</x:v>
       </x:c>
     </x:row>
     <x:row r="928">
       <x:c r="A928" s="3" t="str">
         <x:v>923</x:v>
       </x:c>
       <x:c r="B928" s="3" t="str">
         <x:v>J833 VER</x:v>
       </x:c>
       <x:c r="C928" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D928" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£400.00</x:v>
       </x:c>
       <x:c r="E928" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:04</x:v>
+        <x:v>Tue 17 Feb 2026 15:12</x:v>
       </x:c>
     </x:row>
     <x:row r="929">
       <x:c r="A929" s="3" t="str">
         <x:v>924</x:v>
       </x:c>
       <x:c r="B929" s="3" t="str">
         <x:v>JWF 8X</x:v>
       </x:c>
       <x:c r="C929" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D929" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E929" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:04</x:v>
+        <x:v>Tue 17 Feb 2026 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="930">
       <x:c r="A930" s="3" t="str">
         <x:v>925</x:v>
       </x:c>
       <x:c r="B930" s="3" t="str">
         <x:v>12 JWW</x:v>
       </x:c>
       <x:c r="C930" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D930" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E930" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:04</x:v>
+        <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="931">
       <x:c r="A931" s="3" t="str">
         <x:v>926</x:v>
       </x:c>
       <x:c r="B931" s="3" t="str">
         <x:v>6 JXT</x:v>
       </x:c>
       <x:c r="C931" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D931" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,900.00</x:v>
       </x:c>
       <x:c r="E931" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:05</x:v>
+        <x:v>Tue 17 Feb 2026 16:47</x:v>
       </x:c>
     </x:row>
     <x:row r="932">
       <x:c r="A932" s="3" t="str">
         <x:v>927</x:v>
       </x:c>
       <x:c r="B932" s="3" t="str">
         <x:v>J41 YAX</x:v>
       </x:c>
       <x:c r="C932" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D932" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E932" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:05</x:v>
+        <x:v>Tue 17 Feb 2026 14:45</x:v>
       </x:c>
     </x:row>
     <x:row r="933">
       <x:c r="A933" s="3" t="str">
         <x:v>928</x:v>
       </x:c>
       <x:c r="B933" s="3" t="str">
         <x:v>KAK 1X</x:v>
       </x:c>
       <x:c r="C933" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D933" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E933" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:05</x:v>
+        <x:v>Tue 17 Feb 2026 15:02</x:v>
       </x:c>
     </x:row>
     <x:row r="934">
       <x:c r="A934" s="3" t="str">
         <x:v>929</x:v>
       </x:c>
       <x:c r="B934" s="3" t="str">
         <x:v>42 KAM</x:v>
       </x:c>
       <x:c r="C934" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D934" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,280.00</x:v>
       </x:c>
       <x:c r="E934" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:05</x:v>
       </x:c>
     </x:row>
     <x:row r="935">
       <x:c r="A935" s="3" t="str">
         <x:v>930</x:v>
       </x:c>
       <x:c r="B935" s="3" t="str">
         <x:v>KAM 81G</x:v>
       </x:c>
       <x:c r="C935" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D935" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E935" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:05</x:v>
+        <x:v>Tue 17 Feb 2026 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="936">
       <x:c r="A936" s="3" t="str">
         <x:v>931</x:v>
       </x:c>
       <x:c r="B936" s="3" t="str">
         <x:v>KAM 119L</x:v>
       </x:c>
       <x:c r="C936" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D936" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E936" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:06</x:v>
+        <x:v>Tue 17 Feb 2026 14:39</x:v>
       </x:c>
     </x:row>
     <x:row r="937">
       <x:c r="A937" s="3" t="str">
         <x:v>932</x:v>
       </x:c>
       <x:c r="B937" s="3" t="str">
         <x:v>KAR 15J</x:v>
       </x:c>
       <x:c r="C937" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D937" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E937" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:06</x:v>
       </x:c>
     </x:row>
     <x:row r="938">
       <x:c r="A938" s="3" t="str">
         <x:v>933</x:v>
       </x:c>
       <x:c r="B938" s="3" t="str">
         <x:v>KAR 100M</x:v>
       </x:c>
       <x:c r="C938" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D938" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E938" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:06</x:v>
       </x:c>
     </x:row>
     <x:row r="939">
       <x:c r="A939" s="3" t="str">
         <x:v>934</x:v>
       </x:c>
       <x:c r="B939" s="3" t="str">
         <x:v>KAT 411A</x:v>
       </x:c>
       <x:c r="C939" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D939" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,180.00</x:v>
       </x:c>
       <x:c r="E939" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:06</x:v>
+        <x:v>Tue 17 Feb 2026 18:14</x:v>
       </x:c>
     </x:row>
     <x:row r="940">
       <x:c r="A940" s="3" t="str">
         <x:v>935</x:v>
       </x:c>
       <x:c r="B940" s="3" t="str">
         <x:v>KAT 72H</x:v>
       </x:c>
       <x:c r="C940" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D940" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E940" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:06</x:v>
+        <x:v>Tue 17 Feb 2026 18:20</x:v>
       </x:c>
     </x:row>
     <x:row r="941">
       <x:c r="A941" s="3" t="str">
         <x:v>936</x:v>
       </x:c>
       <x:c r="B941" s="3" t="str">
         <x:v>KAY 73M</x:v>
       </x:c>
       <x:c r="C941" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D941" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E941" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:07</x:v>
       </x:c>
     </x:row>
     <x:row r="942">
       <x:c r="A942" s="3" t="str">
         <x:v>937</x:v>
       </x:c>
       <x:c r="B942" s="3" t="str">
         <x:v>KAZ 612</x:v>
       </x:c>
       <x:c r="C942" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D942" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£850.00</x:v>
       </x:c>
       <x:c r="E942" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:07</x:v>
       </x:c>
     </x:row>
     <x:row r="943">
       <x:c r="A943" s="3" t="str">
         <x:v>938</x:v>
       </x:c>
       <x:c r="B943" s="3" t="str">
         <x:v>7 KBR</x:v>
       </x:c>
       <x:c r="C943" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D943" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E943" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:07</x:v>
+        <x:v>Tue 17 Feb 2026 14:36</x:v>
       </x:c>
     </x:row>
     <x:row r="944">
       <x:c r="A944" s="3" t="str">
         <x:v>939</x:v>
       </x:c>
       <x:c r="B944" s="3" t="str">
         <x:v>K419 DEN</x:v>
       </x:c>
       <x:c r="C944" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D944" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,370.00</x:v>
       </x:c>
       <x:c r="E944" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:07</x:v>
+        <x:v>Tue 17 Feb 2026 15:10</x:v>
       </x:c>
     </x:row>
     <x:row r="945">
       <x:c r="A945" s="3" t="str">
         <x:v>940</x:v>
       </x:c>
       <x:c r="B945" s="3" t="str">
         <x:v>K81 EEM</x:v>
       </x:c>
       <x:c r="C945" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D945" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E945" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:07</x:v>
       </x:c>
     </x:row>
     <x:row r="946">
       <x:c r="A946" s="3" t="str">
         <x:v>941</x:v>
       </x:c>
       <x:c r="B946" s="3" t="str">
         <x:v>K45 EES</x:v>
       </x:c>
       <x:c r="C946" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D946" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E946" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:08</x:v>
+        <x:v>Tue 17 Feb 2026 18:10</x:v>
       </x:c>
     </x:row>
     <x:row r="947">
       <x:c r="A947" s="3" t="str">
         <x:v>942</x:v>
       </x:c>
       <x:c r="B947" s="3" t="str">
         <x:v>KEM 11A</x:v>
       </x:c>
       <x:c r="C947" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D947" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,030.00</x:v>
       </x:c>
       <x:c r="E947" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:08</x:v>
+        <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="948">
       <x:c r="A948" s="3" t="str">
         <x:v>943</x:v>
       </x:c>
       <x:c r="B948" s="3" t="str">
         <x:v>K412 ENG</x:v>
       </x:c>
       <x:c r="C948" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D948" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E948" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:08</x:v>
+        <x:v>Tue 17 Feb 2026 14:50</x:v>
       </x:c>
     </x:row>
     <x:row r="949">
       <x:c r="A949" s="3" t="str">
         <x:v>944</x:v>
       </x:c>
       <x:c r="B949" s="3" t="str">
         <x:v>KE16 NNY</x:v>
       </x:c>
       <x:c r="C949" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D949" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,340.00</x:v>
       </x:c>
       <x:c r="E949" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:08</x:v>
+        <x:v>Tue 17 Feb 2026 17:24</x:v>
       </x:c>
     </x:row>
     <x:row r="950">
       <x:c r="A950" s="3" t="str">
         <x:v>945</x:v>
       </x:c>
       <x:c r="B950" s="3" t="str">
         <x:v>KEN 60R</x:v>
       </x:c>
       <x:c r="C950" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D950" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,090.00</x:v>
       </x:c>
       <x:c r="E950" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:08</x:v>
+        <x:v>Tue 17 Feb 2026 14:35</x:v>
       </x:c>
     </x:row>
     <x:row r="951">
       <x:c r="A951" s="3" t="str">
         <x:v>946</x:v>
       </x:c>
       <x:c r="B951" s="3" t="str">
         <x:v>KES 77V</x:v>
       </x:c>
       <x:c r="C951" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D951" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E951" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:09</x:v>
       </x:c>
     </x:row>
     <x:row r="952">
       <x:c r="A952" s="3" t="str">
         <x:v>947</x:v>
       </x:c>
       <x:c r="B952" s="3" t="str">
         <x:v>KFZ 44</x:v>
       </x:c>
       <x:c r="C952" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D952" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E952" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:09</x:v>
+        <x:v>Tue 17 Feb 2026 18:46</x:v>
       </x:c>
     </x:row>
     <x:row r="953">
       <x:c r="A953" s="3" t="str">
         <x:v>948</x:v>
       </x:c>
       <x:c r="B953" s="3" t="str">
         <x:v>660 KG</x:v>
       </x:c>
       <x:c r="C953" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D953" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,050.00</x:v>
       </x:c>
       <x:c r="E953" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:09</x:v>
+        <x:v>Tue 17 Feb 2026 14:20</x:v>
       </x:c>
     </x:row>
     <x:row r="954">
       <x:c r="A954" s="3" t="str">
         <x:v>949</x:v>
       </x:c>
       <x:c r="B954" s="3" t="str">
         <x:v>KGO 77S</x:v>
       </x:c>
       <x:c r="C954" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D954" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E954" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:09</x:v>
+        <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="955">
       <x:c r="A955" s="3" t="str">
         <x:v>950</x:v>
       </x:c>
       <x:c r="B955" s="3" t="str">
         <x:v>KHA 1G</x:v>
       </x:c>
       <x:c r="C955" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D955" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,550.00</x:v>
       </x:c>
       <x:c r="E955" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:09</x:v>
+        <x:v>Tue 17 Feb 2026 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="956">
       <x:c r="A956" s="3" t="str">
         <x:v>951</x:v>
       </x:c>
       <x:c r="B956" s="3" t="str">
         <x:v>K85 HAN</x:v>
       </x:c>
       <x:c r="C956" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D956" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E956" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:10</x:v>
       </x:c>
     </x:row>
     <x:row r="957">
       <x:c r="A957" s="3" t="str">
         <x:v>952</x:v>
       </x:c>
       <x:c r="B957" s="3" t="str">
         <x:v>15 KHP</x:v>
       </x:c>
       <x:c r="C957" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D957" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E957" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:10</x:v>
       </x:c>
     </x:row>
     <x:row r="958">
       <x:c r="A958" s="3" t="str">
         <x:v>953</x:v>
       </x:c>
       <x:c r="B958" s="3" t="str">
         <x:v>K45 HXF</x:v>
       </x:c>
       <x:c r="C958" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D958" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,610.00</x:v>
       </x:c>
       <x:c r="E958" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:10</x:v>
+        <x:v>Tue 17 Feb 2026 16:43</x:v>
       </x:c>
     </x:row>
     <x:row r="959">
       <x:c r="A959" s="3" t="str">
         <x:v>954</x:v>
       </x:c>
       <x:c r="B959" s="3" t="str">
         <x:v>K477 JAE</x:v>
       </x:c>
       <x:c r="C959" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D959" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E959" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:10</x:v>
       </x:c>
     </x:row>
     <x:row r="960">
       <x:c r="A960" s="3" t="str">
         <x:v>955</x:v>
       </x:c>
       <x:c r="B960" s="3" t="str">
         <x:v>9 KKS</x:v>
       </x:c>
       <x:c r="C960" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D960" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,810.00</x:v>
       </x:c>
       <x:c r="E960" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:10</x:v>
+        <x:v>Tue 17 Feb 2026 17:15</x:v>
       </x:c>
     </x:row>
     <x:row r="961">
       <x:c r="A961" s="3" t="str">
         <x:v>956</x:v>
       </x:c>
       <x:c r="B961" s="3" t="str">
         <x:v>93 KLB</x:v>
       </x:c>
       <x:c r="C961" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D961" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,410.00</x:v>
       </x:c>
       <x:c r="E961" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:11</x:v>
       </x:c>
     </x:row>
     <x:row r="962">
       <x:c r="A962" s="3" t="str">
         <x:v>957</x:v>
       </x:c>
       <x:c r="B962" s="3" t="str">
         <x:v>9 KLN</x:v>
       </x:c>
       <x:c r="C962" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D962" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,530.00</x:v>
       </x:c>
       <x:c r="E962" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:11</x:v>
+        <x:v>Tue 17 Feb 2026 14:40</x:v>
       </x:c>
     </x:row>
     <x:row r="963">
       <x:c r="A963" s="3" t="str">
         <x:v>958</x:v>
       </x:c>
       <x:c r="B963" s="3" t="str">
         <x:v>K47 LRC</x:v>
       </x:c>
       <x:c r="C963" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D963" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E963" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:11</x:v>
       </x:c>
     </x:row>
     <x:row r="964">
       <x:c r="A964" s="3" t="str">
         <x:v>959</x:v>
       </x:c>
       <x:c r="B964" s="3" t="str">
         <x:v>KLS 21</x:v>
       </x:c>
       <x:c r="C964" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D964" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,510.00</x:v>
       </x:c>
       <x:c r="E964" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:11</x:v>
+        <x:v>Tue 17 Feb 2026 14:44</x:v>
       </x:c>
     </x:row>
     <x:row r="965">
       <x:c r="A965" s="3" t="str">
         <x:v>960</x:v>
       </x:c>
       <x:c r="B965" s="3" t="str">
         <x:v>K311 LVW</x:v>
       </x:c>
       <x:c r="C965" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D965" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E965" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:11</x:v>
       </x:c>
     </x:row>
     <x:row r="966">
       <x:c r="A966" s="3" t="str">
         <x:v>961</x:v>
       </x:c>
       <x:c r="B966" s="3" t="str">
         <x:v>K451 MCO</x:v>
       </x:c>
       <x:c r="C966" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D966" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E966" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:12</x:v>
+        <x:v>Tue 17 Feb 2026 16:26</x:v>
       </x:c>
     </x:row>
     <x:row r="967">
       <x:c r="A967" s="3" t="str">
         <x:v>962</x:v>
       </x:c>
       <x:c r="B967" s="3" t="str">
         <x:v>KMR 11L</x:v>
       </x:c>
       <x:c r="C967" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D967" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E967" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="968">
       <x:c r="A968" s="3" t="str">
         <x:v>963</x:v>
       </x:c>
       <x:c r="B968" s="3" t="str">
         <x:v>K451 MTT</x:v>
       </x:c>
       <x:c r="C968" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D968" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E968" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:12</x:v>
+        <x:v>Tue 17 Feb 2026 16:26</x:v>
       </x:c>
     </x:row>
     <x:row r="969">
       <x:c r="A969" s="3" t="str">
         <x:v>964</x:v>
       </x:c>
       <x:c r="B969" s="3" t="str">
         <x:v>KNA 1R</x:v>
       </x:c>
       <x:c r="C969" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D969" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E969" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:12</x:v>
+        <x:v>Tue 17 Feb 2026 15:34</x:v>
       </x:c>
     </x:row>
     <x:row r="970">
       <x:c r="A970" s="3" t="str">
         <x:v>965</x:v>
       </x:c>
       <x:c r="B970" s="3" t="str">
         <x:v>KNO 77A</x:v>
       </x:c>
       <x:c r="C970" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D970" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E970" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:12</x:v>
       </x:c>
     </x:row>
     <x:row r="971">
       <x:c r="A971" s="3" t="str">
         <x:v>966</x:v>
       </x:c>
       <x:c r="B971" s="3" t="str">
         <x:v>KNY 60Y</x:v>
       </x:c>
       <x:c r="C971" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D971" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E971" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:13</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="972">
       <x:c r="A972" s="3" t="str">
         <x:v>967</x:v>
       </x:c>
       <x:c r="B972" s="3" t="str">
         <x:v>KOB 150K</x:v>
       </x:c>
       <x:c r="C972" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D972" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£530.00</x:v>
       </x:c>
       <x:c r="E972" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:13</x:v>
+        <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="973">
       <x:c r="A973" s="3" t="str">
         <x:v>968</x:v>
       </x:c>
       <x:c r="B973" s="3" t="str">
         <x:v>KOH 4N</x:v>
       </x:c>
       <x:c r="C973" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D973" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,340.00</x:v>
       </x:c>
       <x:c r="E973" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:13</x:v>
+        <x:v>Tue 17 Feb 2026 14:33</x:v>
       </x:c>
     </x:row>
     <x:row r="974">
       <x:c r="A974" s="3" t="str">
         <x:v>969</x:v>
       </x:c>
       <x:c r="B974" s="3" t="str">
         <x:v>KOL 11X</x:v>
       </x:c>
       <x:c r="C974" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D974" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E974" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:13</x:v>
+        <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="975">
       <x:c r="A975" s="3" t="str">
         <x:v>970</x:v>
       </x:c>
       <x:c r="B975" s="3" t="str">
         <x:v>K177 PER</x:v>
       </x:c>
       <x:c r="C975" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D975" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E975" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:13</x:v>
+        <x:v>Tue 17 Feb 2026 14:34</x:v>
       </x:c>
     </x:row>
     <x:row r="976">
       <x:c r="A976" s="3" t="str">
         <x:v>971</x:v>
       </x:c>
       <x:c r="B976" s="3" t="str">
         <x:v>KPL 3V</x:v>
       </x:c>
       <x:c r="C976" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D976" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E976" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:14</x:v>
+        <x:v>Tue 17 Feb 2026 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="977">
       <x:c r="A977" s="3" t="str">
         <x:v>972</x:v>
       </x:c>
       <x:c r="B977" s="3" t="str">
         <x:v>K113 RAX</x:v>
       </x:c>
       <x:c r="C977" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D977" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,230.00</x:v>
       </x:c>
       <x:c r="E977" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:14</x:v>
       </x:c>
     </x:row>
     <x:row r="978">
       <x:c r="A978" s="3" t="str">
         <x:v>973</x:v>
       </x:c>
       <x:c r="B978" s="3" t="str">
         <x:v>103 KRH</x:v>
       </x:c>
       <x:c r="C978" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D978" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E978" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:14</x:v>
       </x:c>
     </x:row>
     <x:row r="979">
       <x:c r="A979" s="3" t="str">
         <x:v>974</x:v>
       </x:c>
       <x:c r="B979" s="3" t="str">
         <x:v>K441 ROS</x:v>
       </x:c>
       <x:c r="C979" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D979" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£770.00</x:v>
       </x:c>
       <x:c r="E979" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:14</x:v>
+        <x:v>Tue 17 Feb 2026 15:02</x:v>
       </x:c>
     </x:row>
     <x:row r="980">
       <x:c r="A980" s="3" t="str">
         <x:v>975</x:v>
       </x:c>
       <x:c r="B980" s="3" t="str">
         <x:v>KRR 155H</x:v>
       </x:c>
       <x:c r="C980" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D980" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,530.00</x:v>
       </x:c>
       <x:c r="E980" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:14</x:v>
       </x:c>
     </x:row>
     <x:row r="981">
       <x:c r="A981" s="3" t="str">
         <x:v>976</x:v>
       </x:c>
       <x:c r="B981" s="3" t="str">
         <x:v>K41 RYL</x:v>
       </x:c>
       <x:c r="C981" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D981" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£900.00</x:v>
       </x:c>
       <x:c r="E981" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:15</x:v>
+        <x:v>Tue 17 Feb 2026 15:46</x:v>
       </x:c>
     </x:row>
     <x:row r="982">
       <x:c r="A982" s="3" t="str">
         <x:v>977</x:v>
       </x:c>
       <x:c r="B982" s="3" t="str">
         <x:v>K32 RYM</x:v>
       </x:c>
       <x:c r="C982" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D982" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E982" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:15</x:v>
+        <x:v>Tue 17 Feb 2026 14:23</x:v>
       </x:c>
     </x:row>
     <x:row r="983">
       <x:c r="A983" s="3" t="str">
         <x:v>978</x:v>
       </x:c>
       <x:c r="B983" s="3" t="str">
         <x:v>961 KS</x:v>
       </x:c>
       <x:c r="C983" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D983" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,660.00</x:v>
       </x:c>
       <x:c r="E983" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:15</x:v>
+        <x:v>Tue 17 Feb 2026 15:13</x:v>
       </x:c>
     </x:row>
     <x:row r="984">
       <x:c r="A984" s="3" t="str">
         <x:v>979</x:v>
       </x:c>
       <x:c r="B984" s="3" t="str">
         <x:v>9 KSA</x:v>
       </x:c>
       <x:c r="C984" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D984" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,010.00</x:v>
       </x:c>
       <x:c r="E984" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:15</x:v>
+        <x:v>Tue 17 Feb 2026 14:41</x:v>
       </x:c>
     </x:row>
     <x:row r="985">
       <x:c r="A985" s="3" t="str">
         <x:v>980</x:v>
       </x:c>
       <x:c r="B985" s="3" t="str">
         <x:v>12 KSD</x:v>
       </x:c>
       <x:c r="C985" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D985" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,010.00</x:v>
       </x:c>
       <x:c r="E985" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:15</x:v>
+        <x:v>Tue 17 Feb 2026 15:28</x:v>
       </x:c>
     </x:row>
     <x:row r="986">
       <x:c r="A986" s="3" t="str">
         <x:v>981</x:v>
       </x:c>
       <x:c r="B986" s="3" t="str">
         <x:v>202 KSD</x:v>
       </x:c>
       <x:c r="C986" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D986" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,680.00</x:v>
       </x:c>
       <x:c r="E986" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:16</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="987">
       <x:c r="A987" s="3" t="str">
         <x:v>982</x:v>
       </x:c>
       <x:c r="B987" s="3" t="str">
         <x:v>14 KSH</x:v>
       </x:c>
       <x:c r="C987" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D987" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E987" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:16</x:v>
       </x:c>
     </x:row>
     <x:row r="988">
       <x:c r="A988" s="3" t="str">
         <x:v>983</x:v>
       </x:c>
       <x:c r="B988" s="3" t="str">
         <x:v>K215 SHH</x:v>
       </x:c>
       <x:c r="C988" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D988" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E988" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:16</x:v>
+        <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="989">
       <x:c r="A989" s="3" t="str">
         <x:v>984</x:v>
       </x:c>
       <x:c r="B989" s="3" t="str">
         <x:v>KSH 3K</x:v>
       </x:c>
       <x:c r="C989" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D989" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E989" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:16</x:v>
       </x:c>
     </x:row>
     <x:row r="990">
       <x:c r="A990" s="3" t="str">
         <x:v>985</x:v>
       </x:c>
       <x:c r="B990" s="3" t="str">
         <x:v>171 KSK</x:v>
       </x:c>
       <x:c r="C990" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D990" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E990" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:16</x:v>
       </x:c>
     </x:row>
     <x:row r="991">
       <x:c r="A991" s="3" t="str">
         <x:v>986</x:v>
       </x:c>
       <x:c r="B991" s="3" t="str">
         <x:v>27 KSR</x:v>
       </x:c>
       <x:c r="C991" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D991" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E991" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:17</x:v>
       </x:c>
     </x:row>
     <x:row r="992">
       <x:c r="A992" s="3" t="str">
         <x:v>987</x:v>
       </x:c>
       <x:c r="B992" s="3" t="str">
         <x:v>KSS 83</x:v>
       </x:c>
       <x:c r="C992" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D992" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E992" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:17</x:v>
+        <x:v>Tue 17 Feb 2026 14:40</x:v>
       </x:c>
     </x:row>
     <x:row r="993">
       <x:c r="A993" s="3" t="str">
         <x:v>988</x:v>
       </x:c>
       <x:c r="B993" s="3" t="str">
         <x:v>101 KSS</x:v>
       </x:c>
       <x:c r="C993" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D993" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,550.00</x:v>
       </x:c>
       <x:c r="E993" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:17</x:v>
+        <x:v>Tue 17 Feb 2026 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="994">
       <x:c r="A994" s="3" t="str">
         <x:v>989</x:v>
       </x:c>
       <x:c r="B994" s="3" t="str">
         <x:v>K46 TAL</x:v>
       </x:c>
       <x:c r="C994" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D994" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E994" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:17</x:v>
       </x:c>
     </x:row>
     <x:row r="995">
       <x:c r="A995" s="3" t="str">
         <x:v>990</x:v>
       </x:c>
       <x:c r="B995" s="3" t="str">
         <x:v>K47 TAR</x:v>
       </x:c>
       <x:c r="C995" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D995" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,000.00</x:v>
       </x:c>
       <x:c r="E995" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:17</x:v>
+        <x:v>Tue 17 Feb 2026 15:46</x:v>
       </x:c>
     </x:row>
     <x:row r="996">
       <x:c r="A996" s="3" t="str">
         <x:v>991</x:v>
       </x:c>
       <x:c r="B996" s="3" t="str">
         <x:v>974 KTR</x:v>
       </x:c>
       <x:c r="C996" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D996" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,610.00</x:v>
       </x:c>
       <x:c r="E996" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:18</x:v>
+        <x:v>Tue 17 Feb 2026 15:03</x:v>
       </x:c>
     </x:row>
     <x:row r="997">
       <x:c r="A997" s="3" t="str">
         <x:v>992</x:v>
       </x:c>
       <x:c r="B997" s="3" t="str">
         <x:v>K95 TWA</x:v>
       </x:c>
       <x:c r="C997" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D997" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E997" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="998">
       <x:c r="A998" s="3" t="str">
         <x:v>993</x:v>
       </x:c>
       <x:c r="B998" s="3" t="str">
         <x:v>K175 TYC</x:v>
       </x:c>
       <x:c r="C998" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D998" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E998" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="999">
       <x:c r="A999" s="3" t="str">
         <x:v>994</x:v>
       </x:c>
       <x:c r="B999" s="3" t="str">
         <x:v>K145 TYH</x:v>
       </x:c>
       <x:c r="C999" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D999" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E999" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1000">
       <x:c r="A1000" s="3" t="str">
         <x:v>995</x:v>
       </x:c>
       <x:c r="B1000" s="3" t="str">
         <x:v>KUB 41S</x:v>
       </x:c>
       <x:c r="C1000" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1000" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E1000" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:18</x:v>
+        <x:v>Tue 17 Feb 2026 14:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1001">
       <x:c r="A1001" s="3" t="str">
         <x:v>996</x:v>
       </x:c>
       <x:c r="B1001" s="3" t="str">
         <x:v>KUR 415S</x:v>
       </x:c>
       <x:c r="C1001" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1001" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1001" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1002">
       <x:c r="A1002" s="3" t="str">
         <x:v>997</x:v>
       </x:c>
       <x:c r="B1002" s="3" t="str">
         <x:v>KVP 23K</x:v>
       </x:c>
       <x:c r="C1002" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1002" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1002" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1003">
       <x:c r="A1003" s="3" t="str">
         <x:v>998</x:v>
       </x:c>
       <x:c r="B1003" s="3" t="str">
         <x:v>4 KWE</x:v>
       </x:c>
       <x:c r="C1003" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1003" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1003" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:19</x:v>
+        <x:v>Tue 17 Feb 2026 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1004">
       <x:c r="A1004" s="3" t="str">
         <x:v>999</x:v>
       </x:c>
       <x:c r="B1004" s="3" t="str">
         <x:v>KXI 96</x:v>
       </x:c>
       <x:c r="C1004" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1004" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E1004" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:19</x:v>
+        <x:v>Tue 17 Feb 2026 16:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1005">
       <x:c r="A1005" s="3" t="str">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="B1005" s="3" t="str">
         <x:v>K315 XXX</x:v>
       </x:c>
       <x:c r="C1005" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1005" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1005" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1006">
       <x:c r="A1006" s="3" t="str">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="B1006" s="3" t="str">
         <x:v>KYL 66E</x:v>
       </x:c>
       <x:c r="C1006" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1006" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,760.00</x:v>
       </x:c>
       <x:c r="E1006" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:20</x:v>
+        <x:v>Tue 17 Feb 2026 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1007">
       <x:c r="A1007" s="3" t="str">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="B1007" s="3" t="str">
         <x:v>160 L</x:v>
       </x:c>
       <x:c r="C1007" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1007" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,760.00</x:v>
       </x:c>
       <x:c r="E1007" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:20</x:v>
+        <x:v>Tue 17 Feb 2026 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1008">
       <x:c r="A1008" s="3" t="str">
         <x:v>1003</x:v>
       </x:c>
       <x:c r="B1008" s="3" t="str">
         <x:v>LAB 111R</x:v>
       </x:c>
       <x:c r="C1008" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1008" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1008" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1009">
       <x:c r="A1009" s="3" t="str">
         <x:v>1004</x:v>
       </x:c>
       <x:c r="B1009" s="3" t="str">
         <x:v>LA19 CEY</x:v>
       </x:c>
       <x:c r="C1009" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1009" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1009" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:20</x:v>
+        <x:v>Tue 17 Feb 2026 14:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1010">
       <x:c r="A1010" s="3" t="str">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="B1010" s="3" t="str">
         <x:v>60 LAM</x:v>
       </x:c>
       <x:c r="C1010" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1010" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,610.00</x:v>
       </x:c>
       <x:c r="E1010" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1011">
       <x:c r="A1011" s="3" t="str">
         <x:v>1006</x:v>
       </x:c>
       <x:c r="B1011" s="3" t="str">
         <x:v>LAM 175C</x:v>
       </x:c>
       <x:c r="C1011" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1011" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E1011" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1012">
       <x:c r="A1012" s="3" t="str">
         <x:v>1007</x:v>
       </x:c>
       <x:c r="B1012" s="3" t="str">
         <x:v>LAM 415H</x:v>
       </x:c>
       <x:c r="C1012" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1012" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,000.00</x:v>
       </x:c>
       <x:c r="E1012" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1013">
       <x:c r="A1013" s="3" t="str">
         <x:v>1008</x:v>
       </x:c>
       <x:c r="B1013" s="3" t="str">
         <x:v>LA18 NGS</x:v>
       </x:c>
       <x:c r="C1013" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1013" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1013" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1014">
       <x:c r="A1014" s="3" t="str">
         <x:v>1009</x:v>
       </x:c>
       <x:c r="B1014" s="3" t="str">
         <x:v>LAN 94M</x:v>
       </x:c>
       <x:c r="C1014" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1014" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1014" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1015">
       <x:c r="A1015" s="3" t="str">
         <x:v>1010</x:v>
       </x:c>
       <x:c r="B1015" s="3" t="str">
         <x:v>LA24 RUS</x:v>
       </x:c>
       <x:c r="C1015" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1015" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,800.00</x:v>
       </x:c>
       <x:c r="E1015" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:21</x:v>
+        <x:v>Wed 18 Feb 2026 04:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1016">
       <x:c r="A1016" s="3" t="str">
         <x:v>1011</x:v>
       </x:c>
       <x:c r="B1016" s="3" t="str">
         <x:v>90 LAW</x:v>
       </x:c>
       <x:c r="C1016" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1016" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,110.00</x:v>
       </x:c>
       <x:c r="E1016" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1017">
       <x:c r="A1017" s="3" t="str">
         <x:v>1012</x:v>
       </x:c>
       <x:c r="B1017" s="3" t="str">
         <x:v>9 LAX</x:v>
       </x:c>
       <x:c r="C1017" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1017" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,810.00</x:v>
       </x:c>
       <x:c r="E1017" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:22</x:v>
+        <x:v>Tue 17 Feb 2026 16:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1018">
       <x:c r="A1018" s="3" t="str">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="B1018" s="3" t="str">
         <x:v>880 LB</x:v>
       </x:c>
       <x:c r="C1018" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1018" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,680.00</x:v>
       </x:c>
       <x:c r="E1018" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:22</x:v>
+        <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1019">
       <x:c r="A1019" s="3" t="str">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="B1019" s="3" t="str">
         <x:v>LCA 550N</x:v>
       </x:c>
       <x:c r="C1019" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1019" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1019" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:22</x:v>
+        <x:v>Tue 17 Feb 2026 14:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1020">
       <x:c r="A1020" s="3" t="str">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="B1020" s="3" t="str">
         <x:v>LCH 110S</x:v>
       </x:c>
       <x:c r="C1020" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1020" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1020" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1021">
       <x:c r="A1021" s="3" t="str">
         <x:v>1016</x:v>
       </x:c>
       <x:c r="B1021" s="3" t="str">
         <x:v>7 LCY</x:v>
       </x:c>
       <x:c r="C1021" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1021" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,270.00</x:v>
       </x:c>
       <x:c r="E1021" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:23</x:v>
+        <x:v>Tue 17 Feb 2026 20:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1022">
       <x:c r="A1022" s="3" t="str">
         <x:v>1017</x:v>
       </x:c>
       <x:c r="B1022" s="3" t="str">
         <x:v>7 LDA</x:v>
       </x:c>
       <x:c r="C1022" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1022" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1022" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:23</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1023">
       <x:c r="A1023" s="3" t="str">
         <x:v>1018</x:v>
       </x:c>
       <x:c r="B1023" s="3" t="str">
         <x:v>11 LDL</x:v>
       </x:c>
       <x:c r="C1023" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1023" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,160.00</x:v>
       </x:c>
       <x:c r="E1023" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:23</x:v>
+        <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1024">
       <x:c r="A1024" s="3" t="str">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="B1024" s="3" t="str">
         <x:v>8 LDO</x:v>
       </x:c>
       <x:c r="C1024" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1024" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,910.00</x:v>
       </x:c>
       <x:c r="E1024" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:23</x:v>
+        <x:v>Tue 17 Feb 2026 16:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1025">
       <x:c r="A1025" s="3" t="str">
         <x:v>1020</x:v>
       </x:c>
       <x:c r="B1025" s="3" t="str">
         <x:v>L183 DYM</x:v>
       </x:c>
       <x:c r="C1025" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1025" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1025" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1026">
       <x:c r="A1026" s="3" t="str">
         <x:v>1021</x:v>
       </x:c>
       <x:c r="B1026" s="3" t="str">
         <x:v>LDZ 75</x:v>
       </x:c>
       <x:c r="C1026" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1026" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,180.00</x:v>
       </x:c>
       <x:c r="E1026" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:24</x:v>
+        <x:v>Tue 17 Feb 2026 17:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1027">
       <x:c r="A1027" s="3" t="str">
         <x:v>1022</x:v>
       </x:c>
       <x:c r="B1027" s="3" t="str">
         <x:v>L71 ECB</x:v>
       </x:c>
       <x:c r="C1027" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1027" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1027" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1028">
       <x:c r="A1028" s="3" t="str">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="B1028" s="3" t="str">
         <x:v>LEE 17B</x:v>
       </x:c>
       <x:c r="C1028" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1028" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E1028" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:24</x:v>
+        <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1029">
       <x:c r="A1029" s="3" t="str">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="B1029" s="3" t="str">
         <x:v>L48 EEX</x:v>
       </x:c>
       <x:c r="C1029" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1029" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E1029" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:24</x:v>
+        <x:v>Tue 17 Feb 2026 15:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1030">
       <x:c r="A1030" s="3" t="str">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="B1030" s="3" t="str">
         <x:v>LEO 11B</x:v>
       </x:c>
       <x:c r="C1030" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1030" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1030" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:24</x:v>
+        <x:v>Tue 17 Feb 2026 14:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1031">
       <x:c r="A1031" s="3" t="str">
         <x:v>1026</x:v>
       </x:c>
       <x:c r="B1031" s="3" t="str">
         <x:v>4 LER</x:v>
       </x:c>
       <x:c r="C1031" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1031" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1031" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:25</x:v>
+        <x:v>Tue 17 Feb 2026 14:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1032">
       <x:c r="A1032" s="3" t="str">
         <x:v>1027</x:v>
       </x:c>
       <x:c r="B1032" s="3" t="str">
         <x:v>LEV 144A</x:v>
       </x:c>
       <x:c r="C1032" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1032" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1032" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1033">
       <x:c r="A1033" s="3" t="str">
         <x:v>1028</x:v>
       </x:c>
       <x:c r="B1033" s="3" t="str">
         <x:v>LEV 199E</x:v>
       </x:c>
       <x:c r="C1033" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1033" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1033" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1034">
       <x:c r="A1034" s="3" t="str">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="B1034" s="3" t="str">
         <x:v>LEV 198L</x:v>
       </x:c>
       <x:c r="C1034" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1034" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1034" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:25</x:v>
+        <x:v>Tue 17 Feb 2026 15:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1035">
       <x:c r="A1035" s="3" t="str">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="B1035" s="3" t="str">
         <x:v>LEV 5X</x:v>
       </x:c>
       <x:c r="C1035" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1035" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1035" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1036">
       <x:c r="A1036" s="3" t="str">
         <x:v>1031</x:v>
       </x:c>
       <x:c r="B1036" s="3" t="str">
         <x:v>LEW 157X</x:v>
       </x:c>
       <x:c r="C1036" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1036" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,030.00</x:v>
       </x:c>
       <x:c r="E1036" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:26</x:v>
+        <x:v>Tue 17 Feb 2026 16:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1037">
       <x:c r="A1037" s="3" t="str">
         <x:v>1032</x:v>
       </x:c>
       <x:c r="B1037" s="3" t="str">
         <x:v>LEX 133X</x:v>
       </x:c>
       <x:c r="C1037" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1037" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,630.00</x:v>
       </x:c>
       <x:c r="E1037" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:26</x:v>
+        <x:v>Tue 17 Feb 2026 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1038">
       <x:c r="A1038" s="3" t="str">
         <x:v>1033</x:v>
       </x:c>
       <x:c r="B1038" s="3" t="str">
         <x:v>LFR 13R</x:v>
       </x:c>
       <x:c r="C1038" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1038" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1038" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:26</x:v>
+        <x:v>Tue 17 Feb 2026 15:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1039">
       <x:c r="A1039" s="3" t="str">
         <x:v>1034</x:v>
       </x:c>
       <x:c r="B1039" s="3" t="str">
         <x:v>378 LGR</x:v>
       </x:c>
       <x:c r="C1039" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1039" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1039" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:26</x:v>
+        <x:v>Tue 17 Feb 2026 14:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1040">
       <x:c r="A1040" s="3" t="str">
         <x:v>1035</x:v>
       </x:c>
       <x:c r="B1040" s="3" t="str">
         <x:v>LGW 807G</x:v>
       </x:c>
       <x:c r="C1040" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1040" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E1040" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1041">
       <x:c r="A1041" s="3" t="str">
         <x:v>1036</x:v>
       </x:c>
       <x:c r="B1041" s="3" t="str">
         <x:v>L136 HER</x:v>
       </x:c>
       <x:c r="C1041" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1041" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1041" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1042">
       <x:c r="A1042" s="3" t="str">
         <x:v>1037</x:v>
       </x:c>
       <x:c r="B1042" s="3" t="str">
         <x:v>L34 HWX</x:v>
       </x:c>
       <x:c r="C1042" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1042" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,320.00</x:v>
       </x:c>
       <x:c r="E1042" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:27</x:v>
+        <x:v>Tue 17 Feb 2026 15:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1043">
       <x:c r="A1043" s="3" t="str">
         <x:v>1038</x:v>
       </x:c>
       <x:c r="B1043" s="3" t="str">
         <x:v>LIL 214</x:v>
       </x:c>
       <x:c r="C1043" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1043" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,760.00</x:v>
       </x:c>
       <x:c r="E1043" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:27</x:v>
+        <x:v>Tue 17 Feb 2026 14:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1044">
       <x:c r="A1044" s="3" t="str">
         <x:v>1039</x:v>
       </x:c>
       <x:c r="B1044" s="3" t="str">
         <x:v>94 LJC</x:v>
       </x:c>
       <x:c r="C1044" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1044" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1044" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1045">
       <x:c r="A1045" s="3" t="str">
         <x:v>1040</x:v>
       </x:c>
       <x:c r="B1045" s="3" t="str">
         <x:v>LJH 13M</x:v>
       </x:c>
       <x:c r="C1045" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1045" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E1045" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:27</x:v>
+        <x:v>Tue 17 Feb 2026 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1046">
       <x:c r="A1046" s="3" t="str">
         <x:v>1041</x:v>
       </x:c>
       <x:c r="B1046" s="3" t="str">
         <x:v>L663 JLR</x:v>
       </x:c>
       <x:c r="C1046" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1046" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£930.00</x:v>
       </x:c>
       <x:c r="E1046" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:28</x:v>
+        <x:v>Tue 17 Feb 2026 15:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1047">
       <x:c r="A1047" s="3" t="str">
         <x:v>1042</x:v>
       </x:c>
       <x:c r="B1047" s="3" t="str">
         <x:v>12 LJW</x:v>
       </x:c>
       <x:c r="C1047" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1047" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1047" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:28</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1048">
       <x:c r="A1048" s="3" t="str">
         <x:v>1043</x:v>
       </x:c>
       <x:c r="B1048" s="3" t="str">
         <x:v>LKH 14N</x:v>
       </x:c>
       <x:c r="C1048" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1048" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,550.00</x:v>
       </x:c>
       <x:c r="E1048" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:28</x:v>
+        <x:v>Tue 17 Feb 2026 15:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1049">
       <x:c r="A1049" s="3" t="str">
         <x:v>1044</x:v>
       </x:c>
       <x:c r="B1049" s="3" t="str">
         <x:v>L538 KRT</x:v>
       </x:c>
       <x:c r="C1049" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1049" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1049" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1050">
       <x:c r="A1050" s="3" t="str">
         <x:v>1045</x:v>
       </x:c>
       <x:c r="B1050" s="3" t="str">
         <x:v>L711 LJF</x:v>
       </x:c>
       <x:c r="C1050" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1050" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1050" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1051">
       <x:c r="A1051" s="3" t="str">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="B1051" s="3" t="str">
         <x:v>7 LLL</x:v>
       </x:c>
       <x:c r="C1051" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1051" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,010.00</x:v>
       </x:c>
       <x:c r="E1051" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:29</x:v>
+        <x:v>Tue 17 Feb 2026 16:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1052">
       <x:c r="A1052" s="3" t="str">
         <x:v>1047</x:v>
       </x:c>
       <x:c r="B1052" s="3" t="str">
         <x:v>554 LLY</x:v>
       </x:c>
       <x:c r="C1052" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1052" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E1052" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:29</x:v>
+        <x:v>Tue 17 Feb 2026 15:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1053">
       <x:c r="A1053" s="3" t="str">
         <x:v>1048</x:v>
       </x:c>
       <x:c r="B1053" s="3" t="str">
         <x:v>6053 LM</x:v>
       </x:c>
       <x:c r="C1053" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1053" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,960.00</x:v>
       </x:c>
       <x:c r="E1053" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1054">
       <x:c r="A1054" s="3" t="str">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="B1054" s="3" t="str">
         <x:v>L41 MAS</x:v>
       </x:c>
       <x:c r="C1054" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1054" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1054" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1055">
       <x:c r="A1055" s="3" t="str">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="B1055" s="3" t="str">
         <x:v>LMG 1X</x:v>
       </x:c>
       <x:c r="C1055" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1055" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1055" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1056">
       <x:c r="A1056" s="3" t="str">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="B1056" s="3" t="str">
         <x:v>L144 MOD</x:v>
       </x:c>
       <x:c r="C1056" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1056" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1056" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1057">
       <x:c r="A1057" s="3" t="str">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="B1057" s="3" t="str">
         <x:v>LMO 11R</x:v>
       </x:c>
       <x:c r="C1057" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1057" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,520.00</x:v>
       </x:c>
       <x:c r="E1057" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:30</x:v>
+        <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1058">
       <x:c r="A1058" s="3" t="str">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="B1058" s="3" t="str">
         <x:v>L133 MXH</x:v>
       </x:c>
       <x:c r="C1058" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1058" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1058" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:30</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1059">
       <x:c r="A1059" s="3" t="str">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="B1059" s="3" t="str">
         <x:v>LND 1E</x:v>
       </x:c>
       <x:c r="C1059" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1059" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,710.00</x:v>
       </x:c>
       <x:c r="E1059" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:30</x:v>
+        <x:v>Tue 17 Feb 2026 15:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1060">
       <x:c r="A1060" s="3" t="str">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="B1060" s="3" t="str">
         <x:v>LNE 574R</x:v>
       </x:c>
       <x:c r="C1060" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1060" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1060" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1061">
       <x:c r="A1061" s="3" t="str">
         <x:v>1056</x:v>
       </x:c>
       <x:c r="B1061" s="3" t="str">
         <x:v>14 LNS</x:v>
       </x:c>
       <x:c r="C1061" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1061" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,820.00</x:v>
       </x:c>
       <x:c r="E1061" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:31</x:v>
+        <x:v>Tue 17 Feb 2026 14:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1062">
       <x:c r="A1062" s="3" t="str">
         <x:v>1057</x:v>
       </x:c>
       <x:c r="B1062" s="3" t="str">
         <x:v>LNZ 800</x:v>
       </x:c>
       <x:c r="C1062" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1062" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1062" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:31</x:v>
+        <x:v>Tue 17 Feb 2026 18:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1063">
       <x:c r="A1063" s="3" t="str">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="B1063" s="3" t="str">
         <x:v>LOL 199S</x:v>
       </x:c>
       <x:c r="C1063" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1063" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£600.00</x:v>
       </x:c>
       <x:c r="E1063" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:31</x:v>
+        <x:v>Tue 17 Feb 2026 15:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1064">
       <x:c r="A1064" s="3" t="str">
         <x:v>1059</x:v>
       </x:c>
       <x:c r="B1064" s="3" t="str">
         <x:v>LON 55Y</x:v>
       </x:c>
       <x:c r="C1064" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1064" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1064" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:31</x:v>
+        <x:v>Tue 17 Feb 2026 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1065">
       <x:c r="A1065" s="3" t="str">
         <x:v>1060</x:v>
       </x:c>
       <x:c r="B1065" s="3" t="str">
         <x:v>LOO 600A</x:v>
       </x:c>
       <x:c r="C1065" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1065" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1065" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:31</x:v>
+        <x:v>Tue 17 Feb 2026 14:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1066">
       <x:c r="A1066" s="3" t="str">
         <x:v>1061</x:v>
       </x:c>
       <x:c r="B1066" s="3" t="str">
         <x:v>LOU 113B</x:v>
       </x:c>
       <x:c r="C1066" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1066" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,130.00</x:v>
       </x:c>
       <x:c r="E1066" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:32</x:v>
+        <x:v>Tue 17 Feb 2026 21:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1067">
       <x:c r="A1067" s="3" t="str">
         <x:v>1062</x:v>
       </x:c>
       <x:c r="B1067" s="3" t="str">
         <x:v>LOU 13D</x:v>
       </x:c>
       <x:c r="C1067" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1067" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,040.00</x:v>
       </x:c>
       <x:c r="E1067" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1068">
       <x:c r="A1068" s="3" t="str">
         <x:v>1063</x:v>
       </x:c>
       <x:c r="B1068" s="3" t="str">
         <x:v>L110 OVE</x:v>
       </x:c>
       <x:c r="C1068" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1068" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£790.00</x:v>
       </x:c>
       <x:c r="E1068" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:32</x:v>
+        <x:v>Tue 17 Feb 2026 14:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1069">
       <x:c r="A1069" s="3" t="str">
         <x:v>1064</x:v>
       </x:c>
       <x:c r="B1069" s="3" t="str">
         <x:v>5000 LP</x:v>
       </x:c>
       <x:c r="C1069" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D1069" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1069" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:32</x:v>
+        <x:v>Tue 17 Feb 2026 15:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1070">
       <x:c r="A1070" s="3" t="str">
         <x:v>1065</x:v>
       </x:c>
       <x:c r="B1070" s="3" t="str">
         <x:v>LPE 77S</x:v>
       </x:c>
       <x:c r="C1070" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1070" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1070" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:32</x:v>
+        <x:v>Tue 17 Feb 2026 14:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1071">
       <x:c r="A1071" s="3" t="str">
         <x:v>1066</x:v>
       </x:c>
       <x:c r="B1071" s="3" t="str">
         <x:v>L443 REN</x:v>
       </x:c>
       <x:c r="C1071" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1071" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E1071" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:33</x:v>
+        <x:v>Tue 17 Feb 2026 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1072">
       <x:c r="A1072" s="3" t="str">
         <x:v>1067</x:v>
       </x:c>
       <x:c r="B1072" s="3" t="str">
         <x:v>16 LRH</x:v>
       </x:c>
       <x:c r="C1072" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1072" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1072" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1073">
       <x:c r="A1073" s="3" t="str">
         <x:v>1068</x:v>
       </x:c>
       <x:c r="B1073" s="3" t="str">
         <x:v>43 LRS</x:v>
       </x:c>
       <x:c r="C1073" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1073" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1073" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:33</x:v>
+        <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1074">
       <x:c r="A1074" s="3" t="str">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="B1074" s="3" t="str">
         <x:v>LRY 14N</x:v>
       </x:c>
       <x:c r="C1074" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1074" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E1074" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1075">
       <x:c r="A1075" s="3" t="str">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="B1075" s="3" t="str">
         <x:v>LRZ 666</x:v>
       </x:c>
       <x:c r="C1075" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1075" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1075" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1076">
       <x:c r="A1076" s="3" t="str">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="B1076" s="3" t="str">
         <x:v>303 LS</x:v>
       </x:c>
       <x:c r="C1076" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1076" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,190.00</x:v>
       </x:c>
       <x:c r="E1076" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:34</x:v>
+        <x:v>Tue 17 Feb 2026 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1077">
       <x:c r="A1077" s="3" t="str">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="B1077" s="3" t="str">
         <x:v>L107 SAM</x:v>
       </x:c>
       <x:c r="C1077" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1077" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,150.00</x:v>
       </x:c>
       <x:c r="E1077" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:34</x:v>
+        <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1078">
       <x:c r="A1078" s="3" t="str">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="B1078" s="3" t="str">
         <x:v>10 LSK</x:v>
       </x:c>
       <x:c r="C1078" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1078" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1078" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:34</x:v>
+        <x:v>Tue 17 Feb 2026 14:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1079">
       <x:c r="A1079" s="3" t="str">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="B1079" s="3" t="str">
         <x:v>L32 SKN</x:v>
       </x:c>
       <x:c r="C1079" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1079" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£230.00</x:v>
       </x:c>
       <x:c r="E1079" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:34</x:v>
+        <x:v>Tue 17 Feb 2026 15:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1080">
       <x:c r="A1080" s="3" t="str">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="B1080" s="3" t="str">
         <x:v>LSW 196A</x:v>
       </x:c>
       <x:c r="C1080" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1080" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1080" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:34</x:v>
+        <x:v>Tue 17 Feb 2026 15:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1081">
       <x:c r="A1081" s="3" t="str">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="B1081" s="3" t="str">
         <x:v>666 LT</x:v>
       </x:c>
       <x:c r="C1081" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1081" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,500.00</x:v>
       </x:c>
       <x:c r="E1081" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:35</x:v>
+        <x:v>Tue 17 Feb 2026 15:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1082">
       <x:c r="A1082" s="3" t="str">
         <x:v>1077</x:v>
       </x:c>
       <x:c r="B1082" s="3" t="str">
         <x:v>L357 TER</x:v>
       </x:c>
       <x:c r="C1082" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1082" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1082" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1083">
       <x:c r="A1083" s="3" t="str">
         <x:v>1078</x:v>
       </x:c>
       <x:c r="B1083" s="3" t="str">
         <x:v>26 LUC</x:v>
       </x:c>
       <x:c r="C1083" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1083" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E1083" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:35</x:v>
+        <x:v>Tue 17 Feb 2026 16:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1084">
       <x:c r="A1084" s="3" t="str">
         <x:v>1079</x:v>
       </x:c>
       <x:c r="B1084" s="3" t="str">
         <x:v>LU52 CAS</x:v>
       </x:c>
       <x:c r="C1084" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1084" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1084" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1085">
       <x:c r="A1085" s="3" t="str">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="B1085" s="3" t="str">
         <x:v>LUC 42H</x:v>
       </x:c>
       <x:c r="C1085" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1085" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,260.00</x:v>
       </x:c>
       <x:c r="E1085" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:35</x:v>
+        <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1086">
       <x:c r="A1086" s="3" t="str">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="B1086" s="3" t="str">
         <x:v>LUC 424J</x:v>
       </x:c>
       <x:c r="C1086" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1086" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E1086" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:36</x:v>
+        <x:v>Tue 17 Feb 2026 15:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1087">
       <x:c r="A1087" s="3" t="str">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="B1087" s="3" t="str">
         <x:v>LU55 CYS</x:v>
       </x:c>
       <x:c r="C1087" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1087" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1087" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:36</x:v>
+        <x:v>Tue 17 Feb 2026 14:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1088">
       <x:c r="A1088" s="3" t="str">
         <x:v>1083</x:v>
       </x:c>
       <x:c r="B1088" s="3" t="str">
         <x:v>94 LUD</x:v>
       </x:c>
       <x:c r="C1088" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1088" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E1088" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:36</x:v>
+        <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1089">
       <x:c r="A1089" s="3" t="str">
         <x:v>1084</x:v>
       </x:c>
       <x:c r="B1089" s="3" t="str">
         <x:v>LUM 11C</x:v>
       </x:c>
       <x:c r="C1089" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1089" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E1089" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1090">
       <x:c r="A1090" s="3" t="str">
         <x:v>1085</x:v>
       </x:c>
       <x:c r="B1090" s="3" t="str">
         <x:v>LUM 70S</x:v>
       </x:c>
       <x:c r="C1090" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1090" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1090" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1091">
       <x:c r="A1091" s="3" t="str">
         <x:v>1086</x:v>
       </x:c>
       <x:c r="B1091" s="3" t="str">
         <x:v>28 LV</x:v>
       </x:c>
       <x:c r="C1091" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1091" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,220.00</x:v>
       </x:c>
       <x:c r="E1091" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:37</x:v>
+        <x:v>Tue 17 Feb 2026 15:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1092">
       <x:c r="A1092" s="3" t="str">
         <x:v>1087</x:v>
       </x:c>
       <x:c r="B1092" s="3" t="str">
         <x:v>21 LVC</x:v>
       </x:c>
       <x:c r="C1092" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1092" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,410.00</x:v>
       </x:c>
       <x:c r="E1092" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1093">
       <x:c r="A1093" s="3" t="str">
         <x:v>1088</x:v>
       </x:c>
       <x:c r="B1093" s="3" t="str">
         <x:v>55 LX</x:v>
       </x:c>
       <x:c r="C1093" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1093" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,820.00</x:v>
       </x:c>
       <x:c r="E1093" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:37</x:v>
+        <x:v>Tue 17 Feb 2026 18:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1094">
       <x:c r="A1094" s="3" t="str">
         <x:v>1089</x:v>
       </x:c>
       <x:c r="B1094" s="3" t="str">
         <x:v>993 LY</x:v>
       </x:c>
       <x:c r="C1094" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1094" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E1094" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:37</x:v>
+        <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1095">
       <x:c r="A1095" s="3" t="str">
         <x:v>1090</x:v>
       </x:c>
       <x:c r="B1095" s="3" t="str">
         <x:v>LYD 212B</x:v>
       </x:c>
       <x:c r="C1095" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1095" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1095" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:37</x:v>
+        <x:v>Tue 17 Feb 2026 15:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1096">
       <x:c r="A1096" s="3" t="str">
         <x:v>1091</x:v>
       </x:c>
       <x:c r="B1096" s="3" t="str">
         <x:v>LYN 249N</x:v>
       </x:c>
       <x:c r="C1096" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1096" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£900.00</x:v>
       </x:c>
       <x:c r="E1096" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:38</x:v>
+        <x:v>Tue 17 Feb 2026 15:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1097">
       <x:c r="A1097" s="3" t="str">
         <x:v>1092</x:v>
       </x:c>
       <x:c r="B1097" s="3" t="str">
         <x:v>474 M</x:v>
       </x:c>
       <x:c r="C1097" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1097" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,920.00</x:v>
       </x:c>
       <x:c r="E1097" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:38</x:v>
+        <x:v>Tue 17 Feb 2026 15:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1098">
       <x:c r="A1098" s="3" t="str">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="B1098" s="3" t="str">
         <x:v>1968 M</x:v>
       </x:c>
       <x:c r="C1098" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1098" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,860.00</x:v>
       </x:c>
       <x:c r="E1098" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:38</x:v>
+        <x:v>Tue 17 Feb 2026 16:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1099">
       <x:c r="A1099" s="3" t="str">
         <x:v>1094</x:v>
       </x:c>
       <x:c r="B1099" s="3" t="str">
         <x:v>4321 MA</x:v>
       </x:c>
       <x:c r="C1099" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D1099" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1099" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1100">
       <x:c r="A1100" s="3" t="str">
         <x:v>1095</x:v>
       </x:c>
       <x:c r="B1100" s="3" t="str">
         <x:v>M115 AAC</x:v>
       </x:c>
       <x:c r="C1100" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1100" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1100" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:38</x:v>
+        <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1101">
       <x:c r="A1101" s="3" t="str">
         <x:v>1096</x:v>
       </x:c>
       <x:c r="B1101" s="3" t="str">
         <x:v>MAA 111K</x:v>
       </x:c>
       <x:c r="C1101" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1101" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1101" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:39</x:v>
+        <x:v>Tue 17 Feb 2026 17:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1102">
       <x:c r="A1102" s="3" t="str">
         <x:v>1097</x:v>
       </x:c>
       <x:c r="B1102" s="3" t="str">
         <x:v>M117 AAL</x:v>
       </x:c>
       <x:c r="C1102" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1102" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,060.00</x:v>
       </x:c>
       <x:c r="E1102" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:39</x:v>
+        <x:v>Tue 17 Feb 2026 15:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1103">
       <x:c r="A1103" s="3" t="str">
         <x:v>1098</x:v>
       </x:c>
       <x:c r="B1103" s="3" t="str">
         <x:v>M81 ABR</x:v>
       </x:c>
       <x:c r="C1103" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1103" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1103" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:39</x:v>
+        <x:v>Tue 17 Feb 2026 16:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1104">
       <x:c r="A1104" s="3" t="str">
         <x:v>1099</x:v>
       </x:c>
       <x:c r="B1104" s="3" t="str">
         <x:v>104 MAC</x:v>
       </x:c>
       <x:c r="C1104" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1104" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,030.00</x:v>
       </x:c>
       <x:c r="E1104" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:39</x:v>
+        <x:v>Tue 17 Feb 2026 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1105">
       <x:c r="A1105" s="3" t="str">
         <x:v>1100</x:v>
       </x:c>
       <x:c r="B1105" s="3" t="str">
         <x:v>MA22 DEN</x:v>
       </x:c>
       <x:c r="C1105" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1105" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E1105" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1106">
       <x:c r="A1106" s="3" t="str">
         <x:v>1101</x:v>
       </x:c>
       <x:c r="B1106" s="3" t="str">
         <x:v>MAD 75M</x:v>
       </x:c>
       <x:c r="C1106" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1106" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£920.00</x:v>
       </x:c>
       <x:c r="E1106" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:40</x:v>
+        <x:v>Tue 17 Feb 2026 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1107">
       <x:c r="A1107" s="3" t="str">
         <x:v>1102</x:v>
       </x:c>
       <x:c r="B1107" s="3" t="str">
         <x:v>MAD 456R</x:v>
       </x:c>
       <x:c r="C1107" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1107" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,170.00</x:v>
       </x:c>
       <x:c r="E1107" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:40</x:v>
+        <x:v>Tue 17 Feb 2026 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1108">
       <x:c r="A1108" s="3" t="str">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="B1108" s="3" t="str">
         <x:v>MA66 GGS</x:v>
       </x:c>
       <x:c r="C1108" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1108" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E1108" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:40</x:v>
+        <x:v>Tue 17 Feb 2026 15:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1109">
       <x:c r="A1109" s="3" t="str">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="B1109" s="3" t="str">
         <x:v>MA66 GGY</x:v>
       </x:c>
       <x:c r="C1109" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1109" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,430.00</x:v>
       </x:c>
       <x:c r="E1109" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:40</x:v>
+        <x:v>Tue 17 Feb 2026 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1110">
       <x:c r="A1110" s="3" t="str">
         <x:v>1105</x:v>
       </x:c>
       <x:c r="B1110" s="3" t="str">
         <x:v>MAG 133S</x:v>
       </x:c>
       <x:c r="C1110" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1110" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1110" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:40</x:v>
+        <x:v>Tue 17 Feb 2026 15:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1111">
       <x:c r="A1111" s="3" t="str">
         <x:v>1106</x:v>
       </x:c>
       <x:c r="B1111" s="3" t="str">
         <x:v>MAH 21R</x:v>
       </x:c>
       <x:c r="C1111" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1111" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,710.00</x:v>
       </x:c>
       <x:c r="E1111" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:41</x:v>
+        <x:v>Tue 17 Feb 2026 15:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1112">
       <x:c r="A1112" s="3" t="str">
         <x:v>1107</x:v>
       </x:c>
       <x:c r="B1112" s="3" t="str">
         <x:v>MAH 3S</x:v>
       </x:c>
       <x:c r="C1112" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1112" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,860.00</x:v>
       </x:c>
       <x:c r="E1112" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:41</x:v>
+        <x:v>Tue 17 Feb 2026 15:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1113">
       <x:c r="A1113" s="3" t="str">
         <x:v>1108</x:v>
       </x:c>
       <x:c r="B1113" s="3" t="str">
         <x:v>28 MAJ</x:v>
       </x:c>
       <x:c r="C1113" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1113" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1113" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:41</x:v>
+        <x:v>Tue 17 Feb 2026 15:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1114">
       <x:c r="A1114" s="3" t="str">
         <x:v>1109</x:v>
       </x:c>
       <x:c r="B1114" s="3" t="str">
         <x:v>MA11 JOR</x:v>
       </x:c>
       <x:c r="C1114" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1114" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,370.00</x:v>
       </x:c>
       <x:c r="E1114" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:41</x:v>
+        <x:v>Tue 17 Feb 2026 15:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1115">
       <x:c r="A1115" s="3" t="str">
         <x:v>1110</x:v>
       </x:c>
       <x:c r="B1115" s="3" t="str">
         <x:v>MAL 16A</x:v>
       </x:c>
       <x:c r="C1115" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1115" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,270.00</x:v>
       </x:c>
       <x:c r="E1115" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:41</x:v>
+        <x:v>Tue 17 Feb 2026 15:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1116">
       <x:c r="A1116" s="3" t="str">
         <x:v>1111</x:v>
       </x:c>
       <x:c r="B1116" s="3" t="str">
         <x:v>MAL 83C</x:v>
       </x:c>
       <x:c r="C1116" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1116" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,710.00</x:v>
       </x:c>
       <x:c r="E1116" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1117">
       <x:c r="A1117" s="3" t="str">
         <x:v>1112</x:v>
       </x:c>
       <x:c r="B1117" s="3" t="str">
         <x:v>MAL 18H</x:v>
       </x:c>
       <x:c r="C1117" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1117" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E1117" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:42</x:v>
+        <x:v>Tue 17 Feb 2026 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1118">
       <x:c r="A1118" s="3" t="str">
         <x:v>1113</x:v>
       </x:c>
       <x:c r="B1118" s="3" t="str">
         <x:v>MAL 26Y</x:v>
       </x:c>
       <x:c r="C1118" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1118" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1118" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:42</x:v>
+        <x:v>Tue 17 Feb 2026 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1119">
       <x:c r="A1119" s="3" t="str">
         <x:v>1114</x:v>
       </x:c>
       <x:c r="B1119" s="3" t="str">
         <x:v>53 MAM</x:v>
       </x:c>
       <x:c r="C1119" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1119" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1119" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:42</x:v>
+        <x:v>Tue 17 Feb 2026 14:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1120">
       <x:c r="A1120" s="3" t="str">
         <x:v>1115</x:v>
       </x:c>
       <x:c r="B1120" s="3" t="str">
         <x:v>MAM 5H</x:v>
       </x:c>
       <x:c r="C1120" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1120" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1120" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:42</x:v>
+        <x:v>Tue 17 Feb 2026 17:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1121">
       <x:c r="A1121" s="3" t="str">
         <x:v>1116</x:v>
       </x:c>
       <x:c r="B1121" s="3" t="str">
         <x:v>MA68 NDY</x:v>
       </x:c>
       <x:c r="C1121" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1121" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1121" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1122">
       <x:c r="A1122" s="3" t="str">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="B1122" s="3" t="str">
         <x:v>MA06 NOJ</x:v>
       </x:c>
       <x:c r="C1122" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1122" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£620.00</x:v>
       </x:c>
       <x:c r="E1122" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:43</x:v>
+        <x:v>Tue 17 Feb 2026 16:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1123">
       <x:c r="A1123" s="3" t="str">
         <x:v>1118</x:v>
       </x:c>
       <x:c r="B1123" s="3" t="str">
         <x:v>M57 ANT</x:v>
       </x:c>
       <x:c r="C1123" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1123" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E1123" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:43</x:v>
+        <x:v>Tue 17 Feb 2026 14:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1124">
       <x:c r="A1124" s="3" t="str">
         <x:v>1119</x:v>
       </x:c>
       <x:c r="B1124" s="3" t="str">
         <x:v>M74 ANU</x:v>
       </x:c>
       <x:c r="C1124" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1124" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1124" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:43</x:v>
+        <x:v>Tue 17 Feb 2026 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1125">
       <x:c r="A1125" s="3" t="str">
         <x:v>1120</x:v>
       </x:c>
       <x:c r="B1125" s="3" t="str">
         <x:v>89 MAP</x:v>
       </x:c>
       <x:c r="C1125" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1125" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1125" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1126">
       <x:c r="A1126" s="3" t="str">
         <x:v>1121</x:v>
       </x:c>
       <x:c r="B1126" s="3" t="str">
         <x:v>MA18 RCO</x:v>
       </x:c>
       <x:c r="C1126" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1126" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1126" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1127">
       <x:c r="A1127" s="3" t="str">
         <x:v>1122</x:v>
       </x:c>
       <x:c r="B1127" s="3" t="str">
         <x:v>M114 ARY</x:v>
       </x:c>
       <x:c r="C1127" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1127" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1127" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:44</x:v>
+        <x:v>Tue 17 Feb 2026 15:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1128">
       <x:c r="A1128" s="3" t="str">
         <x:v>1123</x:v>
       </x:c>
       <x:c r="B1128" s="3" t="str">
         <x:v>MAS 45</x:v>
       </x:c>
       <x:c r="C1128" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1128" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,810.00</x:v>
       </x:c>
       <x:c r="E1128" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1129">
       <x:c r="A1129" s="3" t="str">
         <x:v>1124</x:v>
       </x:c>
       <x:c r="B1129" s="3" t="str">
         <x:v>MA25 SEY</x:v>
       </x:c>
       <x:c r="C1129" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1129" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1129" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:44</x:v>
+        <x:v>Tue 17 Feb 2026 21:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1130">
       <x:c r="A1130" s="3" t="str">
         <x:v>1125</x:v>
       </x:c>
       <x:c r="B1130" s="3" t="str">
         <x:v>M114 ATA</x:v>
       </x:c>
       <x:c r="C1130" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1130" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E1130" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:44</x:v>
+        <x:v>Tue 17 Feb 2026 18:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1131">
       <x:c r="A1131" s="3" t="str">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="B1131" s="3" t="str">
         <x:v>90 MAX</x:v>
       </x:c>
       <x:c r="C1131" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1131" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,060.00</x:v>
       </x:c>
       <x:c r="E1131" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:45</x:v>
+        <x:v>Tue 17 Feb 2026 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1132">
       <x:c r="A1132" s="3" t="str">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="B1132" s="3" t="str">
         <x:v>MAX 51R</x:v>
       </x:c>
       <x:c r="C1132" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1132" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1132" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1133">
       <x:c r="A1133" s="3" t="str">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="B1133" s="3" t="str">
         <x:v>MA11 YES</x:v>
       </x:c>
       <x:c r="C1133" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1133" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1133" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:45</x:v>
+        <x:v>Tue 17 Feb 2026 15:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1134">
       <x:c r="A1134" s="3" t="str">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="B1134" s="3" t="str">
         <x:v>MAY 83L</x:v>
       </x:c>
       <x:c r="C1134" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1134" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E1134" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:45</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1135">
       <x:c r="A1135" s="3" t="str">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="B1135" s="3" t="str">
         <x:v>MAY 14N</x:v>
       </x:c>
       <x:c r="C1135" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1135" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,240.00</x:v>
       </x:c>
       <x:c r="E1135" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:45</x:v>
+        <x:v>Tue 17 Feb 2026 17:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1136">
       <x:c r="A1136" s="3" t="str">
         <x:v>1131</x:v>
       </x:c>
       <x:c r="B1136" s="3" t="str">
         <x:v>MAY 333S</x:v>
       </x:c>
       <x:c r="C1136" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1136" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1136" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:46</x:v>
+        <x:v>Tue 17 Feb 2026 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1137">
       <x:c r="A1137" s="3" t="str">
         <x:v>1132</x:v>
       </x:c>
       <x:c r="B1137" s="3" t="str">
         <x:v>MA03 YUR</x:v>
       </x:c>
       <x:c r="C1137" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1137" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E1137" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:46</x:v>
+        <x:v>Tue 17 Feb 2026 15:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1138">
       <x:c r="A1138" s="3" t="str">
         <x:v>1133</x:v>
       </x:c>
       <x:c r="B1138" s="3" t="str">
         <x:v>1989 MB</x:v>
       </x:c>
       <x:c r="C1138" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1138" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1138" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:46</x:v>
+        <x:v>Tue 17 Feb 2026 15:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1139">
       <x:c r="A1139" s="3" t="str">
         <x:v>1134</x:v>
       </x:c>
       <x:c r="B1139" s="3" t="str">
         <x:v>11 MBA</x:v>
       </x:c>
       <x:c r="C1139" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1139" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,910.00</x:v>
       </x:c>
       <x:c r="E1139" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:46</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1140">
       <x:c r="A1140" s="3" t="str">
         <x:v>1135</x:v>
       </x:c>
       <x:c r="B1140" s="3" t="str">
         <x:v>MBR 34R</x:v>
       </x:c>
       <x:c r="C1140" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1140" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£700.00</x:v>
       </x:c>
       <x:c r="E1140" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:46</x:v>
+        <x:v>Tue 17 Feb 2026 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1141">
       <x:c r="A1141" s="3" t="str">
         <x:v>1136</x:v>
       </x:c>
       <x:c r="B1141" s="3" t="str">
         <x:v>515 MBS</x:v>
       </x:c>
       <x:c r="C1141" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1141" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1141" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1142">
       <x:c r="A1142" s="3" t="str">
         <x:v>1137</x:v>
       </x:c>
       <x:c r="B1142" s="3" t="str">
         <x:v>MBU 5Y</x:v>
       </x:c>
       <x:c r="C1142" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1142" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,120.00</x:v>
       </x:c>
       <x:c r="E1142" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1143">
       <x:c r="A1143" s="3" t="str">
         <x:v>1138</x:v>
       </x:c>
       <x:c r="B1143" s="3" t="str">
         <x:v>60 MCC</x:v>
       </x:c>
       <x:c r="C1143" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1143" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,630.00</x:v>
       </x:c>
       <x:c r="E1143" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:47</x:v>
+        <x:v>Tue 17 Feb 2026 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1144">
       <x:c r="A1144" s="3" t="str">
         <x:v>1139</x:v>
       </x:c>
       <x:c r="B1144" s="3" t="str">
         <x:v>9 MCE</x:v>
       </x:c>
       <x:c r="C1144" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1144" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,580.00</x:v>
       </x:c>
       <x:c r="E1144" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:47</x:v>
+        <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1145">
       <x:c r="A1145" s="3" t="str">
         <x:v>1140</x:v>
       </x:c>
       <x:c r="B1145" s="3" t="str">
         <x:v>M47 CEL</x:v>
       </x:c>
       <x:c r="C1145" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1145" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1145" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:47</x:v>
+        <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1146">
       <x:c r="A1146" s="3" t="str">
         <x:v>1141</x:v>
       </x:c>
       <x:c r="B1146" s="3" t="str">
         <x:v>MCF 444R</x:v>
       </x:c>
       <x:c r="C1146" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1146" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E1146" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:48</x:v>
+        <x:v>Tue 17 Feb 2026 15:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1147">
       <x:c r="A1147" s="3" t="str">
         <x:v>1142</x:v>
       </x:c>
       <x:c r="B1147" s="3" t="str">
         <x:v>MCK 66H</x:v>
       </x:c>
       <x:c r="C1147" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1147" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£890.00</x:v>
       </x:c>
       <x:c r="E1147" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:48</x:v>
+        <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1148">
       <x:c r="A1148" s="3" t="str">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="B1148" s="3" t="str">
         <x:v>MCK 12R</x:v>
       </x:c>
       <x:c r="C1148" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1148" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£850.00</x:v>
       </x:c>
       <x:c r="E1148" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:48</x:v>
+        <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1149">
       <x:c r="A1149" s="3" t="str">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="B1149" s="3" t="str">
         <x:v>MCK 88Y</x:v>
       </x:c>
       <x:c r="C1149" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1149" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,590.00</x:v>
       </x:c>
       <x:c r="E1149" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:48</x:v>
+        <x:v>Tue 17 Feb 2026 17:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1150">
       <x:c r="A1150" s="3" t="str">
         <x:v>1145</x:v>
       </x:c>
       <x:c r="B1150" s="3" t="str">
         <x:v>MCL 860S</x:v>
       </x:c>
       <x:c r="C1150" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1150" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,280.00</x:v>
       </x:c>
       <x:c r="E1150" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:48</x:v>
+        <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1151">
       <x:c r="A1151" s="3" t="str">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="B1151" s="3" t="str">
         <x:v>911 MCN</x:v>
       </x:c>
       <x:c r="C1151" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1151" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,040.00</x:v>
       </x:c>
       <x:c r="E1151" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:49</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1152">
       <x:c r="A1152" s="3" t="str">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="B1152" s="3" t="str">
         <x:v>81 MCP</x:v>
       </x:c>
       <x:c r="C1152" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1152" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E1152" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1153">
       <x:c r="A1153" s="3" t="str">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="B1153" s="3" t="str">
         <x:v>MCP 805S</x:v>
       </x:c>
       <x:c r="C1153" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1153" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1153" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:49</x:v>
+        <x:v>Tue 17 Feb 2026 14:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1154">
       <x:c r="A1154" s="3" t="str">
         <x:v>1149</x:v>
       </x:c>
       <x:c r="B1154" s="3" t="str">
         <x:v>M68 CPT</x:v>
       </x:c>
       <x:c r="C1154" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1154" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1154" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1155">
       <x:c r="A1155" s="3" t="str">
         <x:v>1150</x:v>
       </x:c>
       <x:c r="B1155" s="3" t="str">
         <x:v>M79 CRA</x:v>
       </x:c>
       <x:c r="C1155" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1155" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£280.00</x:v>
       </x:c>
       <x:c r="E1155" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1156">
       <x:c r="A1156" s="3" t="str">
         <x:v>1151</x:v>
       </x:c>
       <x:c r="B1156" s="3" t="str">
         <x:v>143 MCT</x:v>
       </x:c>
       <x:c r="C1156" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1156" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1156" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:50</x:v>
+        <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1157">
       <x:c r="A1157" s="3" t="str">
         <x:v>1152</x:v>
       </x:c>
       <x:c r="B1157" s="3" t="str">
         <x:v>MCZ 69</x:v>
       </x:c>
       <x:c r="C1157" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1157" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,100.00</x:v>
       </x:c>
       <x:c r="E1157" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1158">
       <x:c r="A1158" s="3" t="str">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="B1158" s="3" t="str">
         <x:v>505 MD</x:v>
       </x:c>
       <x:c r="C1158" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1158" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,790.00</x:v>
       </x:c>
       <x:c r="E1158" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:50</x:v>
+        <x:v>Tue 17 Feb 2026 17:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1159">
       <x:c r="A1159" s="3" t="str">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="B1159" s="3" t="str">
         <x:v>911 MDD</x:v>
       </x:c>
       <x:c r="C1159" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1159" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,760.00</x:v>
       </x:c>
       <x:c r="E1159" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:50</x:v>
+        <x:v>Tue 17 Feb 2026 15:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1160">
       <x:c r="A1160" s="3" t="str">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="B1160" s="3" t="str">
         <x:v>MDG 24B</x:v>
       </x:c>
       <x:c r="C1160" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1160" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1160" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1161">
       <x:c r="A1161" s="3" t="str">
         <x:v>1156</x:v>
       </x:c>
       <x:c r="B1161" s="3" t="str">
         <x:v>M39 DOB</x:v>
       </x:c>
       <x:c r="C1161" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1161" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E1161" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1162">
       <x:c r="A1162" s="3" t="str">
         <x:v>1157</x:v>
       </x:c>
       <x:c r="B1162" s="3" t="str">
         <x:v>505 ME</x:v>
       </x:c>
       <x:c r="C1162" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1162" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1162" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:51</x:v>
+        <x:v>Tue 17 Feb 2026 15:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1163">
       <x:c r="A1163" s="3" t="str">
         <x:v>1158</x:v>
       </x:c>
       <x:c r="B1163" s="3" t="str">
         <x:v>MED 11T</x:v>
       </x:c>
       <x:c r="C1163" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1163" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E1163" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1164">
       <x:c r="A1164" s="3" t="str">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="B1164" s="3" t="str">
         <x:v>M36 EKS</x:v>
       </x:c>
       <x:c r="C1164" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1164" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1164" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:51</x:v>
+        <x:v>Tue 17 Feb 2026 16:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1165">
       <x:c r="A1165" s="3" t="str">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="B1165" s="3" t="str">
         <x:v>MEL 14S</x:v>
       </x:c>
       <x:c r="C1165" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1165" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,380.00</x:v>
       </x:c>
       <x:c r="E1165" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1166">
       <x:c r="A1166" s="3" t="str">
         <x:v>1161</x:v>
       </x:c>
       <x:c r="B1166" s="3" t="str">
         <x:v>MEM 3X</x:v>
       </x:c>
       <x:c r="C1166" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1166" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E1166" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:52</x:v>
+        <x:v>Tue 17 Feb 2026 19:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1167">
       <x:c r="A1167" s="3" t="str">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="B1167" s="3" t="str">
         <x:v>20 MEO</x:v>
       </x:c>
       <x:c r="C1167" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1167" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1167" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:52</x:v>
+        <x:v>Tue 17 Feb 2026 15:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1168">
       <x:c r="A1168" s="3" t="str">
         <x:v>1163</x:v>
       </x:c>
       <x:c r="B1168" s="3" t="str">
         <x:v>10 MEY</x:v>
       </x:c>
       <x:c r="C1168" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1168" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,210.00</x:v>
       </x:c>
       <x:c r="E1168" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:52</x:v>
+        <x:v>Tue 17 Feb 2026 15:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1169">
       <x:c r="A1169" s="3" t="str">
         <x:v>1164</x:v>
       </x:c>
       <x:c r="B1169" s="3" t="str">
         <x:v>M122 FOX</x:v>
       </x:c>
       <x:c r="C1169" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1169" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,990.00</x:v>
       </x:c>
       <x:c r="E1169" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:52</x:v>
+        <x:v>Tue 17 Feb 2026 15:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1170">
       <x:c r="A1170" s="3" t="str">
         <x:v>1165</x:v>
       </x:c>
       <x:c r="B1170" s="3" t="str">
         <x:v>M612 GAN</x:v>
       </x:c>
       <x:c r="C1170" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1170" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£740.00</x:v>
       </x:c>
       <x:c r="E1170" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:52</x:v>
+        <x:v>Tue 17 Feb 2026 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1171">
       <x:c r="A1171" s="3" t="str">
         <x:v>1166</x:v>
       </x:c>
       <x:c r="B1171" s="3" t="str">
         <x:v>60 MGB</x:v>
       </x:c>
       <x:c r="C1171" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1171" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,900.00</x:v>
       </x:c>
       <x:c r="E1171" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:53</x:v>
+        <x:v>Tue 17 Feb 2026 18:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1172">
       <x:c r="A1172" s="3" t="str">
         <x:v>1167</x:v>
       </x:c>
       <x:c r="B1172" s="3" t="str">
         <x:v>MGB 9T</x:v>
       </x:c>
       <x:c r="C1172" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1172" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,350.00</x:v>
       </x:c>
       <x:c r="E1172" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:53</x:v>
+        <x:v>Tue 17 Feb 2026 18:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1173">
       <x:c r="A1173" s="3" t="str">
         <x:v>1168</x:v>
       </x:c>
       <x:c r="B1173" s="3" t="str">
         <x:v>MGC 68E</x:v>
       </x:c>
       <x:c r="C1173" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1173" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E1173" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:53</x:v>
+        <x:v>Tue 17 Feb 2026 15:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1174">
       <x:c r="A1174" s="3" t="str">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="B1174" s="3" t="str">
         <x:v>25 MGH</x:v>
       </x:c>
       <x:c r="C1174" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1174" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1174" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1175">
       <x:c r="A1175" s="3" t="str">
         <x:v>1170</x:v>
       </x:c>
       <x:c r="B1175" s="3" t="str">
         <x:v>M41 GNA</x:v>
       </x:c>
       <x:c r="C1175" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1175" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£900.00</x:v>
       </x:c>
       <x:c r="E1175" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:53</x:v>
+        <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1176">
       <x:c r="A1176" s="3" t="str">
         <x:v>1171</x:v>
       </x:c>
       <x:c r="B1176" s="3" t="str">
         <x:v>M74 HAS</x:v>
       </x:c>
       <x:c r="C1176" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1176" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£450.00</x:v>
       </x:c>
       <x:c r="E1176" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:54</x:v>
+        <x:v>Tue 17 Feb 2026 15:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1177">
       <x:c r="A1177" s="3" t="str">
         <x:v>1172</x:v>
       </x:c>
       <x:c r="B1177" s="3" t="str">
         <x:v>MIG 19</x:v>
       </x:c>
       <x:c r="C1177" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1177" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,660.00</x:v>
       </x:c>
       <x:c r="E1177" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1178">
       <x:c r="A1178" s="3" t="str">
         <x:v>1173</x:v>
       </x:c>
       <x:c r="B1178" s="3" t="str">
         <x:v>MIL 671</x:v>
       </x:c>
       <x:c r="C1178" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1178" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1178" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1179">
       <x:c r="A1179" s="3" t="str">
         <x:v>1174</x:v>
       </x:c>
       <x:c r="B1179" s="3" t="str">
         <x:v>M41 JAW</x:v>
       </x:c>
       <x:c r="C1179" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1179" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E1179" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:54</x:v>
+        <x:v>Tue 17 Feb 2026 15:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1180">
       <x:c r="A1180" s="3" t="str">
         <x:v>1175</x:v>
       </x:c>
       <x:c r="B1180" s="3" t="str">
         <x:v>301 MJB</x:v>
       </x:c>
       <x:c r="C1180" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1180" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,300.00</x:v>
       </x:c>
       <x:c r="E1180" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:54</x:v>
+        <x:v>Tue 17 Feb 2026 15:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1181">
       <x:c r="A1181" s="3" t="str">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="B1181" s="3" t="str">
         <x:v>100 MJC</x:v>
       </x:c>
       <x:c r="C1181" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1181" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,500.00</x:v>
       </x:c>
       <x:c r="E1181" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:55</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1182">
       <x:c r="A1182" s="3" t="str">
         <x:v>1177</x:v>
       </x:c>
       <x:c r="B1182" s="3" t="str">
         <x:v>900 MJD</x:v>
       </x:c>
       <x:c r="C1182" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1182" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,020.00</x:v>
       </x:c>
       <x:c r="E1182" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:55</x:v>
+        <x:v>Tue 17 Feb 2026 15:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1183">
       <x:c r="A1183" s="3" t="str">
         <x:v>1178</x:v>
       </x:c>
       <x:c r="B1183" s="3" t="str">
         <x:v>MJD 911A</x:v>
       </x:c>
       <x:c r="C1183" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1183" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,530.00</x:v>
       </x:c>
       <x:c r="E1183" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:55</x:v>
+        <x:v>Tue 17 Feb 2026 15:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1184">
       <x:c r="A1184" s="3" t="str">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="B1184" s="3" t="str">
         <x:v>M81 JEE</x:v>
       </x:c>
       <x:c r="C1184" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1184" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,410.00</x:v>
       </x:c>
       <x:c r="E1184" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:55</x:v>
+        <x:v>Tue 17 Feb 2026 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1185">
       <x:c r="A1185" s="3" t="str">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="B1185" s="3" t="str">
         <x:v>MJF 84D</x:v>
       </x:c>
       <x:c r="C1185" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1185" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1185" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1186">
       <x:c r="A1186" s="3" t="str">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="B1186" s="3" t="str">
         <x:v>25 MJG</x:v>
       </x:c>
       <x:c r="C1186" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1186" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,810.00</x:v>
       </x:c>
       <x:c r="E1186" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:56</x:v>
+        <x:v>Tue 17 Feb 2026 16:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1187">
       <x:c r="A1187" s="3" t="str">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="B1187" s="3" t="str">
         <x:v>14 MJN</x:v>
       </x:c>
       <x:c r="C1187" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1187" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1187" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:56</x:v>
+        <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1188">
       <x:c r="A1188" s="3" t="str">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="B1188" s="3" t="str">
         <x:v>MJP 24</x:v>
       </x:c>
       <x:c r="C1188" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1188" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,330.00</x:v>
       </x:c>
       <x:c r="E1188" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:56</x:v>
+        <x:v>Tue 17 Feb 2026 18:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1189">
       <x:c r="A1189" s="3" t="str">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="B1189" s="3" t="str">
         <x:v>MJS 88X</x:v>
       </x:c>
       <x:c r="C1189" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1189" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1189" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1190">
       <x:c r="A1190" s="3" t="str">
         <x:v>1185</x:v>
       </x:c>
       <x:c r="B1190" s="3" t="str">
         <x:v>9 MKG</x:v>
       </x:c>
       <x:c r="C1190" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1190" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,730.00</x:v>
       </x:c>
       <x:c r="E1190" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:56</x:v>
+        <x:v>Tue 17 Feb 2026 16:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1191">
       <x:c r="A1191" s="3" t="str">
         <x:v>1186</x:v>
       </x:c>
       <x:c r="B1191" s="3" t="str">
         <x:v>M206 KLA</x:v>
       </x:c>
       <x:c r="C1191" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1191" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1191" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1192">
       <x:c r="A1192" s="3" t="str">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="B1192" s="3" t="str">
         <x:v>M611 KLE</x:v>
       </x:c>
       <x:c r="C1192" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1192" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1192" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:57</x:v>
+        <x:v>Tue 17 Feb 2026 18:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1193">
       <x:c r="A1193" s="3" t="str">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="B1193" s="3" t="str">
         <x:v>19 MKS</x:v>
       </x:c>
       <x:c r="C1193" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1193" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,520.00</x:v>
       </x:c>
       <x:c r="E1193" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:57</x:v>
+        <x:v>Tue 17 Feb 2026 21:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1194">
       <x:c r="A1194" s="3" t="str">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="B1194" s="3" t="str">
         <x:v>M71 LAN</x:v>
       </x:c>
       <x:c r="C1194" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1194" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,200.00</x:v>
       </x:c>
       <x:c r="E1194" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1195">
       <x:c r="A1195" s="3" t="str">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="B1195" s="3" t="str">
         <x:v>273 MLB</x:v>
       </x:c>
       <x:c r="C1195" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1195" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,810.00</x:v>
       </x:c>
       <x:c r="E1195" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1196">
       <x:c r="A1196" s="3" t="str">
         <x:v>1191</x:v>
       </x:c>
       <x:c r="B1196" s="3" t="str">
         <x:v>M240 LEE</x:v>
       </x:c>
       <x:c r="C1196" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1196" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E1196" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:58</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1197">
       <x:c r="A1197" s="3" t="str">
         <x:v>1192</x:v>
       </x:c>
       <x:c r="B1197" s="3" t="str">
         <x:v>M240 LKC</x:v>
       </x:c>
       <x:c r="C1197" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1197" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E1197" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1198">
       <x:c r="A1198" s="3" t="str">
         <x:v>1193</x:v>
       </x:c>
       <x:c r="B1198" s="3" t="str">
         <x:v>100 MLY</x:v>
       </x:c>
       <x:c r="C1198" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1198" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,200.00</x:v>
       </x:c>
       <x:c r="E1198" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:58</x:v>
+        <x:v>Tue 17 Feb 2026 15:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1199">
       <x:c r="A1199" s="3" t="str">
         <x:v>1194</x:v>
       </x:c>
       <x:c r="B1199" s="3" t="str">
         <x:v>M47 MAW</x:v>
       </x:c>
       <x:c r="C1199" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1199" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£500.00</x:v>
       </x:c>
       <x:c r="E1199" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1200">
       <x:c r="A1200" s="3" t="str">
         <x:v>1195</x:v>
       </x:c>
       <x:c r="B1200" s="3" t="str">
         <x:v>M94 MCB</x:v>
       </x:c>
       <x:c r="C1200" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1200" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E1200" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:58</x:v>
+        <x:v>Tue 17 Feb 2026 15:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1201">
       <x:c r="A1201" s="3" t="str">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="B1201" s="3" t="str">
         <x:v>MNE 4T</x:v>
       </x:c>
       <x:c r="C1201" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1201" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1201" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1202">
       <x:c r="A1202" s="3" t="str">
         <x:v>1197</x:v>
       </x:c>
       <x:c r="B1202" s="3" t="str">
         <x:v>23 MNH</x:v>
       </x:c>
       <x:c r="C1202" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1202" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,800.00</x:v>
       </x:c>
       <x:c r="E1202" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:59</x:v>
+        <x:v>Tue 17 Feb 2026 15:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1203">
       <x:c r="A1203" s="3" t="str">
         <x:v>1198</x:v>
       </x:c>
       <x:c r="B1203" s="3" t="str">
         <x:v>M330 NKF</x:v>
       </x:c>
       <x:c r="C1203" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1203" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1203" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1204">
       <x:c r="A1204" s="3" t="str">
         <x:v>1199</x:v>
       </x:c>
       <x:c r="B1204" s="3" t="str">
         <x:v>M134 NKS</x:v>
       </x:c>
       <x:c r="C1204" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1204" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,760.00</x:v>
       </x:c>
       <x:c r="E1204" s="3" t="str">
         <x:v>Tue 17 Feb 2026 14:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1205">
       <x:c r="A1205" s="3" t="str">
         <x:v>1200</x:v>
       </x:c>
       <x:c r="B1205" s="3" t="str">
         <x:v>1980 MO</x:v>
       </x:c>
       <x:c r="C1205" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1205" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,270.00</x:v>
       </x:c>
       <x:c r="E1205" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 14:59</x:v>
+        <x:v>Tue 17 Feb 2026 16:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1206">
       <x:c r="A1206" s="3" t="str">
         <x:v>1201</x:v>
       </x:c>
       <x:c r="B1206" s="3" t="str">
         <x:v>MOH 733B</x:v>
       </x:c>
       <x:c r="C1206" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1206" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1206" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1207">
       <x:c r="A1207" s="3" t="str">
         <x:v>1202</x:v>
       </x:c>
       <x:c r="B1207" s="3" t="str">
         <x:v>MOH 71N</x:v>
       </x:c>
       <x:c r="C1207" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1207" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,330.00</x:v>
       </x:c>
       <x:c r="E1207" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:00</x:v>
+        <x:v>Tue 17 Feb 2026 15:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1208">
       <x:c r="A1208" s="3" t="str">
         <x:v>1203</x:v>
       </x:c>
       <x:c r="B1208" s="3" t="str">
         <x:v>MOM 3N</x:v>
       </x:c>
       <x:c r="C1208" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1208" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,180.00</x:v>
       </x:c>
       <x:c r="E1208" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:00</x:v>
+        <x:v>Tue 17 Feb 2026 20:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1209">
       <x:c r="A1209" s="3" t="str">
         <x:v>1204</x:v>
       </x:c>
       <x:c r="B1209" s="3" t="str">
         <x:v>MON 61L</x:v>
       </x:c>
       <x:c r="C1209" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1209" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1209" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1210">
       <x:c r="A1210" s="3" t="str">
         <x:v>1205</x:v>
       </x:c>
       <x:c r="B1210" s="3" t="str">
         <x:v>MON 14R</x:v>
       </x:c>
       <x:c r="C1210" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1210" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1210" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:00</x:v>
+        <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1211">
       <x:c r="A1211" s="3" t="str">
         <x:v>1206</x:v>
       </x:c>
       <x:c r="B1211" s="3" t="str">
         <x:v>MON 666Y</x:v>
       </x:c>
       <x:c r="C1211" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1211" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,800.00</x:v>
       </x:c>
       <x:c r="E1211" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:01</x:v>
+        <x:v>Tue 17 Feb 2026 16:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1212">
       <x:c r="A1212" s="3" t="str">
         <x:v>1207</x:v>
       </x:c>
       <x:c r="B1212" s="3" t="str">
         <x:v>160 MR</x:v>
       </x:c>
       <x:c r="C1212" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1212" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,050.00</x:v>
       </x:c>
       <x:c r="E1212" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1213">
       <x:c r="A1213" s="3" t="str">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="B1213" s="3" t="str">
         <x:v>MRA 1A</x:v>
       </x:c>
       <x:c r="C1213" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1213" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E1213" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1214">
       <x:c r="A1214" s="3" t="str">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="B1214" s="3" t="str">
         <x:v>MRA 51M</x:v>
       </x:c>
       <x:c r="C1214" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1214" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1214" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1215">
       <x:c r="A1215" s="3" t="str">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="B1215" s="3" t="str">
         <x:v>60 MRC</x:v>
       </x:c>
       <x:c r="C1215" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1215" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,110.00</x:v>
       </x:c>
       <x:c r="E1215" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:01</x:v>
+        <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1216">
       <x:c r="A1216" s="3" t="str">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="B1216" s="3" t="str">
         <x:v>MRD 3N</x:v>
       </x:c>
       <x:c r="C1216" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1216" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1216" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:02</x:v>
+        <x:v>Tue 17 Feb 2026 15:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1217">
       <x:c r="A1217" s="3" t="str">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="B1217" s="3" t="str">
         <x:v>M709 REA</x:v>
       </x:c>
       <x:c r="C1217" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1217" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1217" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1218">
       <x:c r="A1218" s="3" t="str">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="B1218" s="3" t="str">
         <x:v>MRH 45H</x:v>
       </x:c>
       <x:c r="C1218" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1218" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,040.00</x:v>
       </x:c>
       <x:c r="E1218" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1219">
       <x:c r="A1219" s="3" t="str">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="B1219" s="3" t="str">
         <x:v>MRM 2X</x:v>
       </x:c>
       <x:c r="C1219" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1219" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1219" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1220">
       <x:c r="A1220" s="3" t="str">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="B1220" s="3" t="str">
         <x:v>MR51 UCK</x:v>
       </x:c>
       <x:c r="C1220" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1220" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£920.00</x:v>
       </x:c>
       <x:c r="E1220" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:02</x:v>
+        <x:v>Tue 17 Feb 2026 15:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1221">
       <x:c r="A1221" s="3" t="str">
         <x:v>1216</x:v>
       </x:c>
       <x:c r="B1221" s="3" t="str">
         <x:v>M455 RUF</x:v>
       </x:c>
       <x:c r="C1221" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1221" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£590.00</x:v>
       </x:c>
       <x:c r="E1221" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:03</x:v>
+        <x:v>Tue 17 Feb 2026 16:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1222">
       <x:c r="A1222" s="3" t="str">
         <x:v>1217</x:v>
       </x:c>
       <x:c r="B1222" s="3" t="str">
         <x:v>M499 RYM</x:v>
       </x:c>
       <x:c r="C1222" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1222" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1222" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1223">
       <x:c r="A1223" s="3" t="str">
         <x:v>1218</x:v>
       </x:c>
       <x:c r="B1223" s="3" t="str">
         <x:v>99 MSA</x:v>
       </x:c>
       <x:c r="C1223" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1223" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,290.00</x:v>
       </x:c>
       <x:c r="E1223" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:03</x:v>
+        <x:v>Tue 17 Feb 2026 17:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1224">
       <x:c r="A1224" s="3" t="str">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="B1224" s="3" t="str">
         <x:v>MSB 500E</x:v>
       </x:c>
       <x:c r="C1224" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1224" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1224" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1225">
       <x:c r="A1225" s="3" t="str">
         <x:v>1220</x:v>
       </x:c>
       <x:c r="B1225" s="3" t="str">
         <x:v>MSC 11A</x:v>
       </x:c>
       <x:c r="C1225" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1225" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£630.00</x:v>
       </x:c>
       <x:c r="E1225" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:03</x:v>
+        <x:v>Tue 17 Feb 2026 15:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1226">
       <x:c r="A1226" s="3" t="str">
         <x:v>1221</x:v>
       </x:c>
       <x:c r="B1226" s="3" t="str">
         <x:v>MSC 1B</x:v>
       </x:c>
       <x:c r="C1226" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1226" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,090.00</x:v>
       </x:c>
       <x:c r="E1226" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:04</x:v>
+        <x:v>Tue 17 Feb 2026 19:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1227">
       <x:c r="A1227" s="3" t="str">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="B1227" s="3" t="str">
         <x:v>MSC 81G</x:v>
       </x:c>
       <x:c r="C1227" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1227" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,020.00</x:v>
       </x:c>
       <x:c r="E1227" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:04</x:v>
+        <x:v>Tue 17 Feb 2026 18:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1228">
       <x:c r="A1228" s="3" t="str">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="B1228" s="3" t="str">
         <x:v>MS54 CHA</x:v>
       </x:c>
       <x:c r="C1228" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1228" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E1228" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1229">
       <x:c r="A1229" s="3" t="str">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="B1229" s="3" t="str">
         <x:v>65 MSK</x:v>
       </x:c>
       <x:c r="C1229" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1229" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,010.00</x:v>
       </x:c>
       <x:c r="E1229" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:04</x:v>
+        <x:v>Tue 17 Feb 2026 15:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1230">
       <x:c r="A1230" s="3" t="str">
         <x:v>1225</x:v>
       </x:c>
       <x:c r="B1230" s="3" t="str">
         <x:v>MSK 805S</x:v>
       </x:c>
       <x:c r="C1230" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1230" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,120.00</x:v>
       </x:c>
       <x:c r="E1230" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:04</x:v>
+        <x:v>Tue 17 Feb 2026 20:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1231">
       <x:c r="A1231" s="3" t="str">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="B1231" s="3" t="str">
         <x:v>666 MSM</x:v>
       </x:c>
       <x:c r="C1231" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1231" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1231" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:05</x:v>
+        <x:v>Tue 17 Feb 2026 16:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1232">
       <x:c r="A1232" s="3" t="str">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="B1232" s="3" t="str">
         <x:v>81 MSN</x:v>
       </x:c>
       <x:c r="C1232" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1232" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,520.00</x:v>
       </x:c>
       <x:c r="E1232" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:05</x:v>
+        <x:v>Tue 17 Feb 2026 17:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1233">
       <x:c r="A1233" s="3" t="str">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="B1233" s="3" t="str">
         <x:v>M918 SON</x:v>
       </x:c>
       <x:c r="C1233" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1233" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£430.00</x:v>
       </x:c>
       <x:c r="E1233" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:05</x:v>
+        <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1234">
       <x:c r="A1234" s="3" t="str">
         <x:v>1229</x:v>
       </x:c>
       <x:c r="B1234" s="3" t="str">
         <x:v>MSS 94</x:v>
       </x:c>
       <x:c r="C1234" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1234" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,090.00</x:v>
       </x:c>
       <x:c r="E1234" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:05</x:v>
+        <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1235">
       <x:c r="A1235" s="3" t="str">
         <x:v>1230</x:v>
       </x:c>
       <x:c r="B1235" s="3" t="str">
         <x:v>M47 STA</x:v>
       </x:c>
       <x:c r="C1235" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1235" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E1235" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:05</x:v>
+        <x:v>Tue 17 Feb 2026 16:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1236">
       <x:c r="A1236" s="3" t="str">
         <x:v>1231</x:v>
       </x:c>
       <x:c r="B1236" s="3" t="str">
         <x:v>M49 SUM</x:v>
       </x:c>
       <x:c r="C1236" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1236" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1236" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1237">
       <x:c r="A1237" s="3" t="str">
         <x:v>1232</x:v>
       </x:c>
       <x:c r="B1237" s="3" t="str">
         <x:v>MSW 4N</x:v>
       </x:c>
       <x:c r="C1237" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1237" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,630.00</x:v>
       </x:c>
       <x:c r="E1237" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:06</x:v>
+        <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1238">
       <x:c r="A1238" s="3" t="str">
         <x:v>1233</x:v>
       </x:c>
       <x:c r="B1238" s="3" t="str">
         <x:v>11 MSX</x:v>
       </x:c>
       <x:c r="C1238" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1238" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,700.00</x:v>
       </x:c>
       <x:c r="E1238" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:06</x:v>
+        <x:v>Tue 17 Feb 2026 20:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1239">
       <x:c r="A1239" s="3" t="str">
         <x:v>1234</x:v>
       </x:c>
       <x:c r="B1239" s="3" t="str">
         <x:v>33 MTS</x:v>
       </x:c>
       <x:c r="C1239" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1239" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,560.00</x:v>
       </x:c>
       <x:c r="E1239" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1240">
       <x:c r="A1240" s="3" t="str">
         <x:v>1235</x:v>
       </x:c>
       <x:c r="B1240" s="3" t="str">
         <x:v>M54 UDK</x:v>
       </x:c>
       <x:c r="C1240" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1240" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1240" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1241">
       <x:c r="A1241" s="3" t="str">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="B1241" s="3" t="str">
         <x:v>MUD 63Y</x:v>
       </x:c>
       <x:c r="C1241" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1241" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1241" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1242">
       <x:c r="A1242" s="3" t="str">
         <x:v>1237</x:v>
       </x:c>
       <x:c r="B1242" s="3" t="str">
         <x:v>MU51 EMS</x:v>
       </x:c>
       <x:c r="C1242" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1242" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,790.00</x:v>
       </x:c>
       <x:c r="E1242" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:07</x:v>
+        <x:v>Tue 17 Feb 2026 18:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1243">
       <x:c r="A1243" s="3" t="str">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="B1243" s="3" t="str">
         <x:v>MUF 454K</x:v>
       </x:c>
       <x:c r="C1243" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1243" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E1243" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:07</x:v>
+        <x:v>Tue 17 Feb 2026 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1244">
       <x:c r="A1244" s="3" t="str">
         <x:v>1239</x:v>
       </x:c>
       <x:c r="B1244" s="3" t="str">
         <x:v>MUH 18S</x:v>
       </x:c>
       <x:c r="C1244" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1244" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,440.00</x:v>
       </x:c>
       <x:c r="E1244" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:07</x:v>
+        <x:v>Tue 17 Feb 2026 20:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1245">
       <x:c r="A1245" s="3" t="str">
         <x:v>1240</x:v>
       </x:c>
       <x:c r="B1245" s="3" t="str">
         <x:v>MU24 PHY</x:v>
       </x:c>
       <x:c r="C1245" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1245" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,100.00</x:v>
       </x:c>
       <x:c r="E1245" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:07</x:v>
+        <x:v>Tue 17 Feb 2026 16:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1246">
       <x:c r="A1246" s="3" t="str">
         <x:v>1241</x:v>
       </x:c>
       <x:c r="B1246" s="3" t="str">
         <x:v>MUR 71K</x:v>
       </x:c>
       <x:c r="C1246" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1246" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E1246" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1247">
       <x:c r="A1247" s="3" t="str">
         <x:v>1242</x:v>
       </x:c>
       <x:c r="B1247" s="3" t="str">
         <x:v>MUR 964T</x:v>
       </x:c>
       <x:c r="C1247" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1247" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£390.00</x:v>
       </x:c>
       <x:c r="E1247" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:08</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1248">
       <x:c r="A1248" s="3" t="str">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="B1248" s="3" t="str">
         <x:v>M118 URY</x:v>
       </x:c>
       <x:c r="C1248" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1248" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1248" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:08</x:v>
+        <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1249">
       <x:c r="A1249" s="3" t="str">
         <x:v>1244</x:v>
       </x:c>
       <x:c r="B1249" s="3" t="str">
         <x:v>92 MUS</x:v>
       </x:c>
       <x:c r="C1249" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1249" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,620.00</x:v>
       </x:c>
       <x:c r="E1249" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:08</x:v>
+        <x:v>Tue 17 Feb 2026 19:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1250">
       <x:c r="A1250" s="3" t="str">
         <x:v>1245</x:v>
       </x:c>
       <x:c r="B1250" s="3" t="str">
         <x:v>MUT 51M</x:v>
       </x:c>
       <x:c r="C1250" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1250" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1250" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1251">
       <x:c r="A1251" s="3" t="str">
         <x:v>1246</x:v>
       </x:c>
       <x:c r="B1251" s="3" t="str">
         <x:v>MVE 124J</x:v>
       </x:c>
       <x:c r="C1251" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1251" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£690.00</x:v>
       </x:c>
       <x:c r="E1251" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:09</x:v>
+        <x:v>Tue 17 Feb 2026 15:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1252">
       <x:c r="A1252" s="3" t="str">
         <x:v>1247</x:v>
       </x:c>
       <x:c r="B1252" s="3" t="str">
         <x:v>M43 VEM</x:v>
       </x:c>
       <x:c r="C1252" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1252" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E1252" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:09</x:v>
+        <x:v>Tue 17 Feb 2026 15:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1253">
       <x:c r="A1253" s="3" t="str">
         <x:v>1248</x:v>
       </x:c>
       <x:c r="B1253" s="3" t="str">
         <x:v>2 MVY</x:v>
       </x:c>
       <x:c r="C1253" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1253" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,950.00</x:v>
       </x:c>
       <x:c r="E1253" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:09</x:v>
+        <x:v>Tue 17 Feb 2026 17:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1254">
       <x:c r="A1254" s="3" t="str">
         <x:v>1249</x:v>
       </x:c>
       <x:c r="B1254" s="3" t="str">
         <x:v>12 MWB</x:v>
       </x:c>
       <x:c r="C1254" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1254" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1254" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1255">
       <x:c r="A1255" s="3" t="str">
         <x:v>1250</x:v>
       </x:c>
       <x:c r="B1255" s="3" t="str">
         <x:v>75 MWM</x:v>
       </x:c>
       <x:c r="C1255" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1255" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1255" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1256">
       <x:c r="A1256" s="3" t="str">
         <x:v>1251</x:v>
       </x:c>
       <x:c r="B1256" s="3" t="str">
         <x:v>MXN 2C</x:v>
       </x:c>
       <x:c r="C1256" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1256" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,320.00</x:v>
       </x:c>
       <x:c r="E1256" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1257">
       <x:c r="A1257" s="3" t="str">
         <x:v>1252</x:v>
       </x:c>
       <x:c r="B1257" s="3" t="str">
         <x:v>MXY 80Y</x:v>
       </x:c>
       <x:c r="C1257" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1257" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1257" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:10</x:v>
+        <x:v>Tue 17 Feb 2026 15:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1258">
       <x:c r="A1258" s="3" t="str">
         <x:v>1253</x:v>
       </x:c>
       <x:c r="B1258" s="3" t="str">
         <x:v>M47 YAN</x:v>
       </x:c>
       <x:c r="C1258" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1258" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,730.00</x:v>
       </x:c>
       <x:c r="E1258" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:10</x:v>
+        <x:v>Tue 17 Feb 2026 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1259">
       <x:c r="A1259" s="3" t="str">
         <x:v>1254</x:v>
       </x:c>
       <x:c r="B1259" s="3" t="str">
         <x:v>MY66 BMW</x:v>
       </x:c>
       <x:c r="C1259" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1259" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£940.00</x:v>
       </x:c>
       <x:c r="E1259" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:10</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1260">
       <x:c r="A1260" s="3" t="str">
         <x:v>1255</x:v>
       </x:c>
       <x:c r="B1260" s="3" t="str">
         <x:v>MYG 2J</x:v>
       </x:c>
       <x:c r="C1260" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1260" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£640.00</x:v>
       </x:c>
       <x:c r="E1260" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:10</x:v>
+        <x:v>Tue 17 Feb 2026 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1261">
       <x:c r="A1261" s="3" t="str">
         <x:v>1256</x:v>
       </x:c>
       <x:c r="B1261" s="3" t="str">
         <x:v>M477 YJT</x:v>
       </x:c>
       <x:c r="C1261" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1261" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1261" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:11</x:v>
+        <x:v>Tue 17 Feb 2026 15:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1262">
       <x:c r="A1262" s="3" t="str">
         <x:v>1257</x:v>
       </x:c>
       <x:c r="B1262" s="3" t="str">
         <x:v>24 MYK</x:v>
       </x:c>
       <x:c r="C1262" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1262" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1262" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:11</x:v>
+        <x:v>Tue 17 Feb 2026 15:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1263">
       <x:c r="A1263" s="3" t="str">
         <x:v>1258</x:v>
       </x:c>
       <x:c r="B1263" s="3" t="str">
         <x:v>MYK 80Y</x:v>
       </x:c>
       <x:c r="C1263" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1263" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1263" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1264">
       <x:c r="A1264" s="3" t="str">
         <x:v>1259</x:v>
       </x:c>
       <x:c r="B1264" s="3" t="str">
         <x:v>859 MYO</x:v>
       </x:c>
       <x:c r="C1264" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1264" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1264" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:11</x:v>
+        <x:v>Tue 17 Feb 2026 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1265">
       <x:c r="A1265" s="3" t="str">
         <x:v>1260</x:v>
       </x:c>
       <x:c r="B1265" s="3" t="str">
         <x:v>51 MYX</x:v>
       </x:c>
       <x:c r="C1265" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1265" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E1265" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1266">
       <x:c r="A1266" s="3" t="str">
         <x:v>1261</x:v>
       </x:c>
       <x:c r="B1266" s="3" t="str">
         <x:v>234 N</x:v>
       </x:c>
       <x:c r="C1266" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1266" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,010.00</x:v>
       </x:c>
       <x:c r="E1266" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:12</x:v>
+        <x:v>Tue 17 Feb 2026 19:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1267">
       <x:c r="A1267" s="3" t="str">
         <x:v>1262</x:v>
       </x:c>
       <x:c r="B1267" s="3" t="str">
         <x:v>NAA 51R</x:v>
       </x:c>
       <x:c r="C1267" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1267" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,510.00</x:v>
       </x:c>
       <x:c r="E1267" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:12</x:v>
+        <x:v>Tue 17 Feb 2026 16:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1268">
       <x:c r="A1268" s="3" t="str">
         <x:v>1263</x:v>
       </x:c>
       <x:c r="B1268" s="3" t="str">
         <x:v>NAE 331M</x:v>
       </x:c>
       <x:c r="C1268" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1268" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,740.00</x:v>
       </x:c>
       <x:c r="E1268" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:12</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1269">
       <x:c r="A1269" s="3" t="str">
         <x:v>1264</x:v>
       </x:c>
       <x:c r="B1269" s="3" t="str">
         <x:v>NAF 13S</x:v>
       </x:c>
       <x:c r="C1269" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1269" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1269" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:12</x:v>
+        <x:v>Tue 17 Feb 2026 17:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1270">
       <x:c r="A1270" s="3" t="str">
         <x:v>1265</x:v>
       </x:c>
       <x:c r="B1270" s="3" t="str">
         <x:v>NAJ 18A</x:v>
       </x:c>
       <x:c r="C1270" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1270" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E1270" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1271">
       <x:c r="A1271" s="3" t="str">
         <x:v>1266</x:v>
       </x:c>
       <x:c r="B1271" s="3" t="str">
         <x:v>NAM 199S</x:v>
       </x:c>
       <x:c r="C1271" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1271" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£700.00</x:v>
       </x:c>
       <x:c r="E1271" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:13</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1272">
       <x:c r="A1272" s="3" t="str">
         <x:v>1267</x:v>
       </x:c>
       <x:c r="B1272" s="3" t="str">
         <x:v>NAR 77N</x:v>
       </x:c>
       <x:c r="C1272" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1272" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£740.00</x:v>
       </x:c>
       <x:c r="E1272" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1273">
       <x:c r="A1273" s="3" t="str">
         <x:v>1268</x:v>
       </x:c>
       <x:c r="B1273" s="3" t="str">
         <x:v>98 NAS</x:v>
       </x:c>
       <x:c r="C1273" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1273" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E1273" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1274">
       <x:c r="A1274" s="3" t="str">
         <x:v>1269</x:v>
       </x:c>
       <x:c r="B1274" s="3" t="str">
         <x:v>NAT 91X</x:v>
       </x:c>
       <x:c r="C1274" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1274" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1274" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:13</x:v>
+        <x:v>Tue 17 Feb 2026 17:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1275">
       <x:c r="A1275" s="3" t="str">
         <x:v>1270</x:v>
       </x:c>
       <x:c r="B1275" s="3" t="str">
         <x:v>98 NAV</x:v>
       </x:c>
       <x:c r="C1275" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1275" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,110.00</x:v>
       </x:c>
       <x:c r="E1275" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:13</x:v>
+        <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1276">
       <x:c r="A1276" s="3" t="str">
         <x:v>1271</x:v>
       </x:c>
       <x:c r="B1276" s="3" t="str">
         <x:v>NAV 17D</x:v>
       </x:c>
       <x:c r="C1276" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1276" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E1276" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:14</x:v>
+        <x:v>Tue 17 Feb 2026 16:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1277">
       <x:c r="A1277" s="3" t="str">
         <x:v>1272</x:v>
       </x:c>
       <x:c r="B1277" s="3" t="str">
         <x:v>NAV 412E</x:v>
       </x:c>
       <x:c r="C1277" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1277" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1277" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1278">
       <x:c r="A1278" s="3" t="str">
         <x:v>1273</x:v>
       </x:c>
       <x:c r="B1278" s="3" t="str">
         <x:v>NAY 3L</x:v>
       </x:c>
       <x:c r="C1278" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1278" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,010.00</x:v>
       </x:c>
       <x:c r="E1278" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:14</x:v>
+        <x:v>Tue 17 Feb 2026 15:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1279">
       <x:c r="A1279" s="3" t="str">
         <x:v>1274</x:v>
       </x:c>
       <x:c r="B1279" s="3" t="str">
         <x:v>NAZ 259</x:v>
       </x:c>
       <x:c r="C1279" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1279" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1279" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1280">
       <x:c r="A1280" s="3" t="str">
         <x:v>1275</x:v>
       </x:c>
       <x:c r="B1280" s="3" t="str">
         <x:v>NBR 488S</x:v>
       </x:c>
       <x:c r="C1280" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1280" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E1280" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1281">
       <x:c r="A1281" s="3" t="str">
         <x:v>1276</x:v>
       </x:c>
       <x:c r="B1281" s="3" t="str">
         <x:v>N58 CCA</x:v>
       </x:c>
       <x:c r="C1281" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1281" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1281" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1282">
       <x:c r="A1282" s="3" t="str">
         <x:v>1277</x:v>
       </x:c>
       <x:c r="B1282" s="3" t="str">
         <x:v>N91 CHO</x:v>
       </x:c>
       <x:c r="C1282" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1282" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E1282" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:15</x:v>
+        <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1283">
       <x:c r="A1283" s="3" t="str">
         <x:v>1278</x:v>
       </x:c>
       <x:c r="B1283" s="3" t="str">
         <x:v>N98 DAN</x:v>
       </x:c>
       <x:c r="C1283" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1283" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1283" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1284">
       <x:c r="A1284" s="3" t="str">
         <x:v>1279</x:v>
       </x:c>
       <x:c r="B1284" s="3" t="str">
         <x:v>14 NDW</x:v>
       </x:c>
       <x:c r="C1284" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1284" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,860.00</x:v>
       </x:c>
       <x:c r="E1284" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1285">
       <x:c r="A1285" s="3" t="str">
         <x:v>1280</x:v>
       </x:c>
       <x:c r="B1285" s="3" t="str">
         <x:v>82 NE</x:v>
       </x:c>
       <x:c r="C1285" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1285" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,510.00</x:v>
       </x:c>
       <x:c r="E1285" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:15</x:v>
+        <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1286">
       <x:c r="A1286" s="3" t="str">
         <x:v>1281</x:v>
       </x:c>
       <x:c r="B1286" s="3" t="str">
         <x:v>NEB 111S</x:v>
       </x:c>
       <x:c r="C1286" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1286" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E1286" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1287">
       <x:c r="A1287" s="3" t="str">
         <x:v>1282</x:v>
       </x:c>
       <x:c r="B1287" s="3" t="str">
         <x:v>NEE 5Y</x:v>
       </x:c>
       <x:c r="C1287" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1287" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1287" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1288">
       <x:c r="A1288" s="3" t="str">
         <x:v>1283</x:v>
       </x:c>
       <x:c r="B1288" s="3" t="str">
         <x:v>36 NEL</x:v>
       </x:c>
       <x:c r="C1288" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1288" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,820.00</x:v>
       </x:c>
       <x:c r="E1288" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:16</x:v>
+        <x:v>Tue 17 Feb 2026 15:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1289">
       <x:c r="A1289" s="3" t="str">
         <x:v>1284</x:v>
       </x:c>
       <x:c r="B1289" s="3" t="str">
         <x:v>NEM 94G</x:v>
       </x:c>
       <x:c r="C1289" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1289" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1289" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1290">
       <x:c r="A1290" s="3" t="str">
         <x:v>1285</x:v>
       </x:c>
       <x:c r="B1290" s="3" t="str">
         <x:v>NER 3A</x:v>
       </x:c>
       <x:c r="C1290" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1290" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1290" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1291">
       <x:c r="A1291" s="3" t="str">
         <x:v>1286</x:v>
       </x:c>
       <x:c r="B1291" s="3" t="str">
         <x:v>NGZ 111</x:v>
       </x:c>
       <x:c r="C1291" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1291" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E1291" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:17</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1292">
       <x:c r="A1292" s="3" t="str">
         <x:v>1287</x:v>
       </x:c>
       <x:c r="B1292" s="3" t="str">
         <x:v>N45 HAD</x:v>
       </x:c>
       <x:c r="C1292" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1292" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,820.00</x:v>
       </x:c>
       <x:c r="E1292" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:17</x:v>
+        <x:v>Tue 17 Feb 2026 18:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1293">
       <x:c r="A1293" s="3" t="str">
         <x:v>1288</x:v>
       </x:c>
       <x:c r="B1293" s="3" t="str">
         <x:v>N155 HMK</x:v>
       </x:c>
       <x:c r="C1293" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1293" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£230.00</x:v>
       </x:c>
       <x:c r="E1293" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1294">
       <x:c r="A1294" s="3" t="str">
         <x:v>1289</x:v>
       </x:c>
       <x:c r="B1294" s="3" t="str">
         <x:v>NIL 359</x:v>
       </x:c>
       <x:c r="C1294" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1294" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E1294" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1295">
       <x:c r="A1295" s="3" t="str">
         <x:v>1290</x:v>
       </x:c>
       <x:c r="B1295" s="3" t="str">
         <x:v>1006 NJ</x:v>
       </x:c>
       <x:c r="C1295" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1295" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E1295" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1296">
       <x:c r="A1296" s="3" t="str">
         <x:v>1291</x:v>
       </x:c>
       <x:c r="B1296" s="3" t="str">
         <x:v>NJL 3W</x:v>
       </x:c>
       <x:c r="C1296" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1296" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1296" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:18</x:v>
+        <x:v>Tue 17 Feb 2026 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1297">
       <x:c r="A1297" s="3" t="str">
         <x:v>1292</x:v>
       </x:c>
       <x:c r="B1297" s="3" t="str">
         <x:v>NJU 2D</x:v>
       </x:c>
       <x:c r="C1297" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1297" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E1297" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1298">
       <x:c r="A1298" s="3" t="str">
         <x:v>1293</x:v>
       </x:c>
       <x:c r="B1298" s="3" t="str">
         <x:v>N71 KLS</x:v>
       </x:c>
       <x:c r="C1298" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1298" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E1298" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:18</x:v>
+        <x:v>Tue 17 Feb 2026 15:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1299">
       <x:c r="A1299" s="3" t="str">
         <x:v>1294</x:v>
       </x:c>
       <x:c r="B1299" s="3" t="str">
         <x:v>N34 LEA</x:v>
       </x:c>
       <x:c r="C1299" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1299" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1299" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:18</x:v>
+        <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1300">
       <x:c r="A1300" s="3" t="str">
         <x:v>1295</x:v>
       </x:c>
       <x:c r="B1300" s="3" t="str">
         <x:v>4 NLU</x:v>
       </x:c>
       <x:c r="C1300" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1300" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,610.00</x:v>
       </x:c>
       <x:c r="E1300" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:18</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1301">
       <x:c r="A1301" s="3" t="str">
         <x:v>1296</x:v>
       </x:c>
       <x:c r="B1301" s="3" t="str">
         <x:v>NMM 14H</x:v>
       </x:c>
       <x:c r="C1301" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1301" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,520.00</x:v>
       </x:c>
       <x:c r="E1301" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:19</x:v>
+        <x:v>Tue 17 Feb 2026 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1302">
       <x:c r="A1302" s="3" t="str">
         <x:v>1297</x:v>
       </x:c>
       <x:c r="B1302" s="3" t="str">
         <x:v>2241 NN</x:v>
       </x:c>
       <x:c r="C1302" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1302" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,430.00</x:v>
       </x:c>
       <x:c r="E1302" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:19</x:v>
+        <x:v>Tue 17 Feb 2026 15:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1303">
       <x:c r="A1303" s="3" t="str">
         <x:v>1298</x:v>
       </x:c>
       <x:c r="B1303" s="3" t="str">
         <x:v>N110 NEY</x:v>
       </x:c>
       <x:c r="C1303" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1303" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E1303" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1304">
       <x:c r="A1304" s="3" t="str">
         <x:v>1299</x:v>
       </x:c>
       <x:c r="B1304" s="3" t="str">
         <x:v>N74 OAH</x:v>
       </x:c>
       <x:c r="C1304" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1304" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E1304" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:19</x:v>
+        <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1305">
       <x:c r="A1305" s="3" t="str">
         <x:v>1300</x:v>
       </x:c>
       <x:c r="B1305" s="3" t="str">
         <x:v>NO12 BLE</x:v>
       </x:c>
       <x:c r="C1305" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1305" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£430.00</x:v>
       </x:c>
       <x:c r="E1305" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1306">
       <x:c r="A1306" s="3" t="str">
         <x:v>1301</x:v>
       </x:c>
       <x:c r="B1306" s="3" t="str">
         <x:v>N108 OLA</x:v>
       </x:c>
       <x:c r="C1306" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1306" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,710.00</x:v>
       </x:c>
       <x:c r="E1306" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:20</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1307">
       <x:c r="A1307" s="3" t="str">
         <x:v>1302</x:v>
       </x:c>
       <x:c r="B1307" s="3" t="str">
         <x:v>N56 ORA</x:v>
       </x:c>
       <x:c r="C1307" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1307" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1307" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:20</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1308">
       <x:c r="A1308" s="3" t="str">
         <x:v>1303</x:v>
       </x:c>
       <x:c r="B1308" s="3" t="str">
         <x:v>NPE 2A</x:v>
       </x:c>
       <x:c r="C1308" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1308" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1308" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:20</x:v>
+        <x:v>Tue 17 Feb 2026 15:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1309">
       <x:c r="A1309" s="3" t="str">
         <x:v>1304</x:v>
       </x:c>
       <x:c r="B1309" s="3" t="str">
         <x:v>N414 ROB</x:v>
       </x:c>
       <x:c r="C1309" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1309" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1309" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:20</x:v>
+        <x:v>Tue 17 Feb 2026 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1310">
       <x:c r="A1310" s="3" t="str">
         <x:v>1305</x:v>
       </x:c>
       <x:c r="B1310" s="3" t="str">
         <x:v>N451 RRR</x:v>
       </x:c>
       <x:c r="C1310" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1310" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,830.00</x:v>
       </x:c>
       <x:c r="E1310" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:20</x:v>
+        <x:v>Tue 17 Feb 2026 16:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1311">
       <x:c r="A1311" s="3" t="str">
         <x:v>1306</x:v>
       </x:c>
       <x:c r="B1311" s="3" t="str">
         <x:v>NRZ 88</x:v>
       </x:c>
       <x:c r="C1311" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1311" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,250.00</x:v>
       </x:c>
       <x:c r="E1311" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:21</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1312">
       <x:c r="A1312" s="3" t="str">
         <x:v>1307</x:v>
       </x:c>
       <x:c r="B1312" s="3" t="str">
         <x:v>71 NSB</x:v>
       </x:c>
       <x:c r="C1312" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1312" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1312" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:21</x:v>
+        <x:v>Tue 17 Feb 2026 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1313">
       <x:c r="A1313" s="3" t="str">
         <x:v>1308</x:v>
       </x:c>
       <x:c r="B1313" s="3" t="str">
         <x:v>N115 SHY</x:v>
       </x:c>
       <x:c r="C1313" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1313" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,160.00</x:v>
       </x:c>
       <x:c r="E1313" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:21</x:v>
+        <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1314">
       <x:c r="A1314" s="3" t="str">
         <x:v>1309</x:v>
       </x:c>
       <x:c r="B1314" s="3" t="str">
         <x:v>NSM 41E</x:v>
       </x:c>
       <x:c r="C1314" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1314" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1314" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1315">
       <x:c r="A1315" s="3" t="str">
         <x:v>1310</x:v>
       </x:c>
       <x:c r="B1315" s="3" t="str">
         <x:v>141 NSS</x:v>
       </x:c>
       <x:c r="C1315" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1315" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,000.00</x:v>
       </x:c>
       <x:c r="E1315" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:21</x:v>
+        <x:v>Tue 17 Feb 2026 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1316">
       <x:c r="A1316" s="3" t="str">
         <x:v>1311</x:v>
       </x:c>
       <x:c r="B1316" s="3" t="str">
         <x:v>N96 SUP</x:v>
       </x:c>
       <x:c r="C1316" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1316" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E1316" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:22</x:v>
+        <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1317">
       <x:c r="A1317" s="3" t="str">
         <x:v>1312</x:v>
       </x:c>
       <x:c r="B1317" s="3" t="str">
         <x:v>460 NT</x:v>
       </x:c>
       <x:c r="C1317" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1317" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,310.00</x:v>
       </x:c>
       <x:c r="E1317" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1318">
       <x:c r="A1318" s="3" t="str">
         <x:v>1313</x:v>
       </x:c>
       <x:c r="B1318" s="3" t="str">
         <x:v>N405 TAL</x:v>
       </x:c>
       <x:c r="C1318" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1318" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1318" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1319">
       <x:c r="A1319" s="3" t="str">
         <x:v>1314</x:v>
       </x:c>
       <x:c r="B1319" s="3" t="str">
         <x:v>N47 THA</x:v>
       </x:c>
       <x:c r="C1319" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1319" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1319" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:22</x:v>
+        <x:v>Tue 17 Feb 2026 15:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1320">
       <x:c r="A1320" s="3" t="str">
         <x:v>1315</x:v>
       </x:c>
       <x:c r="B1320" s="3" t="str">
         <x:v>NTM 4D</x:v>
       </x:c>
       <x:c r="C1320" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1320" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£540.00</x:v>
       </x:c>
       <x:c r="E1320" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:22</x:v>
+        <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1321">
       <x:c r="A1321" s="3" t="str">
         <x:v>1316</x:v>
       </x:c>
       <x:c r="B1321" s="3" t="str">
         <x:v>NUD 63E</x:v>
       </x:c>
       <x:c r="C1321" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1321" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,230.00</x:v>
       </x:c>
       <x:c r="E1321" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:23</x:v>
+        <x:v>Tue 17 Feb 2026 18:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1322">
       <x:c r="A1322" s="3" t="str">
         <x:v>1317</x:v>
       </x:c>
       <x:c r="B1322" s="3" t="str">
         <x:v>NU66 ENT</x:v>
       </x:c>
       <x:c r="C1322" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1322" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,590.00</x:v>
       </x:c>
       <x:c r="E1322" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:23</x:v>
+        <x:v>Tue 17 Feb 2026 16:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1323">
       <x:c r="A1323" s="3" t="str">
         <x:v>1318</x:v>
       </x:c>
       <x:c r="B1323" s="3" t="str">
         <x:v>33 NV</x:v>
       </x:c>
       <x:c r="C1323" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1323" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,210.00</x:v>
       </x:c>
       <x:c r="E1323" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:23</x:v>
+        <x:v>Tue 17 Feb 2026 16:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1324">
       <x:c r="A1324" s="3" t="str">
         <x:v>1319</x:v>
       </x:c>
       <x:c r="B1324" s="3" t="str">
         <x:v>NVS 1</x:v>
       </x:c>
       <x:c r="C1324" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1324" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£18,270.00</x:v>
       </x:c>
       <x:c r="E1324" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:23</x:v>
+        <x:v>Tue 17 Feb 2026 17:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1325">
       <x:c r="A1325" s="3" t="str">
         <x:v>1320</x:v>
       </x:c>
       <x:c r="B1325" s="3" t="str">
         <x:v>5 NWN</x:v>
       </x:c>
       <x:c r="C1325" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1325" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,330.00</x:v>
       </x:c>
       <x:c r="E1325" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:23</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1326">
       <x:c r="A1326" s="3" t="str">
         <x:v>1321</x:v>
       </x:c>
       <x:c r="B1326" s="3" t="str">
         <x:v>NYR 4K</x:v>
       </x:c>
       <x:c r="C1326" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1326" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1326" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1327">
       <x:c r="A1327" s="3" t="str">
         <x:v>1322</x:v>
       </x:c>
       <x:c r="B1327" s="3" t="str">
         <x:v>NYR 4N</x:v>
       </x:c>
       <x:c r="C1327" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1327" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,810.00</x:v>
       </x:c>
       <x:c r="E1327" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:24</x:v>
+        <x:v>Tue 17 Feb 2026 17:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1328">
       <x:c r="A1328" s="3" t="str">
         <x:v>1323</x:v>
       </x:c>
       <x:c r="B1328" s="3" t="str">
         <x:v>313 O</x:v>
       </x:c>
       <x:c r="C1328" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1328" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,000.00</x:v>
       </x:c>
       <x:c r="E1328" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:24</x:v>
+        <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1329">
       <x:c r="A1329" s="3" t="str">
         <x:v>1324</x:v>
       </x:c>
       <x:c r="B1329" s="3" t="str">
         <x:v>7777 O</x:v>
       </x:c>
       <x:c r="C1329" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1329" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£22,960.00</x:v>
       </x:c>
       <x:c r="E1329" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:24</x:v>
+        <x:v>Tue 17 Feb 2026 16:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1330">
       <x:c r="A1330" s="3" t="str">
         <x:v>1325</x:v>
       </x:c>
       <x:c r="B1330" s="3" t="str">
         <x:v>OAK 1A</x:v>
       </x:c>
       <x:c r="C1330" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1330" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1330" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1331">
       <x:c r="A1331" s="3" t="str">
         <x:v>1326</x:v>
       </x:c>
       <x:c r="B1331" s="3" t="str">
         <x:v>OAY 5X</x:v>
       </x:c>
       <x:c r="C1331" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1331" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E1331" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:25</x:v>
+        <x:v>Tue 17 Feb 2026 16:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1332">
       <x:c r="A1332" s="3" t="str">
         <x:v>1327</x:v>
       </x:c>
       <x:c r="B1332" s="3" t="str">
         <x:v>OAZ 5555</x:v>
       </x:c>
       <x:c r="C1332" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1332" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E1332" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:25</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1333">
       <x:c r="A1333" s="3" t="str">
         <x:v>1328</x:v>
       </x:c>
       <x:c r="B1333" s="3" t="str">
         <x:v>280 OBS</x:v>
       </x:c>
       <x:c r="C1333" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1333" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,700.00</x:v>
       </x:c>
       <x:c r="E1333" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:25</x:v>
+        <x:v>Tue 17 Feb 2026 19:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1334">
       <x:c r="A1334" s="3" t="str">
         <x:v>1329</x:v>
       </x:c>
       <x:c r="B1334" s="3" t="str">
         <x:v>OBZ 85</x:v>
       </x:c>
       <x:c r="C1334" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1334" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E1334" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:25</x:v>
+        <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1335">
       <x:c r="A1335" s="3" t="str">
         <x:v>1330</x:v>
       </x:c>
       <x:c r="B1335" s="3" t="str">
         <x:v>7 OCB</x:v>
       </x:c>
       <x:c r="C1335" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1335" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,570.00</x:v>
       </x:c>
       <x:c r="E1335" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1336">
       <x:c r="A1336" s="3" t="str">
         <x:v>1331</x:v>
       </x:c>
       <x:c r="B1336" s="3" t="str">
         <x:v>OC22 EAN</x:v>
       </x:c>
       <x:c r="C1336" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1336" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,480.00</x:v>
       </x:c>
       <x:c r="E1336" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:26</x:v>
+        <x:v>Tue 17 Feb 2026 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1337">
       <x:c r="A1337" s="3" t="str">
         <x:v>1332</x:v>
       </x:c>
       <x:c r="B1337" s="3" t="str">
         <x:v>2 OCL</x:v>
       </x:c>
       <x:c r="C1337" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1337" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,620.00</x:v>
       </x:c>
       <x:c r="E1337" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1338">
       <x:c r="A1338" s="3" t="str">
         <x:v>1333</x:v>
       </x:c>
       <x:c r="B1338" s="3" t="str">
         <x:v>635 OCT</x:v>
       </x:c>
       <x:c r="C1338" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1338" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1338" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1339">
       <x:c r="A1339" s="3" t="str">
         <x:v>1334</x:v>
       </x:c>
       <x:c r="B1339" s="3" t="str">
         <x:v>ODB 70S</x:v>
       </x:c>
       <x:c r="C1339" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1339" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£440.00</x:v>
       </x:c>
       <x:c r="E1339" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:26</x:v>
+        <x:v>Tue 17 Feb 2026 15:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1340">
       <x:c r="A1340" s="3" t="str">
         <x:v>1335</x:v>
       </x:c>
       <x:c r="B1340" s="3" t="str">
         <x:v>2 OEM</x:v>
       </x:c>
       <x:c r="C1340" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1340" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,010.00</x:v>
       </x:c>
       <x:c r="E1340" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1341">
       <x:c r="A1341" s="3" t="str">
         <x:v>1336</x:v>
       </x:c>
       <x:c r="B1341" s="3" t="str">
         <x:v>OEV 11S</x:v>
       </x:c>
       <x:c r="C1341" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1341" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,210.00</x:v>
       </x:c>
       <x:c r="E1341" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:27</x:v>
+        <x:v>Tue 17 Feb 2026 18:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1342">
       <x:c r="A1342" s="3" t="str">
         <x:v>1337</x:v>
       </x:c>
       <x:c r="B1342" s="3" t="str">
         <x:v>OEZ 13</x:v>
       </x:c>
       <x:c r="C1342" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1342" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1342" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:27</x:v>
+        <x:v>Tue 17 Feb 2026 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1343">
       <x:c r="A1343" s="3" t="str">
         <x:v>1338</x:v>
       </x:c>
       <x:c r="B1343" s="3" t="str">
         <x:v>2 OFT</x:v>
       </x:c>
       <x:c r="C1343" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1343" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,220.00</x:v>
       </x:c>
       <x:c r="E1343" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:27</x:v>
+        <x:v>Tue 17 Feb 2026 18:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1344">
       <x:c r="A1344" s="3" t="str">
         <x:v>1339</x:v>
       </x:c>
       <x:c r="B1344" s="3" t="str">
         <x:v>OGZ 22</x:v>
       </x:c>
       <x:c r="C1344" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1344" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1344" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:27</x:v>
+        <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1345">
       <x:c r="A1345" s="3" t="str">
         <x:v>1340</x:v>
       </x:c>
       <x:c r="B1345" s="3" t="str">
         <x:v>93 OH</x:v>
       </x:c>
       <x:c r="C1345" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1345" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,270.00</x:v>
       </x:c>
       <x:c r="E1345" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:27</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1346">
       <x:c r="A1346" s="3" t="str">
         <x:v>1341</x:v>
       </x:c>
       <x:c r="B1346" s="3" t="str">
         <x:v>1 OHP</x:v>
       </x:c>
       <x:c r="C1346" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1346" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£16,510.00</x:v>
       </x:c>
       <x:c r="E1346" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:28</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1347">
       <x:c r="A1347" s="3" t="str">
         <x:v>1342</x:v>
       </x:c>
       <x:c r="B1347" s="3" t="str">
         <x:v>OIG 7777</x:v>
       </x:c>
       <x:c r="C1347" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1347" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E1347" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:28</x:v>
+        <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1348">
       <x:c r="A1348" s="3" t="str">
         <x:v>1343</x:v>
       </x:c>
       <x:c r="B1348" s="3" t="str">
         <x:v>OIL 271</x:v>
       </x:c>
       <x:c r="C1348" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1348" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E1348" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:28</x:v>
+        <x:v>Tue 17 Feb 2026 17:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1349">
       <x:c r="A1349" s="3" t="str">
         <x:v>1344</x:v>
       </x:c>
       <x:c r="B1349" s="3" t="str">
         <x:v>92 OJ</x:v>
       </x:c>
       <x:c r="C1349" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1349" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,360.00</x:v>
       </x:c>
       <x:c r="E1349" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:28</x:v>
+        <x:v>Tue 17 Feb 2026 15:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1350">
       <x:c r="A1350" s="3" t="str">
         <x:v>1345</x:v>
       </x:c>
       <x:c r="B1350" s="3" t="str">
         <x:v>3 OJM</x:v>
       </x:c>
       <x:c r="C1350" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1350" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,510.00</x:v>
       </x:c>
       <x:c r="E1350" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1351">
       <x:c r="A1351" s="3" t="str">
         <x:v>1346</x:v>
       </x:c>
       <x:c r="B1351" s="3" t="str">
         <x:v>6 OJY</x:v>
       </x:c>
       <x:c r="C1351" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1351" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,530.00</x:v>
       </x:c>
       <x:c r="E1351" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:29</x:v>
+        <x:v>Tue 17 Feb 2026 16:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1352">
       <x:c r="A1352" s="3" t="str">
         <x:v>1347</x:v>
       </x:c>
       <x:c r="B1352" s="3" t="str">
         <x:v>OKH 41D</x:v>
       </x:c>
       <x:c r="C1352" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1352" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E1352" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:29</x:v>
+        <x:v>Tue 17 Feb 2026 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1353">
       <x:c r="A1353" s="3" t="str">
         <x:v>1348</x:v>
       </x:c>
       <x:c r="B1353" s="3" t="str">
         <x:v>OLD 130Y</x:v>
       </x:c>
       <x:c r="C1353" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1353" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,000.00</x:v>
       </x:c>
       <x:c r="E1353" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1354">
       <x:c r="A1354" s="3" t="str">
         <x:v>1349</x:v>
       </x:c>
       <x:c r="B1354" s="3" t="str">
         <x:v>OLL 7D</x:v>
       </x:c>
       <x:c r="C1354" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1354" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E1354" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:29</x:v>
+        <x:v>Tue 17 Feb 2026 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1355">
       <x:c r="A1355" s="3" t="str">
         <x:v>1350</x:v>
       </x:c>
       <x:c r="B1355" s="3" t="str">
         <x:v>13 OLY</x:v>
       </x:c>
       <x:c r="C1355" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1355" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,530.00</x:v>
       </x:c>
       <x:c r="E1355" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:29</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1356">
       <x:c r="A1356" s="3" t="str">
         <x:v>1351</x:v>
       </x:c>
       <x:c r="B1356" s="3" t="str">
         <x:v>31 OM</x:v>
       </x:c>
       <x:c r="C1356" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1356" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,560.00</x:v>
       </x:c>
       <x:c r="E1356" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1357">
       <x:c r="A1357" s="3" t="str">
         <x:v>1352</x:v>
       </x:c>
       <x:c r="B1357" s="3" t="str">
         <x:v>11 OMA</x:v>
       </x:c>
       <x:c r="C1357" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1357" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1357" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:30</x:v>
+        <x:v>Tue 17 Feb 2026 16:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1358">
       <x:c r="A1358" s="3" t="str">
         <x:v>1353</x:v>
       </x:c>
       <x:c r="B1358" s="3" t="str">
         <x:v>OMA 2M</x:v>
       </x:c>
       <x:c r="C1358" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1358" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E1358" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1359">
       <x:c r="A1359" s="3" t="str">
         <x:v>1354</x:v>
       </x:c>
       <x:c r="B1359" s="3" t="str">
         <x:v>OMA 94R</x:v>
       </x:c>
       <x:c r="C1359" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1359" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,190.00</x:v>
       </x:c>
       <x:c r="E1359" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:30</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1360">
       <x:c r="A1360" s="3" t="str">
         <x:v>1355</x:v>
       </x:c>
       <x:c r="B1360" s="3" t="str">
         <x:v>548 OMB</x:v>
       </x:c>
       <x:c r="C1360" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1360" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,120.00</x:v>
       </x:c>
       <x:c r="E1360" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1361">
       <x:c r="A1361" s="3" t="str">
         <x:v>1356</x:v>
       </x:c>
       <x:c r="B1361" s="3" t="str">
         <x:v>OMH 2H</x:v>
       </x:c>
       <x:c r="C1361" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1361" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E1361" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1362">
       <x:c r="A1362" s="3" t="str">
         <x:v>1357</x:v>
       </x:c>
       <x:c r="B1362" s="3" t="str">
         <x:v>41 OMX</x:v>
       </x:c>
       <x:c r="C1362" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1362" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,730.00</x:v>
       </x:c>
       <x:c r="E1362" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:31</x:v>
+        <x:v>Tue 17 Feb 2026 16:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1363">
       <x:c r="A1363" s="3" t="str">
         <x:v>1358</x:v>
       </x:c>
       <x:c r="B1363" s="3" t="str">
         <x:v>32 ON</x:v>
       </x:c>
       <x:c r="C1363" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1363" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,110.00</x:v>
       </x:c>
       <x:c r="E1363" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:31</x:v>
+        <x:v>Tue 17 Feb 2026 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1364">
       <x:c r="A1364" s="3" t="str">
         <x:v>1359</x:v>
       </x:c>
       <x:c r="B1364" s="3" t="str">
         <x:v>3 ONA</x:v>
       </x:c>
       <x:c r="C1364" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1364" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,260.00</x:v>
       </x:c>
       <x:c r="E1364" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1365">
       <x:c r="A1365" s="3" t="str">
         <x:v>1360</x:v>
       </x:c>
       <x:c r="B1365" s="3" t="str">
         <x:v>ONP 4D</x:v>
       </x:c>
       <x:c r="C1365" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1365" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1365" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:31</x:v>
+        <x:v>Tue 17 Feb 2026 16:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1366">
       <x:c r="A1366" s="3" t="str">
         <x:v>1361</x:v>
       </x:c>
       <x:c r="B1366" s="3" t="str">
         <x:v>78 OO</x:v>
       </x:c>
       <x:c r="C1366" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1366" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£20,010.00</x:v>
       </x:c>
       <x:c r="E1366" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:32</x:v>
+        <x:v>Tue 17 Feb 2026 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1367">
       <x:c r="A1367" s="3" t="str">
         <x:v>1362</x:v>
       </x:c>
       <x:c r="B1367" s="3" t="str">
         <x:v>150 OOO</x:v>
       </x:c>
       <x:c r="C1367" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1367" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£25,010.00</x:v>
       </x:c>
       <x:c r="E1367" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:32</x:v>
+        <x:v>Tue 17 Feb 2026 16:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1368">
       <x:c r="A1368" s="3" t="str">
         <x:v>1363</x:v>
       </x:c>
       <x:c r="B1368" s="3" t="str">
         <x:v>OO15 OOO</x:v>
       </x:c>
       <x:c r="C1368" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1368" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,410.00</x:v>
       </x:c>
       <x:c r="E1368" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1369">
       <x:c r="A1369" s="3" t="str">
         <x:v>1364</x:v>
       </x:c>
       <x:c r="B1369" s="3" t="str">
         <x:v>88 OPE</x:v>
       </x:c>
       <x:c r="C1369" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1369" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E1369" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1370">
       <x:c r="A1370" s="3" t="str">
         <x:v>1365</x:v>
       </x:c>
       <x:c r="B1370" s="3" t="str">
         <x:v>OPE 7H</x:v>
       </x:c>
       <x:c r="C1370" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1370" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1370" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1371">
       <x:c r="A1371" s="3" t="str">
         <x:v>1366</x:v>
       </x:c>
       <x:c r="B1371" s="3" t="str">
         <x:v>10 OPS</x:v>
       </x:c>
       <x:c r="C1371" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1371" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,070.00</x:v>
       </x:c>
       <x:c r="E1371" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1372">
       <x:c r="A1372" s="3" t="str">
         <x:v>1367</x:v>
       </x:c>
       <x:c r="B1372" s="3" t="str">
         <x:v>24 ORR</x:v>
       </x:c>
       <x:c r="C1372" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1372" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,270.00</x:v>
       </x:c>
       <x:c r="E1372" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:33</x:v>
+        <x:v>Tue 17 Feb 2026 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1373">
       <x:c r="A1373" s="3" t="str">
         <x:v>1368</x:v>
       </x:c>
       <x:c r="B1373" s="3" t="str">
         <x:v>111 ORY</x:v>
       </x:c>
       <x:c r="C1373" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1373" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,700.00</x:v>
       </x:c>
       <x:c r="E1373" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1374">
       <x:c r="A1374" s="3" t="str">
         <x:v>1369</x:v>
       </x:c>
       <x:c r="B1374" s="3" t="str">
         <x:v>ORZ 600</x:v>
       </x:c>
       <x:c r="C1374" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1374" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£700.00</x:v>
       </x:c>
       <x:c r="E1374" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:33</x:v>
+        <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1375">
       <x:c r="A1375" s="3" t="str">
         <x:v>1370</x:v>
       </x:c>
       <x:c r="B1375" s="3" t="str">
         <x:v>OSC 53W</x:v>
       </x:c>
       <x:c r="C1375" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1375" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1375" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1376">
       <x:c r="A1376" s="3" t="str">
         <x:v>1371</x:v>
       </x:c>
       <x:c r="B1376" s="3" t="str">
         <x:v>OSH 34</x:v>
       </x:c>
       <x:c r="C1376" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1376" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1376" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:34</x:v>
+        <x:v>Tue 17 Feb 2026 17:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1377">
       <x:c r="A1377" s="3" t="str">
         <x:v>1372</x:v>
       </x:c>
       <x:c r="B1377" s="3" t="str">
         <x:v>OSL 50</x:v>
       </x:c>
       <x:c r="C1377" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1377" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E1377" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:34</x:v>
+        <x:v>Tue 17 Feb 2026 16:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1378">
       <x:c r="A1378" s="3" t="str">
         <x:v>1373</x:v>
       </x:c>
       <x:c r="B1378" s="3" t="str">
         <x:v>OSL 4M</x:v>
       </x:c>
       <x:c r="C1378" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1378" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,530.00</x:v>
       </x:c>
       <x:c r="E1378" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:34</x:v>
+        <x:v>Tue 17 Feb 2026 16:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1379">
       <x:c r="A1379" s="3" t="str">
         <x:v>1374</x:v>
       </x:c>
       <x:c r="B1379" s="3" t="str">
         <x:v>16 OSS</x:v>
       </x:c>
       <x:c r="C1379" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1379" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£14,010.00</x:v>
       </x:c>
       <x:c r="E1379" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:34</x:v>
+        <x:v>Tue 17 Feb 2026 23:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1380">
       <x:c r="A1380" s="3" t="str">
         <x:v>1375</x:v>
       </x:c>
       <x:c r="B1380" s="3" t="str">
         <x:v>78 OTK</x:v>
       </x:c>
       <x:c r="C1380" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1380" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E1380" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1381">
       <x:c r="A1381" s="3" t="str">
         <x:v>1376</x:v>
       </x:c>
       <x:c r="B1381" s="3" t="str">
         <x:v>9 OTM</x:v>
       </x:c>
       <x:c r="C1381" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1381" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,020.00</x:v>
       </x:c>
       <x:c r="E1381" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:35</x:v>
+        <x:v>Tue 17 Feb 2026 17:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1382">
       <x:c r="A1382" s="3" t="str">
         <x:v>1377</x:v>
       </x:c>
       <x:c r="B1382" s="3" t="str">
         <x:v>OTT 32S</x:v>
       </x:c>
       <x:c r="C1382" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1382" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,030.00</x:v>
       </x:c>
       <x:c r="E1382" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1383">
       <x:c r="A1383" s="3" t="str">
         <x:v>1378</x:v>
       </x:c>
       <x:c r="B1383" s="3" t="str">
         <x:v>211 OUY</x:v>
       </x:c>
       <x:c r="C1383" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1383" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1383" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1384">
       <x:c r="A1384" s="3" t="str">
         <x:v>1379</x:v>
       </x:c>
       <x:c r="B1384" s="3" t="str">
         <x:v>61 OVE</x:v>
       </x:c>
       <x:c r="C1384" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1384" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,780.00</x:v>
       </x:c>
       <x:c r="E1384" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:35</x:v>
+        <x:v>Tue 17 Feb 2026 18:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1385">
       <x:c r="A1385" s="3" t="str">
         <x:v>1380</x:v>
       </x:c>
       <x:c r="B1385" s="3" t="str">
         <x:v>88 OXF</x:v>
       </x:c>
       <x:c r="C1385" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1385" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,180.00</x:v>
       </x:c>
       <x:c r="E1385" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1386">
       <x:c r="A1386" s="3" t="str">
         <x:v>1381</x:v>
       </x:c>
       <x:c r="B1386" s="3" t="str">
         <x:v>28 OYD</x:v>
       </x:c>
       <x:c r="C1386" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1386" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1386" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:36</x:v>
+        <x:v>Tue 17 Feb 2026 16:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1387">
       <x:c r="A1387" s="3" t="str">
         <x:v>1382</x:v>
       </x:c>
       <x:c r="B1387" s="3" t="str">
         <x:v>1010 P</x:v>
       </x:c>
       <x:c r="C1387" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1387" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£13,580.00</x:v>
       </x:c>
       <x:c r="E1387" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:36</x:v>
+        <x:v>Wed 18 Feb 2026 02:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1388">
       <x:c r="A1388" s="3" t="str">
         <x:v>1383</x:v>
       </x:c>
       <x:c r="B1388" s="3" t="str">
         <x:v>PAF 1V</x:v>
       </x:c>
       <x:c r="C1388" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1388" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1388" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:36</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1389">
       <x:c r="A1389" s="3" t="str">
         <x:v>1384</x:v>
       </x:c>
       <x:c r="B1389" s="3" t="str">
         <x:v>PAK 576N</x:v>
       </x:c>
       <x:c r="C1389" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1389" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,800.00</x:v>
       </x:c>
       <x:c r="E1389" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:36</x:v>
+        <x:v>Tue 17 Feb 2026 20:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1390">
       <x:c r="A1390" s="3" t="str">
         <x:v>1385</x:v>
       </x:c>
       <x:c r="B1390" s="3" t="str">
         <x:v>PAL 121S</x:v>
       </x:c>
       <x:c r="C1390" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1390" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1390" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1391">
       <x:c r="A1391" s="3" t="str">
         <x:v>1386</x:v>
       </x:c>
       <x:c r="B1391" s="3" t="str">
         <x:v>25 PAN</x:v>
       </x:c>
       <x:c r="C1391" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1391" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,250.00</x:v>
       </x:c>
       <x:c r="E1391" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:37</x:v>
+        <x:v>Tue 17 Feb 2026 15:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1392">
       <x:c r="A1392" s="3" t="str">
         <x:v>1387</x:v>
       </x:c>
       <x:c r="B1392" s="3" t="str">
         <x:v>PAN 8Y</x:v>
       </x:c>
       <x:c r="C1392" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1392" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,640.00</x:v>
       </x:c>
       <x:c r="E1392" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:37</x:v>
+        <x:v>Tue 17 Feb 2026 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1393">
       <x:c r="A1393" s="3" t="str">
         <x:v>1388</x:v>
       </x:c>
       <x:c r="B1393" s="3" t="str">
         <x:v>PA25 ONS</x:v>
       </x:c>
       <x:c r="C1393" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1393" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,010.00</x:v>
       </x:c>
       <x:c r="E1393" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:37</x:v>
+        <x:v>Wed 18 Feb 2026 03:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1394">
       <x:c r="A1394" s="3" t="str">
         <x:v>1389</x:v>
       </x:c>
       <x:c r="B1394" s="3" t="str">
         <x:v>12 PAP</x:v>
       </x:c>
       <x:c r="C1394" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1394" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1394" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1395">
       <x:c r="A1395" s="3" t="str">
         <x:v>1390</x:v>
       </x:c>
       <x:c r="B1395" s="3" t="str">
         <x:v>PA10 RRY</x:v>
       </x:c>
       <x:c r="C1395" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1395" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,050.00</x:v>
       </x:c>
       <x:c r="E1395" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:37</x:v>
+        <x:v>Tue 17 Feb 2026 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1396">
       <x:c r="A1396" s="3" t="str">
         <x:v>1391</x:v>
       </x:c>
       <x:c r="B1396" s="3" t="str">
         <x:v>P117 ATE</x:v>
       </x:c>
       <x:c r="C1396" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1396" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E1396" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:38</x:v>
+        <x:v>Tue 17 Feb 2026 18:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1397">
       <x:c r="A1397" s="3" t="str">
         <x:v>1392</x:v>
       </x:c>
       <x:c r="B1397" s="3" t="str">
         <x:v>PA21 TEL</x:v>
       </x:c>
       <x:c r="C1397" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1397" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1397" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:38</x:v>
+        <x:v>Tue 17 Feb 2026 15:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1398">
       <x:c r="A1398" s="3" t="str">
         <x:v>1393</x:v>
       </x:c>
       <x:c r="B1398" s="3" t="str">
         <x:v>P46 AUL</x:v>
       </x:c>
       <x:c r="C1398" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1398" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,300.00</x:v>
       </x:c>
       <x:c r="E1398" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:38</x:v>
+        <x:v>Tue 17 Feb 2026 16:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1399">
       <x:c r="A1399" s="3" t="str">
         <x:v>1394</x:v>
       </x:c>
       <x:c r="B1399" s="3" t="str">
         <x:v>PA10 ULS</x:v>
       </x:c>
       <x:c r="C1399" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1399" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1399" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:38</x:v>
+        <x:v>Tue 17 Feb 2026 19:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1400">
       <x:c r="A1400" s="3" t="str">
         <x:v>1395</x:v>
       </x:c>
       <x:c r="B1400" s="3" t="str">
         <x:v>PAW 333L</x:v>
       </x:c>
       <x:c r="C1400" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1400" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E1400" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1401">
       <x:c r="A1401" s="3" t="str">
         <x:v>1396</x:v>
       </x:c>
       <x:c r="B1401" s="3" t="str">
         <x:v>420 PB</x:v>
       </x:c>
       <x:c r="C1401" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1401" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,070.00</x:v>
       </x:c>
       <x:c r="E1401" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:39</x:v>
+        <x:v>Tue 17 Feb 2026 16:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1402">
       <x:c r="A1402" s="3" t="str">
         <x:v>1397</x:v>
       </x:c>
       <x:c r="B1402" s="3" t="str">
         <x:v>P475 BAR</x:v>
       </x:c>
       <x:c r="C1402" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1402" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£290.00</x:v>
       </x:c>
       <x:c r="E1402" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1403">
       <x:c r="A1403" s="3" t="str">
         <x:v>1398</x:v>
       </x:c>
       <x:c r="B1403" s="3" t="str">
         <x:v>PBJ 47T</x:v>
       </x:c>
       <x:c r="C1403" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1403" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,960.00</x:v>
       </x:c>
       <x:c r="E1403" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:39</x:v>
+        <x:v>Tue 17 Feb 2026 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1404">
       <x:c r="A1404" s="3" t="str">
         <x:v>1399</x:v>
       </x:c>
       <x:c r="B1404" s="3" t="str">
         <x:v>70 PBR</x:v>
       </x:c>
       <x:c r="C1404" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1404" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,260.00</x:v>
       </x:c>
       <x:c r="E1404" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:39</x:v>
+        <x:v>Tue 17 Feb 2026 16:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1405">
       <x:c r="A1405" s="3" t="str">
         <x:v>1400</x:v>
       </x:c>
       <x:c r="B1405" s="3" t="str">
         <x:v>PCC 911</x:v>
       </x:c>
       <x:c r="C1405" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1405" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1405" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:39</x:v>
+        <x:v>Tue 17 Feb 2026 16:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1406">
       <x:c r="A1406" s="3" t="str">
         <x:v>1401</x:v>
       </x:c>
       <x:c r="B1406" s="3" t="str">
         <x:v>9 PCG</x:v>
       </x:c>
       <x:c r="C1406" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1406" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,910.00</x:v>
       </x:c>
       <x:c r="E1406" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:40</x:v>
+        <x:v>Tue 17 Feb 2026 15:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1407">
       <x:c r="A1407" s="3" t="str">
         <x:v>1402</x:v>
       </x:c>
       <x:c r="B1407" s="3" t="str">
         <x:v>P625 CHE</x:v>
       </x:c>
       <x:c r="C1407" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1407" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,140.00</x:v>
       </x:c>
       <x:c r="E1407" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:40</x:v>
+        <x:v>Tue 17 Feb 2026 16:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1408">
       <x:c r="A1408" s="3" t="str">
         <x:v>1403</x:v>
       </x:c>
       <x:c r="B1408" s="3" t="str">
         <x:v>PCO 8B</x:v>
       </x:c>
       <x:c r="C1408" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1408" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E1408" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1409">
       <x:c r="A1409" s="3" t="str">
         <x:v>1404</x:v>
       </x:c>
       <x:c r="B1409" s="3" t="str">
         <x:v>PCS 79S</x:v>
       </x:c>
       <x:c r="C1409" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1409" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£950.00</x:v>
       </x:c>
       <x:c r="E1409" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1410">
       <x:c r="A1410" s="3" t="str">
         <x:v>1405</x:v>
       </x:c>
       <x:c r="B1410" s="3" t="str">
         <x:v>9 PDA</x:v>
       </x:c>
       <x:c r="C1410" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1410" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,910.00</x:v>
       </x:c>
       <x:c r="E1410" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:40</x:v>
+        <x:v>Tue 17 Feb 2026 16:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1411">
       <x:c r="A1411" s="3" t="str">
         <x:v>1406</x:v>
       </x:c>
       <x:c r="B1411" s="3" t="str">
         <x:v>555 PDK</x:v>
       </x:c>
       <x:c r="C1411" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1411" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1411" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1412">
       <x:c r="A1412" s="3" t="str">
         <x:v>1407</x:v>
       </x:c>
       <x:c r="B1412" s="3" t="str">
         <x:v>718 PDK</x:v>
       </x:c>
       <x:c r="C1412" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1412" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,740.00</x:v>
       </x:c>
       <x:c r="E1412" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:41</x:v>
+        <x:v>Tue 17 Feb 2026 16:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1413">
       <x:c r="A1413" s="3" t="str">
         <x:v>1408</x:v>
       </x:c>
       <x:c r="B1413" s="3" t="str">
         <x:v>PEA 79T</x:v>
       </x:c>
       <x:c r="C1413" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1413" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£450.00</x:v>
       </x:c>
       <x:c r="E1413" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1414">
       <x:c r="A1414" s="3" t="str">
         <x:v>1409</x:v>
       </x:c>
       <x:c r="B1414" s="3" t="str">
         <x:v>PEG 99S</x:v>
       </x:c>
       <x:c r="C1414" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1414" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1414" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:41</x:v>
+        <x:v>Tue 17 Feb 2026 15:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1415">
       <x:c r="A1415" s="3" t="str">
         <x:v>1410</x:v>
       </x:c>
       <x:c r="B1415" s="3" t="str">
         <x:v>PEL 5E</x:v>
       </x:c>
       <x:c r="C1415" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1415" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1415" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:41</x:v>
+        <x:v>Tue 17 Feb 2026 16:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1416">
       <x:c r="A1416" s="3" t="str">
         <x:v>1411</x:v>
       </x:c>
       <x:c r="B1416" s="3" t="str">
         <x:v>PE17 NNY</x:v>
       </x:c>
       <x:c r="C1416" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1416" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1416" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1417">
       <x:c r="A1417" s="3" t="str">
         <x:v>1412</x:v>
       </x:c>
       <x:c r="B1417" s="3" t="str">
         <x:v>P67 ERA</x:v>
       </x:c>
       <x:c r="C1417" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1417" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E1417" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:42</x:v>
+        <x:v>Tue 17 Feb 2026 15:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1418">
       <x:c r="A1418" s="3" t="str">
         <x:v>1413</x:v>
       </x:c>
       <x:c r="B1418" s="3" t="str">
         <x:v>7 PFR</x:v>
       </x:c>
       <x:c r="C1418" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1418" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,910.00</x:v>
       </x:c>
       <x:c r="E1418" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1419">
       <x:c r="A1419" s="3" t="str">
         <x:v>1414</x:v>
       </x:c>
       <x:c r="B1419" s="3" t="str">
         <x:v>PFR 13R</x:v>
       </x:c>
       <x:c r="C1419" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1419" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1419" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1420">
       <x:c r="A1420" s="3" t="str">
         <x:v>1415</x:v>
       </x:c>
       <x:c r="B1420" s="3" t="str">
         <x:v>PGA 220D</x:v>
       </x:c>
       <x:c r="C1420" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1420" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£600.00</x:v>
       </x:c>
       <x:c r="E1420" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:42</x:v>
+        <x:v>Tue 17 Feb 2026 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1421">
       <x:c r="A1421" s="3" t="str">
         <x:v>1416</x:v>
       </x:c>
       <x:c r="B1421" s="3" t="str">
         <x:v>P411 GEB</x:v>
       </x:c>
       <x:c r="C1421" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1421" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£740.00</x:v>
       </x:c>
       <x:c r="E1421" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:43</x:v>
+        <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1422">
       <x:c r="A1422" s="3" t="str">
         <x:v>1417</x:v>
       </x:c>
       <x:c r="B1422" s="3" t="str">
         <x:v>5 PGF</x:v>
       </x:c>
       <x:c r="C1422" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1422" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,650.00</x:v>
       </x:c>
       <x:c r="E1422" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:43</x:v>
+        <x:v>Tue 17 Feb 2026 16:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1423">
       <x:c r="A1423" s="3" t="str">
         <x:v>1418</x:v>
       </x:c>
       <x:c r="B1423" s="3" t="str">
         <x:v>64 PGM</x:v>
       </x:c>
       <x:c r="C1423" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1423" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,680.00</x:v>
       </x:c>
       <x:c r="E1423" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1424">
       <x:c r="A1424" s="3" t="str">
         <x:v>1419</x:v>
       </x:c>
       <x:c r="B1424" s="3" t="str">
         <x:v>P407 HAM</x:v>
       </x:c>
       <x:c r="C1424" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1424" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1424" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1425">
       <x:c r="A1425" s="3" t="str">
         <x:v>1420</x:v>
       </x:c>
       <x:c r="B1425" s="3" t="str">
         <x:v>PHA 12T</x:v>
       </x:c>
       <x:c r="C1425" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1425" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1425" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1426">
       <x:c r="A1426" s="3" t="str">
         <x:v>1421</x:v>
       </x:c>
       <x:c r="B1426" s="3" t="str">
         <x:v>16 PHL</x:v>
       </x:c>
       <x:c r="C1426" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1426" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1426" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1427">
       <x:c r="A1427" s="3" t="str">
         <x:v>1422</x:v>
       </x:c>
       <x:c r="B1427" s="3" t="str">
         <x:v>PHS 1G</x:v>
       </x:c>
       <x:c r="C1427" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1427" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1427" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1428">
       <x:c r="A1428" s="3" t="str">
         <x:v>1423</x:v>
       </x:c>
       <x:c r="B1428" s="3" t="str">
         <x:v>12 PJE</x:v>
       </x:c>
       <x:c r="C1428" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1428" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1428" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1429">
       <x:c r="A1429" s="3" t="str">
         <x:v>1424</x:v>
       </x:c>
       <x:c r="B1429" s="3" t="str">
         <x:v>PJI 95</x:v>
       </x:c>
       <x:c r="C1429" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1429" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,760.00</x:v>
       </x:c>
       <x:c r="E1429" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1430">
       <x:c r="A1430" s="3" t="str">
         <x:v>1425</x:v>
       </x:c>
       <x:c r="B1430" s="3" t="str">
         <x:v>PJT 5P</x:v>
       </x:c>
       <x:c r="C1430" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1430" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E1430" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1431">
       <x:c r="A1431" s="3" t="str">
         <x:v>1426</x:v>
       </x:c>
       <x:c r="B1431" s="3" t="str">
         <x:v>PKA 11R</x:v>
       </x:c>
       <x:c r="C1431" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1431" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1431" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1432">
       <x:c r="A1432" s="3" t="str">
         <x:v>1427</x:v>
       </x:c>
       <x:c r="B1432" s="3" t="str">
         <x:v>PKH 6N</x:v>
       </x:c>
       <x:c r="C1432" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1432" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1432" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:45</x:v>
+        <x:v>Tue 17 Feb 2026 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1433">
       <x:c r="A1433" s="3" t="str">
         <x:v>1428</x:v>
       </x:c>
       <x:c r="B1433" s="3" t="str">
         <x:v>PKN 1X</x:v>
       </x:c>
       <x:c r="C1433" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1433" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1433" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1434">
       <x:c r="A1434" s="3" t="str">
         <x:v>1429</x:v>
       </x:c>
       <x:c r="B1434" s="3" t="str">
         <x:v>PK75 TAN</x:v>
       </x:c>
       <x:c r="C1434" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1434" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£13,110.00</x:v>
       </x:c>
       <x:c r="E1434" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:45</x:v>
+        <x:v>Tue 17 Feb 2026 23:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1435">
       <x:c r="A1435" s="3" t="str">
         <x:v>1430</x:v>
       </x:c>
       <x:c r="B1435" s="3" t="str">
         <x:v>202 PM</x:v>
       </x:c>
       <x:c r="C1435" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1435" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,760.00</x:v>
       </x:c>
       <x:c r="E1435" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:45</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1436">
       <x:c r="A1436" s="3" t="str">
         <x:v>1431</x:v>
       </x:c>
       <x:c r="B1436" s="3" t="str">
         <x:v>3000 PM</x:v>
       </x:c>
       <x:c r="C1436" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D1436" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,860.00</x:v>
       </x:c>
       <x:c r="E1436" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1437">
       <x:c r="A1437" s="3" t="str">
         <x:v>1432</x:v>
       </x:c>
       <x:c r="B1437" s="3" t="str">
         <x:v>P373 MAC</x:v>
       </x:c>
       <x:c r="C1437" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1437" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E1437" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:46</x:v>
+        <x:v>Tue 17 Feb 2026 15:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1438">
       <x:c r="A1438" s="3" t="str">
         <x:v>1433</x:v>
       </x:c>
       <x:c r="B1438" s="3" t="str">
         <x:v>P41 MBS</x:v>
       </x:c>
       <x:c r="C1438" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1438" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£280.00</x:v>
       </x:c>
       <x:c r="E1438" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:46</x:v>
+        <x:v>Tue 17 Feb 2026 16:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1439">
       <x:c r="A1439" s="3" t="str">
         <x:v>1434</x:v>
       </x:c>
       <x:c r="B1439" s="3" t="str">
         <x:v>PMC 1T</x:v>
       </x:c>
       <x:c r="C1439" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1439" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,570.00</x:v>
       </x:c>
       <x:c r="E1439" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:46</x:v>
+        <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1440">
       <x:c r="A1440" s="3" t="str">
         <x:v>1435</x:v>
       </x:c>
       <x:c r="B1440" s="3" t="str">
         <x:v>P711 MER</x:v>
       </x:c>
       <x:c r="C1440" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1440" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1440" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1441">
       <x:c r="A1441" s="3" t="str">
         <x:v>1436</x:v>
       </x:c>
       <x:c r="B1441" s="3" t="str">
         <x:v>45 PMW</x:v>
       </x:c>
       <x:c r="C1441" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1441" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E1441" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1442">
       <x:c r="A1442" s="3" t="str">
         <x:v>1437</x:v>
       </x:c>
       <x:c r="B1442" s="3" t="str">
         <x:v>6 PNH</x:v>
       </x:c>
       <x:c r="C1442" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1442" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,910.00</x:v>
       </x:c>
       <x:c r="E1442" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1443">
       <x:c r="A1443" s="3" t="str">
         <x:v>1438</x:v>
       </x:c>
       <x:c r="B1443" s="3" t="str">
         <x:v>PNO 941T</x:v>
       </x:c>
       <x:c r="C1443" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1443" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E1443" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:47</x:v>
+        <x:v>Tue 17 Feb 2026 16:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1444">
       <x:c r="A1444" s="3" t="str">
         <x:v>1439</x:v>
       </x:c>
       <x:c r="B1444" s="3" t="str">
         <x:v>77 POG</x:v>
       </x:c>
       <x:c r="C1444" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1444" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,680.00</x:v>
       </x:c>
       <x:c r="E1444" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:47</x:v>
+        <x:v>Tue 17 Feb 2026 16:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1445">
       <x:c r="A1445" s="3" t="str">
         <x:v>1440</x:v>
       </x:c>
       <x:c r="B1445" s="3" t="str">
         <x:v>PO15 ONS</x:v>
       </x:c>
       <x:c r="C1445" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1445" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,520.00</x:v>
       </x:c>
       <x:c r="E1445" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1446">
       <x:c r="A1446" s="3" t="str">
         <x:v>1441</x:v>
       </x:c>
       <x:c r="B1446" s="3" t="str">
         <x:v>26 POP</x:v>
       </x:c>
       <x:c r="C1446" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1446" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,020.00</x:v>
       </x:c>
       <x:c r="E1446" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1447">
       <x:c r="A1447" s="3" t="str">
         <x:v>1442</x:v>
       </x:c>
       <x:c r="B1447" s="3" t="str">
         <x:v>POP 2T</x:v>
       </x:c>
       <x:c r="C1447" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1447" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1447" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:48</x:v>
+        <x:v>Tue 17 Feb 2026 16:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1448">
       <x:c r="A1448" s="3" t="str">
         <x:v>1443</x:v>
       </x:c>
       <x:c r="B1448" s="3" t="str">
         <x:v>POW 444R</x:v>
       </x:c>
       <x:c r="C1448" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1448" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E1448" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1449">
       <x:c r="A1449" s="3" t="str">
         <x:v>1444</x:v>
       </x:c>
       <x:c r="B1449" s="3" t="str">
         <x:v>P112 PLE</x:v>
       </x:c>
       <x:c r="C1449" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1449" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1449" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1450">
       <x:c r="A1450" s="3" t="str">
         <x:v>1445</x:v>
       </x:c>
       <x:c r="B1450" s="3" t="str">
         <x:v>PRE 3A</x:v>
       </x:c>
       <x:c r="C1450" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1450" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,620.00</x:v>
       </x:c>
       <x:c r="E1450" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:48</x:v>
+        <x:v>Tue 17 Feb 2026 16:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1451">
       <x:c r="A1451" s="3" t="str">
         <x:v>1446</x:v>
       </x:c>
       <x:c r="B1451" s="3" t="str">
         <x:v>PRE 36E</x:v>
       </x:c>
       <x:c r="C1451" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1451" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1451" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1452">
       <x:c r="A1452" s="3" t="str">
         <x:v>1447</x:v>
       </x:c>
       <x:c r="B1452" s="3" t="str">
         <x:v>PRE 70T</x:v>
       </x:c>
       <x:c r="C1452" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1452" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E1452" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1453">
       <x:c r="A1453" s="3" t="str">
         <x:v>1448</x:v>
       </x:c>
       <x:c r="B1453" s="3" t="str">
         <x:v>256 PRM</x:v>
       </x:c>
       <x:c r="C1453" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1453" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1453" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1454">
       <x:c r="A1454" s="3" t="str">
         <x:v>1449</x:v>
       </x:c>
       <x:c r="B1454" s="3" t="str">
         <x:v>PRO 617E</x:v>
       </x:c>
       <x:c r="C1454" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1454" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E1454" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:49</x:v>
+        <x:v>Tue 17 Feb 2026 16:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1455">
       <x:c r="A1455" s="3" t="str">
         <x:v>1450</x:v>
       </x:c>
       <x:c r="B1455" s="3" t="str">
         <x:v>P611 RRY</x:v>
       </x:c>
       <x:c r="C1455" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1455" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1455" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1456">
       <x:c r="A1456" s="3" t="str">
         <x:v>1451</x:v>
       </x:c>
       <x:c r="B1456" s="3" t="str">
         <x:v>P373 RSJ</x:v>
       </x:c>
       <x:c r="C1456" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1456" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1456" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:50</x:v>
+        <x:v>Tue 17 Feb 2026 17:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1457">
       <x:c r="A1457" s="3" t="str">
         <x:v>1452</x:v>
       </x:c>
       <x:c r="B1457" s="3" t="str">
         <x:v>PRZ 25</x:v>
       </x:c>
       <x:c r="C1457" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1457" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1457" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1458">
       <x:c r="A1458" s="3" t="str">
         <x:v>1453</x:v>
       </x:c>
       <x:c r="B1458" s="3" t="str">
         <x:v>11 PSK</x:v>
       </x:c>
       <x:c r="C1458" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1458" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,650.00</x:v>
       </x:c>
       <x:c r="E1458" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:50</x:v>
+        <x:v>Tue 17 Feb 2026 20:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1459">
       <x:c r="A1459" s="3" t="str">
         <x:v>1454</x:v>
       </x:c>
       <x:c r="B1459" s="3" t="str">
         <x:v>PSL 4W</x:v>
       </x:c>
       <x:c r="C1459" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1459" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1459" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1460">
       <x:c r="A1460" s="3" t="str">
         <x:v>1455</x:v>
       </x:c>
       <x:c r="B1460" s="3" t="str">
         <x:v>85 PSM</x:v>
       </x:c>
       <x:c r="C1460" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1460" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,370.00</x:v>
       </x:c>
       <x:c r="E1460" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:50</x:v>
+        <x:v>Tue 17 Feb 2026 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1461">
       <x:c r="A1461" s="3" t="str">
         <x:v>1456</x:v>
       </x:c>
       <x:c r="B1461" s="3" t="str">
         <x:v>PSP 805S</x:v>
       </x:c>
       <x:c r="C1461" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1461" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1461" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1462">
       <x:c r="A1462" s="3" t="str">
         <x:v>1457</x:v>
       </x:c>
       <x:c r="B1462" s="3" t="str">
         <x:v>4 PSV</x:v>
       </x:c>
       <x:c r="C1462" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1462" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,390.00</x:v>
       </x:c>
       <x:c r="E1462" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:51</x:v>
+        <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1463">
       <x:c r="A1463" s="3" t="str">
         <x:v>1458</x:v>
       </x:c>
       <x:c r="B1463" s="3" t="str">
         <x:v>PSV 120Y</x:v>
       </x:c>
       <x:c r="C1463" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1463" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E1463" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1464">
       <x:c r="A1464" s="3" t="str">
         <x:v>1459</x:v>
       </x:c>
       <x:c r="B1464" s="3" t="str">
         <x:v>P63 TAS</x:v>
       </x:c>
       <x:c r="C1464" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1464" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1464" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1465">
       <x:c r="A1465" s="3" t="str">
         <x:v>1460</x:v>
       </x:c>
       <x:c r="B1465" s="3" t="str">
         <x:v>P451 TER</x:v>
       </x:c>
       <x:c r="C1465" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1465" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E1465" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:51</x:v>
+        <x:v>Tue 17 Feb 2026 16:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1466">
       <x:c r="A1466" s="3" t="str">
         <x:v>1461</x:v>
       </x:c>
       <x:c r="B1466" s="3" t="str">
         <x:v>P110 TJT</x:v>
       </x:c>
       <x:c r="C1466" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1466" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1466" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:52</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1467">
       <x:c r="A1467" s="3" t="str">
         <x:v>1462</x:v>
       </x:c>
       <x:c r="B1467" s="3" t="str">
         <x:v>PTT 111N</x:v>
       </x:c>
       <x:c r="C1467" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1467" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£490.00</x:v>
       </x:c>
       <x:c r="E1467" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1468">
       <x:c r="A1468" s="3" t="str">
         <x:v>1463</x:v>
       </x:c>
       <x:c r="B1468" s="3" t="str">
         <x:v>PUR 5K</x:v>
       </x:c>
       <x:c r="C1468" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1468" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1468" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1469">
       <x:c r="A1469" s="3" t="str">
         <x:v>1464</x:v>
       </x:c>
       <x:c r="B1469" s="3" t="str">
         <x:v>1 PUS</x:v>
       </x:c>
       <x:c r="C1469" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1469" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,010.00</x:v>
       </x:c>
       <x:c r="E1469" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1470">
       <x:c r="A1470" s="3" t="str">
         <x:v>1465</x:v>
       </x:c>
       <x:c r="B1470" s="3" t="str">
         <x:v>PXZ 18</x:v>
       </x:c>
       <x:c r="C1470" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1470" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£980.00</x:v>
       </x:c>
       <x:c r="E1470" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:52</x:v>
+        <x:v>Tue 17 Feb 2026 18:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1471">
       <x:c r="A1471" s="3" t="str">
         <x:v>1466</x:v>
       </x:c>
       <x:c r="B1471" s="3" t="str">
         <x:v>P911 YES</x:v>
       </x:c>
       <x:c r="C1471" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1471" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,340.00</x:v>
       </x:c>
       <x:c r="E1471" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1472">
       <x:c r="A1472" s="3" t="str">
         <x:v>1467</x:v>
       </x:c>
       <x:c r="B1472" s="3" t="str">
         <x:v>3 PYM</x:v>
       </x:c>
       <x:c r="C1472" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1472" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,520.00</x:v>
       </x:c>
       <x:c r="E1472" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:53</x:v>
+        <x:v>Tue 17 Feb 2026 16:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1473">
       <x:c r="A1473" s="3" t="str">
         <x:v>1468</x:v>
       </x:c>
       <x:c r="B1473" s="3" t="str">
         <x:v>R117 ADR</x:v>
       </x:c>
       <x:c r="C1473" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1473" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E1473" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:53</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1474">
       <x:c r="A1474" s="3" t="str">
         <x:v>1469</x:v>
       </x:c>
       <x:c r="B1474" s="3" t="str">
         <x:v>R36 ADS</x:v>
       </x:c>
       <x:c r="C1474" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1474" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£750.00</x:v>
       </x:c>
       <x:c r="E1474" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:53</x:v>
+        <x:v>Tue 17 Feb 2026 16:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1475">
       <x:c r="A1475" s="3" t="str">
         <x:v>1470</x:v>
       </x:c>
       <x:c r="B1475" s="3" t="str">
         <x:v>RAF 1L</x:v>
       </x:c>
       <x:c r="C1475" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1475" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,760.00</x:v>
       </x:c>
       <x:c r="E1475" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:53</x:v>
+        <x:v>Tue 17 Feb 2026 16:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1476">
       <x:c r="A1476" s="3" t="str">
         <x:v>1471</x:v>
       </x:c>
       <x:c r="B1476" s="3" t="str">
         <x:v>822 RAJ</x:v>
       </x:c>
       <x:c r="C1476" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1476" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,760.00</x:v>
       </x:c>
       <x:c r="E1476" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:54</x:v>
+        <x:v>Tue 17 Feb 2026 16:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1477">
       <x:c r="A1477" s="3" t="str">
         <x:v>1472</x:v>
       </x:c>
       <x:c r="B1477" s="3" t="str">
         <x:v>RAJ 47N</x:v>
       </x:c>
       <x:c r="C1477" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1477" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,920.00</x:v>
       </x:c>
       <x:c r="E1477" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:54</x:v>
+        <x:v>Tue 17 Feb 2026 16:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1478">
       <x:c r="A1478" s="3" t="str">
         <x:v>1473</x:v>
       </x:c>
       <x:c r="B1478" s="3" t="str">
         <x:v>RAK 114T</x:v>
       </x:c>
       <x:c r="C1478" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1478" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£580.00</x:v>
       </x:c>
       <x:c r="E1478" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:54</x:v>
+        <x:v>Tue 17 Feb 2026 15:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1479">
       <x:c r="A1479" s="3" t="str">
         <x:v>1474</x:v>
       </x:c>
       <x:c r="B1479" s="3" t="str">
         <x:v>RAM 131E</x:v>
       </x:c>
       <x:c r="C1479" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1479" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E1479" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:54</x:v>
+        <x:v>Tue 17 Feb 2026 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1480">
       <x:c r="A1480" s="3" t="str">
         <x:v>1475</x:v>
       </x:c>
       <x:c r="B1480" s="3" t="str">
         <x:v>RAM 744N</x:v>
       </x:c>
       <x:c r="C1480" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1480" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1480" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:54</x:v>
+        <x:v>Tue 17 Feb 2026 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1481">
       <x:c r="A1481" s="3" t="str">
         <x:v>1476</x:v>
       </x:c>
       <x:c r="B1481" s="3" t="str">
         <x:v>RAM 518R</x:v>
       </x:c>
       <x:c r="C1481" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1481" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E1481" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:55</x:v>
+        <x:v>Tue 17 Feb 2026 19:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1482">
       <x:c r="A1482" s="3" t="str">
         <x:v>1477</x:v>
       </x:c>
       <x:c r="B1482" s="3" t="str">
         <x:v>835 RAN</x:v>
       </x:c>
       <x:c r="C1482" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1482" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1482" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:55</x:v>
+        <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1483">
       <x:c r="A1483" s="3" t="str">
         <x:v>1478</x:v>
       </x:c>
       <x:c r="B1483" s="3" t="str">
         <x:v>RAN 416A</x:v>
       </x:c>
       <x:c r="C1483" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1483" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,160.00</x:v>
       </x:c>
       <x:c r="E1483" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:55</x:v>
+        <x:v>Tue 17 Feb 2026 17:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1484">
       <x:c r="A1484" s="3" t="str">
         <x:v>1479</x:v>
       </x:c>
       <x:c r="B1484" s="3" t="str">
         <x:v>RAN 648H</x:v>
       </x:c>
       <x:c r="C1484" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1484" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1484" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:55</x:v>
+        <x:v>Tue 17 Feb 2026 17:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1485">
       <x:c r="A1485" s="3" t="str">
         <x:v>1480</x:v>
       </x:c>
       <x:c r="B1485" s="3" t="str">
         <x:v>RAT 60Y</x:v>
       </x:c>
       <x:c r="C1485" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1485" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,670.00</x:v>
       </x:c>
       <x:c r="E1485" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1486">
       <x:c r="A1486" s="3" t="str">
         <x:v>1481</x:v>
       </x:c>
       <x:c r="B1486" s="3" t="str">
         <x:v>26 RAV</x:v>
       </x:c>
       <x:c r="C1486" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1486" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,620.00</x:v>
       </x:c>
       <x:c r="E1486" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:56</x:v>
+        <x:v>Tue 17 Feb 2026 17:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1487">
       <x:c r="A1487" s="3" t="str">
         <x:v>1482</x:v>
       </x:c>
       <x:c r="B1487" s="3" t="str">
         <x:v>RAY 114H</x:v>
       </x:c>
       <x:c r="C1487" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1487" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1487" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:56</x:v>
+        <x:v>Tue 17 Feb 2026 16:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1488">
       <x:c r="A1488" s="3" t="str">
         <x:v>1483</x:v>
       </x:c>
       <x:c r="B1488" s="3" t="str">
         <x:v>RBA 11L</x:v>
       </x:c>
       <x:c r="C1488" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1488" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£530.00</x:v>
       </x:c>
       <x:c r="E1488" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1489">
       <x:c r="A1489" s="3" t="str">
         <x:v>1484</x:v>
       </x:c>
       <x:c r="B1489" s="3" t="str">
         <x:v>RBB 1B</x:v>
       </x:c>
       <x:c r="C1489" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1489" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1489" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:56</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1490">
       <x:c r="A1490" s="3" t="str">
         <x:v>1485</x:v>
       </x:c>
       <x:c r="B1490" s="3" t="str">
         <x:v>R74 BLY</x:v>
       </x:c>
       <x:c r="C1490" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1490" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1490" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:56</x:v>
+        <x:v>Tue 17 Feb 2026 16:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1491">
       <x:c r="A1491" s="3" t="str">
         <x:v>1486</x:v>
       </x:c>
       <x:c r="B1491" s="3" t="str">
         <x:v>1234 RC</x:v>
       </x:c>
       <x:c r="C1491" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D1491" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,000.00</x:v>
       </x:c>
       <x:c r="E1491" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1492">
       <x:c r="A1492" s="3" t="str">
         <x:v>1487</x:v>
       </x:c>
       <x:c r="B1492" s="3" t="str">
         <x:v>R94 CHY</x:v>
       </x:c>
       <x:c r="C1492" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1492" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,860.00</x:v>
       </x:c>
       <x:c r="E1492" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:57</x:v>
+        <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1493">
       <x:c r="A1493" s="3" t="str">
         <x:v>1488</x:v>
       </x:c>
       <x:c r="B1493" s="3" t="str">
         <x:v>R550 CMD</x:v>
       </x:c>
       <x:c r="C1493" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1493" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1493" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1494">
       <x:c r="A1494" s="3" t="str">
         <x:v>1489</x:v>
       </x:c>
       <x:c r="B1494" s="3" t="str">
         <x:v>175 RCS</x:v>
       </x:c>
       <x:c r="C1494" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1494" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,540.00</x:v>
       </x:c>
       <x:c r="E1494" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:57</x:v>
+        <x:v>Tue 17 Feb 2026 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1495">
       <x:c r="A1495" s="3" t="str">
         <x:v>1490</x:v>
       </x:c>
       <x:c r="B1495" s="3" t="str">
         <x:v>7704 RD</x:v>
       </x:c>
       <x:c r="C1495" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1495" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1495" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1496">
       <x:c r="A1496" s="3" t="str">
         <x:v>1491</x:v>
       </x:c>
       <x:c r="B1496" s="3" t="str">
         <x:v>R46 DAG</x:v>
       </x:c>
       <x:c r="C1496" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1496" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1496" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1497">
       <x:c r="A1497" s="3" t="str">
         <x:v>1492</x:v>
       </x:c>
       <x:c r="B1497" s="3" t="str">
         <x:v>80 RDO</x:v>
       </x:c>
       <x:c r="C1497" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1497" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,540.00</x:v>
       </x:c>
       <x:c r="E1497" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:58</x:v>
+        <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1498">
       <x:c r="A1498" s="3" t="str">
         <x:v>1493</x:v>
       </x:c>
       <x:c r="B1498" s="3" t="str">
         <x:v>911 RDU</x:v>
       </x:c>
       <x:c r="C1498" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1498" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,960.00</x:v>
       </x:c>
       <x:c r="E1498" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:58</x:v>
+        <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1499">
       <x:c r="A1499" s="3" t="str">
         <x:v>1494</x:v>
       </x:c>
       <x:c r="B1499" s="3" t="str">
         <x:v>296 RED</x:v>
       </x:c>
       <x:c r="C1499" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1499" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,000.00</x:v>
       </x:c>
       <x:c r="E1499" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:58</x:v>
+        <x:v>Tue 17 Feb 2026 16:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1500">
       <x:c r="A1500" s="3" t="str">
         <x:v>1495</x:v>
       </x:c>
       <x:c r="B1500" s="3" t="str">
         <x:v>REG 24L</x:v>
       </x:c>
       <x:c r="C1500" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1500" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E1500" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:58</x:v>
+        <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1501">
       <x:c r="A1501" s="3" t="str">
         <x:v>1496</x:v>
       </x:c>
       <x:c r="B1501" s="3" t="str">
         <x:v>REH 77N</x:v>
       </x:c>
       <x:c r="C1501" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1501" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,080.00</x:v>
       </x:c>
       <x:c r="E1501" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:59</x:v>
+        <x:v>Tue 17 Feb 2026 18:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1502">
       <x:c r="A1502" s="3" t="str">
         <x:v>1497</x:v>
       </x:c>
       <x:c r="B1502" s="3" t="str">
         <x:v>REH 44X</x:v>
       </x:c>
       <x:c r="C1502" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1502" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,380.00</x:v>
       </x:c>
       <x:c r="E1502" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:59</x:v>
+        <x:v>Tue 17 Feb 2026 18:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1503">
       <x:c r="A1503" s="3" t="str">
         <x:v>1498</x:v>
       </x:c>
       <x:c r="B1503" s="3" t="str">
         <x:v>74 REK</x:v>
       </x:c>
       <x:c r="C1503" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1503" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,500.00</x:v>
       </x:c>
       <x:c r="E1503" s="3" t="str">
         <x:v>Tue 17 Feb 2026 15:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1504">
       <x:c r="A1504" s="3" t="str">
         <x:v>1499</x:v>
       </x:c>
       <x:c r="B1504" s="3" t="str">
         <x:v>R772 EMA</x:v>
       </x:c>
       <x:c r="C1504" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1504" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1504" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:59</x:v>
+        <x:v>Tue 17 Feb 2026 18:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1505">
       <x:c r="A1505" s="3" t="str">
         <x:v>1500</x:v>
       </x:c>
       <x:c r="B1505" s="3" t="str">
         <x:v>REM 2J</x:v>
       </x:c>
       <x:c r="C1505" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1505" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,270.00</x:v>
       </x:c>
       <x:c r="E1505" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 15:59</x:v>
+        <x:v>Tue 17 Feb 2026 16:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1506">
       <x:c r="A1506" s="3" t="str">
         <x:v>1501</x:v>
       </x:c>
       <x:c r="B1506" s="3" t="str">
         <x:v>REM 11Y</x:v>
       </x:c>
       <x:c r="C1506" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1506" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1506" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:00</x:v>
+        <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1507">
       <x:c r="A1507" s="3" t="str">
         <x:v>1502</x:v>
       </x:c>
       <x:c r="B1507" s="3" t="str">
         <x:v>REN 5A</x:v>
       </x:c>
       <x:c r="C1507" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1507" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,370.00</x:v>
       </x:c>
       <x:c r="E1507" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:00</x:v>
+        <x:v>Tue 17 Feb 2026 16:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1508">
       <x:c r="A1508" s="3" t="str">
         <x:v>1503</x:v>
       </x:c>
       <x:c r="B1508" s="3" t="str">
         <x:v>REU 11</x:v>
       </x:c>
       <x:c r="C1508" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1508" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,630.00</x:v>
       </x:c>
       <x:c r="E1508" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:00</x:v>
+        <x:v>Tue 17 Feb 2026 16:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1509">
       <x:c r="A1509" s="3" t="str">
         <x:v>1504</x:v>
       </x:c>
       <x:c r="B1509" s="3" t="str">
         <x:v>REV 115S</x:v>
       </x:c>
       <x:c r="C1509" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1509" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E1509" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1510">
       <x:c r="A1510" s="3" t="str">
         <x:v>1505</x:v>
       </x:c>
       <x:c r="B1510" s="3" t="str">
         <x:v>10 REX</x:v>
       </x:c>
       <x:c r="C1510" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1510" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1510" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:00</x:v>
+        <x:v>Tue 17 Feb 2026 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1511">
       <x:c r="A1511" s="3" t="str">
         <x:v>1506</x:v>
       </x:c>
       <x:c r="B1511" s="3" t="str">
         <x:v>1981 RG</x:v>
       </x:c>
       <x:c r="C1511" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1511" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,810.00</x:v>
       </x:c>
       <x:c r="E1511" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1512">
       <x:c r="A1512" s="3" t="str">
         <x:v>1507</x:v>
       </x:c>
       <x:c r="B1512" s="3" t="str">
         <x:v>18 RGT</x:v>
       </x:c>
       <x:c r="C1512" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1512" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1512" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1513">
       <x:c r="A1513" s="3" t="str">
         <x:v>1508</x:v>
       </x:c>
       <x:c r="B1513" s="3" t="str">
         <x:v>RGZ 30</x:v>
       </x:c>
       <x:c r="C1513" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1513" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E1513" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:01</x:v>
+        <x:v>Tue 17 Feb 2026 18:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1514">
       <x:c r="A1514" s="3" t="str">
         <x:v>1509</x:v>
       </x:c>
       <x:c r="B1514" s="3" t="str">
         <x:v>14 RHS</x:v>
       </x:c>
       <x:c r="C1514" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1514" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1514" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1515">
       <x:c r="A1515" s="3" t="str">
         <x:v>1510</x:v>
       </x:c>
       <x:c r="B1515" s="3" t="str">
         <x:v>R441 HXN</x:v>
       </x:c>
       <x:c r="C1515" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1515" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E1515" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:01</x:v>
+        <x:v>Tue 17 Feb 2026 16:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1516">
       <x:c r="A1516" s="3" t="str">
         <x:v>1511</x:v>
       </x:c>
       <x:c r="B1516" s="3" t="str">
         <x:v>RJH 1A</x:v>
       </x:c>
       <x:c r="C1516" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1516" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,110.00</x:v>
       </x:c>
       <x:c r="E1516" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1517">
       <x:c r="A1517" s="3" t="str">
         <x:v>1512</x:v>
       </x:c>
       <x:c r="B1517" s="3" t="str">
         <x:v>16 RJK</x:v>
       </x:c>
       <x:c r="C1517" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1517" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,660.00</x:v>
       </x:c>
       <x:c r="E1517" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1518">
       <x:c r="A1518" s="3" t="str">
         <x:v>1513</x:v>
       </x:c>
       <x:c r="B1518" s="3" t="str">
         <x:v>50 RJM</x:v>
       </x:c>
       <x:c r="C1518" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1518" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,010.00</x:v>
       </x:c>
       <x:c r="E1518" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1519">
       <x:c r="A1519" s="3" t="str">
         <x:v>1514</x:v>
       </x:c>
       <x:c r="B1519" s="3" t="str">
         <x:v>911 RJS</x:v>
       </x:c>
       <x:c r="C1519" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1519" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,100.00</x:v>
       </x:c>
       <x:c r="E1519" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1520">
       <x:c r="A1520" s="3" t="str">
         <x:v>1515</x:v>
       </x:c>
       <x:c r="B1520" s="3" t="str">
         <x:v>R56 JXG</x:v>
       </x:c>
       <x:c r="C1520" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1520" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1520" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:02</x:v>
+        <x:v>Tue 17 Feb 2026 16:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1521">
       <x:c r="A1521" s="3" t="str">
         <x:v>1516</x:v>
       </x:c>
       <x:c r="B1521" s="3" t="str">
         <x:v>R901 KAC</x:v>
       </x:c>
       <x:c r="C1521" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1521" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1521" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1522">
       <x:c r="A1522" s="3" t="str">
         <x:v>1517</x:v>
       </x:c>
       <x:c r="B1522" s="3" t="str">
         <x:v>21 RKC</x:v>
       </x:c>
       <x:c r="C1522" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1522" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,500.00</x:v>
       </x:c>
       <x:c r="E1522" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:03</x:v>
+        <x:v>Tue 17 Feb 2026 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1523">
       <x:c r="A1523" s="3" t="str">
         <x:v>1518</x:v>
       </x:c>
       <x:c r="B1523" s="3" t="str">
         <x:v>RLM 9S</x:v>
       </x:c>
       <x:c r="C1523" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1523" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,640.00</x:v>
       </x:c>
       <x:c r="E1523" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:03</x:v>
+        <x:v>Tue 17 Feb 2026 18:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1524">
       <x:c r="A1524" s="3" t="str">
         <x:v>1519</x:v>
       </x:c>
       <x:c r="B1524" s="3" t="str">
         <x:v>292 RM</x:v>
       </x:c>
       <x:c r="C1524" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1524" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,530.00</x:v>
       </x:c>
       <x:c r="E1524" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1525">
       <x:c r="A1525" s="3" t="str">
         <x:v>1520</x:v>
       </x:c>
       <x:c r="B1525" s="3" t="str">
         <x:v>6060 RM</x:v>
       </x:c>
       <x:c r="C1525" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1525" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,060.00</x:v>
       </x:c>
       <x:c r="E1525" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1526">
       <x:c r="A1526" s="3" t="str">
         <x:v>1521</x:v>
       </x:c>
       <x:c r="B1526" s="3" t="str">
         <x:v>R54 MOS</x:v>
       </x:c>
       <x:c r="C1526" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1526" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1526" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:04</x:v>
+        <x:v>Tue 17 Feb 2026 17:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1527">
       <x:c r="A1527" s="3" t="str">
         <x:v>1522</x:v>
       </x:c>
       <x:c r="B1527" s="3" t="str">
         <x:v>24 RMS</x:v>
       </x:c>
       <x:c r="C1527" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1527" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,000.00</x:v>
       </x:c>
       <x:c r="E1527" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:04</x:v>
+        <x:v>Tue 17 Feb 2026 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1528">
       <x:c r="A1528" s="3" t="str">
         <x:v>1523</x:v>
       </x:c>
       <x:c r="B1528" s="3" t="str">
         <x:v>505 RMS</x:v>
       </x:c>
       <x:c r="C1528" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1528" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,960.00</x:v>
       </x:c>
       <x:c r="E1528" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:04</x:v>
+        <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1529">
       <x:c r="A1529" s="3" t="str">
         <x:v>1524</x:v>
       </x:c>
       <x:c r="B1529" s="3" t="str">
         <x:v>R53 MTA</x:v>
       </x:c>
       <x:c r="C1529" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1529" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£450.00</x:v>
       </x:c>
       <x:c r="E1529" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1530">
       <x:c r="A1530" s="3" t="str">
         <x:v>1525</x:v>
       </x:c>
       <x:c r="B1530" s="3" t="str">
         <x:v>RNG 241B</x:v>
       </x:c>
       <x:c r="C1530" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1530" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,240.00</x:v>
       </x:c>
       <x:c r="E1530" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:04</x:v>
+        <x:v>Tue 17 Feb 2026 18:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1531">
       <x:c r="A1531" s="3" t="str">
         <x:v>1526</x:v>
       </x:c>
       <x:c r="B1531" s="3" t="str">
         <x:v>RNJ 111T</x:v>
       </x:c>
       <x:c r="C1531" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1531" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,360.00</x:v>
       </x:c>
       <x:c r="E1531" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:05</x:v>
+        <x:v>Tue 17 Feb 2026 18:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1532">
       <x:c r="A1532" s="3" t="str">
         <x:v>1527</x:v>
       </x:c>
       <x:c r="B1532" s="3" t="str">
         <x:v>R811 NKS</x:v>
       </x:c>
       <x:c r="C1532" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1532" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E1532" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1533">
       <x:c r="A1533" s="3" t="str">
         <x:v>1528</x:v>
       </x:c>
       <x:c r="B1533" s="3" t="str">
         <x:v>R174 NMH</x:v>
       </x:c>
       <x:c r="C1533" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1533" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1533" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1534">
       <x:c r="A1534" s="3" t="str">
         <x:v>1529</x:v>
       </x:c>
       <x:c r="B1534" s="3" t="str">
         <x:v>ROB 841N</x:v>
       </x:c>
       <x:c r="C1534" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1534" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1534" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:05</x:v>
+        <x:v>Tue 17 Feb 2026 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1535">
       <x:c r="A1535" s="3" t="str">
         <x:v>1530</x:v>
       </x:c>
       <x:c r="B1535" s="3" t="str">
         <x:v>ROC 8K</x:v>
       </x:c>
       <x:c r="C1535" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1535" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,030.00</x:v>
       </x:c>
       <x:c r="E1535" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:05</x:v>
+        <x:v>Tue 17 Feb 2026 18:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1536">
       <x:c r="A1536" s="3" t="str">
         <x:v>1531</x:v>
       </x:c>
       <x:c r="B1536" s="3" t="str">
         <x:v>RO20 HAN</x:v>
       </x:c>
       <x:c r="C1536" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1536" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1536" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:06</x:v>
+        <x:v>Tue 17 Feb 2026 17:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1537">
       <x:c r="A1537" s="3" t="str">
         <x:v>1532</x:v>
       </x:c>
       <x:c r="B1537" s="3" t="str">
         <x:v>ROK 111S</x:v>
       </x:c>
       <x:c r="C1537" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1537" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,680.00</x:v>
       </x:c>
       <x:c r="E1537" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:06</x:v>
+        <x:v>Tue 17 Feb 2026 20:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1538">
       <x:c r="A1538" s="3" t="str">
         <x:v>1533</x:v>
       </x:c>
       <x:c r="B1538" s="3" t="str">
         <x:v>ROM 3J</x:v>
       </x:c>
       <x:c r="C1538" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1538" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,290.00</x:v>
       </x:c>
       <x:c r="E1538" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:06</x:v>
+        <x:v>Tue 17 Feb 2026 17:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1539">
       <x:c r="A1539" s="3" t="str">
         <x:v>1534</x:v>
       </x:c>
       <x:c r="B1539" s="3" t="str">
         <x:v>ROT 773N</x:v>
       </x:c>
       <x:c r="C1539" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1539" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1539" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:06</x:v>
+        <x:v>Tue 17 Feb 2026 17:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1540">
       <x:c r="A1540" s="3" t="str">
         <x:v>1535</x:v>
       </x:c>
       <x:c r="B1540" s="3" t="str">
         <x:v>ROU 999H</x:v>
       </x:c>
       <x:c r="C1540" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1540" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,100.00</x:v>
       </x:c>
       <x:c r="E1540" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:06</x:v>
+        <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1541">
       <x:c r="A1541" s="3" t="str">
         <x:v>1536</x:v>
       </x:c>
       <x:c r="B1541" s="3" t="str">
         <x:v>ROU 53N</x:v>
       </x:c>
       <x:c r="C1541" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1541" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1541" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1542">
       <x:c r="A1542" s="3" t="str">
         <x:v>1537</x:v>
       </x:c>
       <x:c r="B1542" s="3" t="str">
         <x:v>ROU 23Y</x:v>
       </x:c>
       <x:c r="C1542" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1542" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E1542" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1543">
       <x:c r="A1543" s="3" t="str">
         <x:v>1538</x:v>
       </x:c>
       <x:c r="B1543" s="3" t="str">
         <x:v>RPE 77S</x:v>
       </x:c>
       <x:c r="C1543" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1543" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1543" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:07</x:v>
+        <x:v>Tue 17 Feb 2026 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1544">
       <x:c r="A1544" s="3" t="str">
         <x:v>1539</x:v>
       </x:c>
       <x:c r="B1544" s="3" t="str">
         <x:v>78 RPM</x:v>
       </x:c>
       <x:c r="C1544" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1544" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,340.00</x:v>
       </x:c>
       <x:c r="E1544" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:07</x:v>
+        <x:v>Tue 17 Feb 2026 16:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1545">
       <x:c r="A1545" s="3" t="str">
         <x:v>1540</x:v>
       </x:c>
       <x:c r="B1545" s="3" t="str">
         <x:v>RPV 1P</x:v>
       </x:c>
       <x:c r="C1545" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1545" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1545" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1546">
       <x:c r="A1546" s="3" t="str">
         <x:v>1541</x:v>
       </x:c>
       <x:c r="B1546" s="3" t="str">
         <x:v>224 RR</x:v>
       </x:c>
       <x:c r="C1546" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1546" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,000.00</x:v>
       </x:c>
       <x:c r="E1546" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1547">
       <x:c r="A1547" s="3" t="str">
         <x:v>1542</x:v>
       </x:c>
       <x:c r="B1547" s="3" t="str">
         <x:v>10 RRJ</x:v>
       </x:c>
       <x:c r="C1547" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1547" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,820.00</x:v>
       </x:c>
       <x:c r="E1547" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:08</x:v>
+        <x:v>Tue 17 Feb 2026 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1548">
       <x:c r="A1548" s="3" t="str">
         <x:v>1543</x:v>
       </x:c>
       <x:c r="B1548" s="3" t="str">
         <x:v>R94 RKE</x:v>
       </x:c>
       <x:c r="C1548" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1548" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E1548" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:08</x:v>
+        <x:v>Tue 17 Feb 2026 16:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1549">
       <x:c r="A1549" s="3" t="str">
         <x:v>1544</x:v>
       </x:c>
       <x:c r="B1549" s="3" t="str">
         <x:v>4 RRX</x:v>
       </x:c>
       <x:c r="C1549" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1549" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,010.00</x:v>
       </x:c>
       <x:c r="E1549" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:08</x:v>
+        <x:v>Tue 17 Feb 2026 19:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1550">
       <x:c r="A1550" s="3" t="str">
         <x:v>1545</x:v>
       </x:c>
       <x:c r="B1550" s="3" t="str">
         <x:v>RRZ 999</x:v>
       </x:c>
       <x:c r="C1550" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1550" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,750.00</x:v>
       </x:c>
       <x:c r="E1550" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:08</x:v>
+        <x:v>Tue 17 Feb 2026 16:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1551">
       <x:c r="A1551" s="3" t="str">
         <x:v>1546</x:v>
       </x:c>
       <x:c r="B1551" s="3" t="str">
         <x:v>308 RS</x:v>
       </x:c>
       <x:c r="C1551" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1551" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,910.00</x:v>
       </x:c>
       <x:c r="E1551" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:09</x:v>
+        <x:v>Tue 17 Feb 2026 19:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1552">
       <x:c r="A1552" s="3" t="str">
         <x:v>1547</x:v>
       </x:c>
       <x:c r="B1552" s="3" t="str">
         <x:v>RSB 111</x:v>
       </x:c>
       <x:c r="C1552" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1552" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£14,530.00</x:v>
       </x:c>
       <x:c r="E1552" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:09</x:v>
+        <x:v>Tue 17 Feb 2026 18:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1553">
       <x:c r="A1553" s="3" t="str">
         <x:v>1548</x:v>
       </x:c>
       <x:c r="B1553" s="3" t="str">
         <x:v>99 RSD</x:v>
       </x:c>
       <x:c r="C1553" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1553" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,710.00</x:v>
       </x:c>
       <x:c r="E1553" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:09</x:v>
+        <x:v>Tue 17 Feb 2026 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1554">
       <x:c r="A1554" s="3" t="str">
         <x:v>1549</x:v>
       </x:c>
       <x:c r="B1554" s="3" t="str">
         <x:v>RSD 111N</x:v>
       </x:c>
       <x:c r="C1554" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1554" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£630.00</x:v>
       </x:c>
       <x:c r="E1554" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1555">
       <x:c r="A1555" s="3" t="str">
         <x:v>1550</x:v>
       </x:c>
       <x:c r="B1555" s="3" t="str">
         <x:v>23 RSH</x:v>
       </x:c>
       <x:c r="C1555" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1555" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1555" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1556">
       <x:c r="A1556" s="3" t="str">
         <x:v>1551</x:v>
       </x:c>
       <x:c r="B1556" s="3" t="str">
         <x:v>RSH 421F</x:v>
       </x:c>
       <x:c r="C1556" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1556" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1556" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:10</x:v>
+        <x:v>Tue 17 Feb 2026 16:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1557">
       <x:c r="A1557" s="3" t="str">
         <x:v>1552</x:v>
       </x:c>
       <x:c r="B1557" s="3" t="str">
         <x:v>91 RSP</x:v>
       </x:c>
       <x:c r="C1557" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1557" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1557" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1558">
       <x:c r="A1558" s="3" t="str">
         <x:v>1553</x:v>
       </x:c>
       <x:c r="B1558" s="3" t="str">
         <x:v>99 RSR</x:v>
       </x:c>
       <x:c r="C1558" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1558" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,710.00</x:v>
       </x:c>
       <x:c r="E1558" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1559">
       <x:c r="A1559" s="3" t="str">
         <x:v>1554</x:v>
       </x:c>
       <x:c r="B1559" s="3" t="str">
         <x:v>R166 SUE</x:v>
       </x:c>
       <x:c r="C1559" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1559" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£990.00</x:v>
       </x:c>
       <x:c r="E1559" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1560">
       <x:c r="A1560" s="3" t="str">
         <x:v>1555</x:v>
       </x:c>
       <x:c r="B1560" s="3" t="str">
         <x:v>RSW 21</x:v>
       </x:c>
       <x:c r="C1560" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1560" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1560" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1561">
       <x:c r="A1561" s="3" t="str">
         <x:v>1556</x:v>
       </x:c>
       <x:c r="B1561" s="3" t="str">
         <x:v>R942 TNY</x:v>
       </x:c>
       <x:c r="C1561" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1561" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1561" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1562">
       <x:c r="A1562" s="3" t="str">
         <x:v>1557</x:v>
       </x:c>
       <x:c r="B1562" s="3" t="str">
         <x:v>RUB 111X</x:v>
       </x:c>
       <x:c r="C1562" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1562" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,420.00</x:v>
       </x:c>
       <x:c r="E1562" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:11</x:v>
+        <x:v>Tue 17 Feb 2026 18:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1563">
       <x:c r="A1563" s="3" t="str">
         <x:v>1558</x:v>
       </x:c>
       <x:c r="B1563" s="3" t="str">
         <x:v>RUB 96Y</x:v>
       </x:c>
       <x:c r="C1563" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1563" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1563" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:11</x:v>
+        <x:v>Tue 17 Feb 2026 16:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1564">
       <x:c r="A1564" s="3" t="str">
         <x:v>1559</x:v>
       </x:c>
       <x:c r="B1564" s="3" t="str">
         <x:v>RUD 330Y</x:v>
       </x:c>
       <x:c r="C1564" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1564" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,560.00</x:v>
       </x:c>
       <x:c r="E1564" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:11</x:v>
+        <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1565">
       <x:c r="A1565" s="3" t="str">
         <x:v>1560</x:v>
       </x:c>
       <x:c r="B1565" s="3" t="str">
         <x:v>RUI 47</x:v>
       </x:c>
       <x:c r="C1565" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1565" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,220.00</x:v>
       </x:c>
       <x:c r="E1565" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:11</x:v>
+        <x:v>Tue 17 Feb 2026 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1566">
       <x:c r="A1566" s="3" t="str">
         <x:v>1561</x:v>
       </x:c>
       <x:c r="B1566" s="3" t="str">
         <x:v>RUS 531X</x:v>
       </x:c>
       <x:c r="C1566" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1566" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,160.00</x:v>
       </x:c>
       <x:c r="E1566" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:12</x:v>
+        <x:v>Tue 17 Feb 2026 18:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1567">
       <x:c r="A1567" s="3" t="str">
         <x:v>1562</x:v>
       </x:c>
       <x:c r="B1567" s="3" t="str">
         <x:v>RUS 122Y</x:v>
       </x:c>
       <x:c r="C1567" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1567" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,030.00</x:v>
       </x:c>
       <x:c r="E1567" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:12</x:v>
+        <x:v>Tue 17 Feb 2026 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1568">
       <x:c r="A1568" s="3" t="str">
         <x:v>1563</x:v>
       </x:c>
       <x:c r="B1568" s="3" t="str">
         <x:v>R81 VER</x:v>
       </x:c>
       <x:c r="C1568" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1568" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1568" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1569">
       <x:c r="A1569" s="3" t="str">
         <x:v>1564</x:v>
       </x:c>
       <x:c r="B1569" s="3" t="str">
         <x:v>11 RVR</x:v>
       </x:c>
       <x:c r="C1569" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1569" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,910.00</x:v>
       </x:c>
       <x:c r="E1569" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:12</x:v>
+        <x:v>Tue 17 Feb 2026 16:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1570">
       <x:c r="A1570" s="3" t="str">
         <x:v>1565</x:v>
       </x:c>
       <x:c r="B1570" s="3" t="str">
         <x:v>R674 VVC</x:v>
       </x:c>
       <x:c r="C1570" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1570" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1570" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1571">
       <x:c r="A1571" s="3" t="str">
         <x:v>1566</x:v>
       </x:c>
       <x:c r="B1571" s="3" t="str">
         <x:v>9 RWM</x:v>
       </x:c>
       <x:c r="C1571" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1571" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,930.00</x:v>
       </x:c>
       <x:c r="E1571" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1572">
       <x:c r="A1572" s="3" t="str">
         <x:v>1567</x:v>
       </x:c>
       <x:c r="B1572" s="3" t="str">
         <x:v>RXM 2Y</x:v>
       </x:c>
       <x:c r="C1572" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1572" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1572" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1573">
       <x:c r="A1573" s="3" t="str">
         <x:v>1568</x:v>
       </x:c>
       <x:c r="B1573" s="3" t="str">
         <x:v>70 RXY</x:v>
       </x:c>
       <x:c r="C1573" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1573" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E1573" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:13</x:v>
+        <x:v>Tue 17 Feb 2026 18:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1574">
       <x:c r="A1574" s="3" t="str">
         <x:v>1569</x:v>
       </x:c>
       <x:c r="B1574" s="3" t="str">
         <x:v>RYN 2J</x:v>
       </x:c>
       <x:c r="C1574" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1574" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£820.00</x:v>
       </x:c>
       <x:c r="E1574" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:13</x:v>
+        <x:v>Tue 17 Feb 2026 16:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1575">
       <x:c r="A1575" s="3" t="str">
         <x:v>1570</x:v>
       </x:c>
       <x:c r="B1575" s="3" t="str">
         <x:v>R41 YNS</x:v>
       </x:c>
       <x:c r="C1575" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1575" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,850.00</x:v>
       </x:c>
       <x:c r="E1575" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:13</x:v>
+        <x:v>Tue 17 Feb 2026 21:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1576">
       <x:c r="A1576" s="3" t="str">
         <x:v>1571</x:v>
       </x:c>
       <x:c r="B1576" s="3" t="str">
         <x:v>130 RYS</x:v>
       </x:c>
       <x:c r="C1576" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1576" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E1576" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:14</x:v>
+        <x:v>Tue 17 Feb 2026 16:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1577">
       <x:c r="A1577" s="3" t="str">
         <x:v>1572</x:v>
       </x:c>
       <x:c r="B1577" s="3" t="str">
         <x:v>RYT 111S</x:v>
       </x:c>
       <x:c r="C1577" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1577" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1577" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:14</x:v>
+        <x:v>Tue 17 Feb 2026 16:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1578">
       <x:c r="A1578" s="3" t="str">
         <x:v>1573</x:v>
       </x:c>
       <x:c r="B1578" s="3" t="str">
         <x:v>850 S</x:v>
       </x:c>
       <x:c r="C1578" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1578" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,110.00</x:v>
       </x:c>
       <x:c r="E1578" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1579">
       <x:c r="A1579" s="3" t="str">
         <x:v>1574</x:v>
       </x:c>
       <x:c r="B1579" s="3" t="str">
         <x:v>26 SAB</x:v>
       </x:c>
       <x:c r="C1579" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1579" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1579" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:14</x:v>
+        <x:v>Tue 17 Feb 2026 16:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1580">
       <x:c r="A1580" s="3" t="str">
         <x:v>1575</x:v>
       </x:c>
       <x:c r="B1580" s="3" t="str">
         <x:v>SAD 74A</x:v>
       </x:c>
       <x:c r="C1580" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1580" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,310.00</x:v>
       </x:c>
       <x:c r="E1580" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:14</x:v>
+        <x:v>Tue 17 Feb 2026 17:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1581">
       <x:c r="A1581" s="3" t="str">
         <x:v>1576</x:v>
       </x:c>
       <x:c r="B1581" s="3" t="str">
         <x:v>SAD 114K</x:v>
       </x:c>
       <x:c r="C1581" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1581" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,580.00</x:v>
       </x:c>
       <x:c r="E1581" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:15</x:v>
+        <x:v>Tue 17 Feb 2026 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1582">
       <x:c r="A1582" s="3" t="str">
         <x:v>1577</x:v>
       </x:c>
       <x:c r="B1582" s="3" t="str">
         <x:v>SAD 13Y</x:v>
       </x:c>
       <x:c r="C1582" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1582" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1582" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:15</x:v>
+        <x:v>Tue 17 Feb 2026 18:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1583">
       <x:c r="A1583" s="3" t="str">
         <x:v>1578</x:v>
       </x:c>
       <x:c r="B1583" s="3" t="str">
         <x:v>SAF 19E</x:v>
       </x:c>
       <x:c r="C1583" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1583" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,360.00</x:v>
       </x:c>
       <x:c r="E1583" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:15</x:v>
+        <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1584">
       <x:c r="A1584" s="3" t="str">
         <x:v>1579</x:v>
       </x:c>
       <x:c r="B1584" s="3" t="str">
         <x:v>222 SAH</x:v>
       </x:c>
       <x:c r="C1584" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1584" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E1584" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1585">
       <x:c r="A1585" s="3" t="str">
         <x:v>1580</x:v>
       </x:c>
       <x:c r="B1585" s="3" t="str">
         <x:v>S42 AHM</x:v>
       </x:c>
       <x:c r="C1585" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1585" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1585" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:15</x:v>
+        <x:v>Tue 17 Feb 2026 18:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1586">
       <x:c r="A1586" s="3" t="str">
         <x:v>1581</x:v>
       </x:c>
       <x:c r="B1586" s="3" t="str">
         <x:v>SAH 118T</x:v>
       </x:c>
       <x:c r="C1586" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1586" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,050.00</x:v>
       </x:c>
       <x:c r="E1586" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:16</x:v>
+        <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1587">
       <x:c r="A1587" s="3" t="str">
         <x:v>1582</x:v>
       </x:c>
       <x:c r="B1587" s="3" t="str">
         <x:v>SAH 4X</x:v>
       </x:c>
       <x:c r="C1587" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1587" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E1587" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:16</x:v>
+        <x:v>Tue 17 Feb 2026 19:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1588">
       <x:c r="A1588" s="3" t="str">
         <x:v>1583</x:v>
       </x:c>
       <x:c r="B1588" s="3" t="str">
         <x:v>700 SAJ</x:v>
       </x:c>
       <x:c r="C1588" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1588" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1588" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:16</x:v>
+        <x:v>Tue 17 Feb 2026 16:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1589">
       <x:c r="A1589" s="3" t="str">
         <x:v>1584</x:v>
       </x:c>
       <x:c r="B1589" s="3" t="str">
         <x:v>SAK 1F</x:v>
       </x:c>
       <x:c r="C1589" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1589" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,020.00</x:v>
       </x:c>
       <x:c r="E1589" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:16</x:v>
+        <x:v>Tue 17 Feb 2026 17:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1590">
       <x:c r="A1590" s="3" t="str">
         <x:v>1585</x:v>
       </x:c>
       <x:c r="B1590" s="3" t="str">
         <x:v>SAL 786A</x:v>
       </x:c>
       <x:c r="C1590" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1590" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,310.00</x:v>
       </x:c>
       <x:c r="E1590" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:16</x:v>
+        <x:v>Tue 17 Feb 2026 18:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1591">
       <x:c r="A1591" s="3" t="str">
         <x:v>1586</x:v>
       </x:c>
       <x:c r="B1591" s="3" t="str">
         <x:v>SAL 99H</x:v>
       </x:c>
       <x:c r="C1591" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1591" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,430.00</x:v>
       </x:c>
       <x:c r="E1591" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:17</x:v>
+        <x:v>Tue 17 Feb 2026 17:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1592">
       <x:c r="A1592" s="3" t="str">
         <x:v>1587</x:v>
       </x:c>
       <x:c r="B1592" s="3" t="str">
         <x:v>SAL 95M</x:v>
       </x:c>
       <x:c r="C1592" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1592" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,240.00</x:v>
       </x:c>
       <x:c r="E1592" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1593">
       <x:c r="A1593" s="3" t="str">
         <x:v>1588</x:v>
       </x:c>
       <x:c r="B1593" s="3" t="str">
         <x:v>718 SAM</x:v>
       </x:c>
       <x:c r="C1593" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1593" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,420.00</x:v>
       </x:c>
       <x:c r="E1593" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:17</x:v>
+        <x:v>Tue 17 Feb 2026 17:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1594">
       <x:c r="A1594" s="3" t="str">
         <x:v>1589</x:v>
       </x:c>
       <x:c r="B1594" s="3" t="str">
         <x:v>SAM 444B</x:v>
       </x:c>
       <x:c r="C1594" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1594" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,430.00</x:v>
       </x:c>
       <x:c r="E1594" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:17</x:v>
+        <x:v>Tue 17 Feb 2026 16:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1595">
       <x:c r="A1595" s="3" t="str">
         <x:v>1590</x:v>
       </x:c>
       <x:c r="B1595" s="3" t="str">
         <x:v>S350 AMG</x:v>
       </x:c>
       <x:c r="C1595" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1595" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,580.00</x:v>
       </x:c>
       <x:c r="E1595" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:17</x:v>
+        <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1596">
       <x:c r="A1596" s="3" t="str">
         <x:v>1591</x:v>
       </x:c>
       <x:c r="B1596" s="3" t="str">
         <x:v>SA22 MMY</x:v>
       </x:c>
       <x:c r="C1596" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1596" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,240.00</x:v>
       </x:c>
       <x:c r="E1596" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:18</x:v>
+        <x:v>Tue 17 Feb 2026 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1597">
       <x:c r="A1597" s="3" t="str">
         <x:v>1592</x:v>
       </x:c>
       <x:c r="B1597" s="3" t="str">
         <x:v>SAM 65R</x:v>
       </x:c>
       <x:c r="C1597" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1597" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,460.00</x:v>
       </x:c>
       <x:c r="E1597" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:18</x:v>
+        <x:v>Tue 17 Feb 2026 16:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1598">
       <x:c r="A1598" s="3" t="str">
         <x:v>1593</x:v>
       </x:c>
       <x:c r="B1598" s="3" t="str">
         <x:v>SA14 MRA</x:v>
       </x:c>
       <x:c r="C1598" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1598" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£600.00</x:v>
       </x:c>
       <x:c r="E1598" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:18</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1599">
       <x:c r="A1599" s="3" t="str">
         <x:v>1594</x:v>
       </x:c>
       <x:c r="B1599" s="3" t="str">
         <x:v>SAM 69W</x:v>
       </x:c>
       <x:c r="C1599" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1599" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,320.00</x:v>
       </x:c>
       <x:c r="E1599" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:18</x:v>
+        <x:v>Tue 17 Feb 2026 17:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1600">
       <x:c r="A1600" s="3" t="str">
         <x:v>1595</x:v>
       </x:c>
       <x:c r="B1600" s="3" t="str">
         <x:v>SAM 999X</x:v>
       </x:c>
       <x:c r="C1600" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1600" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,630.00</x:v>
       </x:c>
       <x:c r="E1600" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:18</x:v>
+        <x:v>Tue 17 Feb 2026 16:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1601">
       <x:c r="A1601" s="3" t="str">
         <x:v>1596</x:v>
       </x:c>
       <x:c r="B1601" s="3" t="str">
         <x:v>SAR 71S</x:v>
       </x:c>
       <x:c r="C1601" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1601" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1601" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:19</x:v>
+        <x:v>Tue 17 Feb 2026 18:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1602">
       <x:c r="A1602" s="3" t="str">
         <x:v>1597</x:v>
       </x:c>
       <x:c r="B1602" s="3" t="str">
         <x:v>S68 ARU</x:v>
       </x:c>
       <x:c r="C1602" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1602" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1602" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:19</x:v>
+        <x:v>Tue 17 Feb 2026 23:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1603">
       <x:c r="A1603" s="3" t="str">
         <x:v>1598</x:v>
       </x:c>
       <x:c r="B1603" s="3" t="str">
         <x:v>SA09 SHA</x:v>
       </x:c>
       <x:c r="C1603" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1603" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1603" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1604">
       <x:c r="A1604" s="3" t="str">
         <x:v>1599</x:v>
       </x:c>
       <x:c r="B1604" s="3" t="str">
         <x:v>S411 ASW</x:v>
       </x:c>
       <x:c r="C1604" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1604" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£230.00</x:v>
       </x:c>
       <x:c r="E1604" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:19</x:v>
+        <x:v>Tue 17 Feb 2026 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1605">
       <x:c r="A1605" s="3" t="str">
         <x:v>1600</x:v>
       </x:c>
       <x:c r="B1605" s="3" t="str">
         <x:v>199 SB</x:v>
       </x:c>
       <x:c r="C1605" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1605" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E1605" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1606">
       <x:c r="A1606" s="3" t="str">
         <x:v>1601</x:v>
       </x:c>
       <x:c r="B1606" s="3" t="str">
         <x:v>S786 BAL</x:v>
       </x:c>
       <x:c r="C1606" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1606" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£650.00</x:v>
       </x:c>
       <x:c r="E1606" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:20</x:v>
+        <x:v>Tue 17 Feb 2026 17:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1607">
       <x:c r="A1607" s="3" t="str">
         <x:v>1602</x:v>
       </x:c>
       <x:c r="B1607" s="3" t="str">
         <x:v>41 SBM</x:v>
       </x:c>
       <x:c r="C1607" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1607" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,980.00</x:v>
       </x:c>
       <x:c r="E1607" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:20</x:v>
+        <x:v>Tue 17 Feb 2026 17:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1608">
       <x:c r="A1608" s="3" t="str">
         <x:v>1603</x:v>
       </x:c>
       <x:c r="B1608" s="3" t="str">
         <x:v>SBR 14R</x:v>
       </x:c>
       <x:c r="C1608" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1608" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1608" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1609">
       <x:c r="A1609" s="3" t="str">
         <x:v>1604</x:v>
       </x:c>
       <x:c r="B1609" s="3" t="str">
         <x:v>S341 BYD</x:v>
       </x:c>
       <x:c r="C1609" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1609" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£690.00</x:v>
       </x:c>
       <x:c r="E1609" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:20</x:v>
+        <x:v>Tue 17 Feb 2026 19:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1610">
       <x:c r="A1610" s="3" t="str">
         <x:v>1605</x:v>
       </x:c>
       <x:c r="B1610" s="3" t="str">
         <x:v>11 SCA</x:v>
       </x:c>
       <x:c r="C1610" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1610" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1610" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:20</x:v>
+        <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1611">
       <x:c r="A1611" s="3" t="str">
         <x:v>1606</x:v>
       </x:c>
       <x:c r="B1611" s="3" t="str">
         <x:v>S987 CAY</x:v>
       </x:c>
       <x:c r="C1611" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1611" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1611" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1612">
       <x:c r="A1612" s="3" t="str">
         <x:v>1607</x:v>
       </x:c>
       <x:c r="B1612" s="3" t="str">
         <x:v>14 SCB</x:v>
       </x:c>
       <x:c r="C1612" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1612" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,570.00</x:v>
       </x:c>
       <x:c r="E1612" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:21</x:v>
+        <x:v>Tue 17 Feb 2026 16:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1613">
       <x:c r="A1613" s="3" t="str">
         <x:v>1608</x:v>
       </x:c>
       <x:c r="B1613" s="3" t="str">
         <x:v>777 SCH</x:v>
       </x:c>
       <x:c r="C1613" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1613" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1613" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1614">
       <x:c r="A1614" s="3" t="str">
         <x:v>1609</x:v>
       </x:c>
       <x:c r="B1614" s="3" t="str">
         <x:v>SCU 2T</x:v>
       </x:c>
       <x:c r="C1614" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1614" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£660.00</x:v>
       </x:c>
       <x:c r="E1614" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:21</x:v>
+        <x:v>Tue 17 Feb 2026 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1615">
       <x:c r="A1615" s="3" t="str">
         <x:v>1610</x:v>
       </x:c>
       <x:c r="B1615" s="3" t="str">
         <x:v>SCW 193F</x:v>
       </x:c>
       <x:c r="C1615" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1615" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1615" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1616">
       <x:c r="A1616" s="3" t="str">
         <x:v>1611</x:v>
       </x:c>
       <x:c r="B1616" s="3" t="str">
         <x:v>SDG 805S</x:v>
       </x:c>
       <x:c r="C1616" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1616" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,650.00</x:v>
       </x:c>
       <x:c r="E1616" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:22</x:v>
+        <x:v>Tue 17 Feb 2026 18:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1617">
       <x:c r="A1617" s="3" t="str">
         <x:v>1612</x:v>
       </x:c>
       <x:c r="B1617" s="3" t="str">
         <x:v>S412 DUL</x:v>
       </x:c>
       <x:c r="C1617" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1617" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E1617" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:22</x:v>
+        <x:v>Tue 17 Feb 2026 18:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1618">
       <x:c r="A1618" s="3" t="str">
         <x:v>1613</x:v>
       </x:c>
       <x:c r="B1618" s="3" t="str">
         <x:v>S61 DYA</x:v>
       </x:c>
       <x:c r="C1618" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1618" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1618" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:22</x:v>
+        <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1619">
       <x:c r="A1619" s="3" t="str">
         <x:v>1614</x:v>
       </x:c>
       <x:c r="B1619" s="3" t="str">
         <x:v>SEB 99B</x:v>
       </x:c>
       <x:c r="C1619" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1619" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E1619" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:22</x:v>
+        <x:v>Tue 17 Feb 2026 18:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1620">
       <x:c r="A1620" s="3" t="str">
         <x:v>1615</x:v>
       </x:c>
       <x:c r="B1620" s="3" t="str">
         <x:v>SEL 3Y</x:v>
       </x:c>
       <x:c r="C1620" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1620" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,150.00</x:v>
       </x:c>
       <x:c r="E1620" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:22</x:v>
+        <x:v>Tue 17 Feb 2026 19:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1621">
       <x:c r="A1621" s="3" t="str">
         <x:v>1616</x:v>
       </x:c>
       <x:c r="B1621" s="3" t="str">
         <x:v>SEP 3H</x:v>
       </x:c>
       <x:c r="C1621" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1621" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£650.00</x:v>
       </x:c>
       <x:c r="E1621" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1622">
       <x:c r="A1622" s="3" t="str">
         <x:v>1617</x:v>
       </x:c>
       <x:c r="B1622" s="3" t="str">
         <x:v>13 SER</x:v>
       </x:c>
       <x:c r="C1622" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1622" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1622" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1623">
       <x:c r="A1623" s="3" t="str">
         <x:v>1618</x:v>
       </x:c>
       <x:c r="B1623" s="3" t="str">
         <x:v>S418 ERA</x:v>
       </x:c>
       <x:c r="C1623" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1623" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E1623" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1624">
       <x:c r="A1624" s="3" t="str">
         <x:v>1619</x:v>
       </x:c>
       <x:c r="B1624" s="3" t="str">
         <x:v>S311 EWA</x:v>
       </x:c>
       <x:c r="C1624" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1624" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1624" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1625">
       <x:c r="A1625" s="3" t="str">
         <x:v>1620</x:v>
       </x:c>
       <x:c r="B1625" s="3" t="str">
         <x:v>108 SG</x:v>
       </x:c>
       <x:c r="C1625" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1625" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,110.00</x:v>
       </x:c>
       <x:c r="E1625" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:23</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1626">
       <x:c r="A1626" s="3" t="str">
         <x:v>1621</x:v>
       </x:c>
       <x:c r="B1626" s="3" t="str">
         <x:v>6661 SH</x:v>
       </x:c>
       <x:c r="C1626" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1626" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1626" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:24</x:v>
+        <x:v>Tue 17 Feb 2026 17:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1627">
       <x:c r="A1627" s="3" t="str">
         <x:v>1622</x:v>
       </x:c>
       <x:c r="B1627" s="3" t="str">
         <x:v>SHA 4J</x:v>
       </x:c>
       <x:c r="C1627" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1627" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,740.00</x:v>
       </x:c>
       <x:c r="E1627" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1628">
       <x:c r="A1628" s="3" t="str">
         <x:v>1623</x:v>
       </x:c>
       <x:c r="B1628" s="3" t="str">
         <x:v>SHA 441K</x:v>
       </x:c>
       <x:c r="C1628" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1628" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,410.00</x:v>
       </x:c>
       <x:c r="E1628" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:24</x:v>
+        <x:v>Tue 17 Feb 2026 16:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1629">
       <x:c r="A1629" s="3" t="str">
         <x:v>1624</x:v>
       </x:c>
       <x:c r="B1629" s="3" t="str">
         <x:v>SH67 ANE</x:v>
       </x:c>
       <x:c r="C1629" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1629" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1629" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:24</x:v>
+        <x:v>Tue 17 Feb 2026 16:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1630">
       <x:c r="A1630" s="3" t="str">
         <x:v>1625</x:v>
       </x:c>
       <x:c r="B1630" s="3" t="str">
         <x:v>SHA 12T</x:v>
       </x:c>
       <x:c r="C1630" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1630" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1630" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:24</x:v>
+        <x:v>Tue 17 Feb 2026 16:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1631">
       <x:c r="A1631" s="3" t="str">
         <x:v>1626</x:v>
       </x:c>
       <x:c r="B1631" s="3" t="str">
         <x:v>SHA 17X</x:v>
       </x:c>
       <x:c r="C1631" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1631" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,090.00</x:v>
       </x:c>
       <x:c r="E1631" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:25</x:v>
+        <x:v>Tue 17 Feb 2026 20:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1632">
       <x:c r="A1632" s="3" t="str">
         <x:v>1627</x:v>
       </x:c>
       <x:c r="B1632" s="3" t="str">
         <x:v>SHE 71X</x:v>
       </x:c>
       <x:c r="C1632" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1632" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1632" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:25</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1633">
       <x:c r="A1633" s="3" t="str">
         <x:v>1628</x:v>
       </x:c>
       <x:c r="B1633" s="3" t="str">
         <x:v>95 SHM</x:v>
       </x:c>
       <x:c r="C1633" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1633" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,730.00</x:v>
       </x:c>
       <x:c r="E1633" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1634">
       <x:c r="A1634" s="3" t="str">
         <x:v>1629</x:v>
       </x:c>
       <x:c r="B1634" s="3" t="str">
         <x:v>SHO 115E</x:v>
       </x:c>
       <x:c r="C1634" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1634" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E1634" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1635">
       <x:c r="A1635" s="3" t="str">
         <x:v>1630</x:v>
       </x:c>
       <x:c r="B1635" s="3" t="str">
         <x:v>SHO 418Y</x:v>
       </x:c>
       <x:c r="C1635" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1635" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1635" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1636">
       <x:c r="A1636" s="3" t="str">
         <x:v>1631</x:v>
       </x:c>
       <x:c r="B1636" s="3" t="str">
         <x:v>S58 HST</x:v>
       </x:c>
       <x:c r="C1636" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1636" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1636" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1637">
       <x:c r="A1637" s="3" t="str">
         <x:v>1632</x:v>
       </x:c>
       <x:c r="B1637" s="3" t="str">
         <x:v>SHX 22Y</x:v>
       </x:c>
       <x:c r="C1637" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1637" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1637" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1638">
       <x:c r="A1638" s="3" t="str">
         <x:v>1633</x:v>
       </x:c>
       <x:c r="B1638" s="3" t="str">
         <x:v>SIG 24</x:v>
       </x:c>
       <x:c r="C1638" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1638" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E1638" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:26</x:v>
+        <x:v>Tue 17 Feb 2026 17:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1639">
       <x:c r="A1639" s="3" t="str">
         <x:v>1634</x:v>
       </x:c>
       <x:c r="B1639" s="3" t="str">
         <x:v>74 SJA</x:v>
       </x:c>
       <x:c r="C1639" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1639" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,410.00</x:v>
       </x:c>
       <x:c r="E1639" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:26</x:v>
+        <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1640">
       <x:c r="A1640" s="3" t="str">
         <x:v>1635</x:v>
       </x:c>
       <x:c r="B1640" s="3" t="str">
         <x:v>213 SJB</x:v>
       </x:c>
       <x:c r="C1640" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1640" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,030.00</x:v>
       </x:c>
       <x:c r="E1640" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1641">
       <x:c r="A1641" s="3" t="str">
         <x:v>1636</x:v>
       </x:c>
       <x:c r="B1641" s="3" t="str">
         <x:v>SJB 888B</x:v>
       </x:c>
       <x:c r="C1641" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1641" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E1641" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:27</x:v>
+        <x:v>Tue 17 Feb 2026 16:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1642">
       <x:c r="A1642" s="3" t="str">
         <x:v>1637</x:v>
       </x:c>
       <x:c r="B1642" s="3" t="str">
         <x:v>SJB 777X</x:v>
       </x:c>
       <x:c r="C1642" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1642" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1642" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:27</x:v>
+        <x:v>Tue 17 Feb 2026 17:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1643">
       <x:c r="A1643" s="3" t="str">
         <x:v>1638</x:v>
       </x:c>
       <x:c r="B1643" s="3" t="str">
         <x:v>69 SJC</x:v>
       </x:c>
       <x:c r="C1643" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1643" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,260.00</x:v>
       </x:c>
       <x:c r="E1643" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1644">
       <x:c r="A1644" s="3" t="str">
         <x:v>1639</x:v>
       </x:c>
       <x:c r="B1644" s="3" t="str">
         <x:v>95 SJF</x:v>
       </x:c>
       <x:c r="C1644" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1644" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,520.00</x:v>
       </x:c>
       <x:c r="E1644" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:27</x:v>
+        <x:v>Tue 17 Feb 2026 17:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1645">
       <x:c r="A1645" s="3" t="str">
         <x:v>1640</x:v>
       </x:c>
       <x:c r="B1645" s="3" t="str">
         <x:v>138 SJG</x:v>
       </x:c>
       <x:c r="C1645" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1645" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,020.00</x:v>
       </x:c>
       <x:c r="E1645" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1646">
       <x:c r="A1646" s="3" t="str">
         <x:v>1641</x:v>
       </x:c>
       <x:c r="B1646" s="3" t="str">
         <x:v>SJG 11A</x:v>
       </x:c>
       <x:c r="C1646" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1646" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,710.00</x:v>
       </x:c>
       <x:c r="E1646" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:28</x:v>
+        <x:v>Tue 17 Feb 2026 18:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1647">
       <x:c r="A1647" s="3" t="str">
         <x:v>1642</x:v>
       </x:c>
       <x:c r="B1647" s="3" t="str">
         <x:v>SJM 83</x:v>
       </x:c>
       <x:c r="C1647" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1647" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,910.00</x:v>
       </x:c>
       <x:c r="E1647" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1648">
       <x:c r="A1648" s="3" t="str">
         <x:v>1643</x:v>
       </x:c>
       <x:c r="B1648" s="3" t="str">
         <x:v>SJM 33R</x:v>
       </x:c>
       <x:c r="C1648" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1648" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£960.00</x:v>
       </x:c>
       <x:c r="E1648" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:28</x:v>
+        <x:v>Tue 17 Feb 2026 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1649">
       <x:c r="A1649" s="3" t="str">
         <x:v>1644</x:v>
       </x:c>
       <x:c r="B1649" s="3" t="str">
         <x:v>SJM 555X</x:v>
       </x:c>
       <x:c r="C1649" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1649" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£670.00</x:v>
       </x:c>
       <x:c r="E1649" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:28</x:v>
+        <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1650">
       <x:c r="A1650" s="3" t="str">
         <x:v>1645</x:v>
       </x:c>
       <x:c r="B1650" s="3" t="str">
         <x:v>11 SJN</x:v>
       </x:c>
       <x:c r="C1650" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1650" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,810.00</x:v>
       </x:c>
       <x:c r="E1650" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:28</x:v>
+        <x:v>Tue 17 Feb 2026 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1651">
       <x:c r="A1651" s="3" t="str">
         <x:v>1646</x:v>
       </x:c>
       <x:c r="B1651" s="3" t="str">
         <x:v>SJP 71</x:v>
       </x:c>
       <x:c r="C1651" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1651" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1651" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:29</x:v>
+        <x:v>Tue 17 Feb 2026 17:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1652">
       <x:c r="A1652" s="3" t="str">
         <x:v>1647</x:v>
       </x:c>
       <x:c r="B1652" s="3" t="str">
         <x:v>SKA 121A</x:v>
       </x:c>
       <x:c r="C1652" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1652" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1652" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:29</x:v>
+        <x:v>Tue 17 Feb 2026 16:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1653">
       <x:c r="A1653" s="3" t="str">
         <x:v>1648</x:v>
       </x:c>
       <x:c r="B1653" s="3" t="str">
         <x:v>61 SKS</x:v>
       </x:c>
       <x:c r="C1653" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1653" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1653" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1654">
       <x:c r="A1654" s="3" t="str">
         <x:v>1649</x:v>
       </x:c>
       <x:c r="B1654" s="3" t="str">
         <x:v>SKY 64M</x:v>
       </x:c>
       <x:c r="C1654" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1654" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1654" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1655">
       <x:c r="A1655" s="3" t="str">
         <x:v>1650</x:v>
       </x:c>
       <x:c r="B1655" s="3" t="str">
         <x:v>313 SL</x:v>
       </x:c>
       <x:c r="C1655" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1655" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E1655" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:29</x:v>
+        <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1656">
       <x:c r="A1656" s="3" t="str">
         <x:v>1651</x:v>
       </x:c>
       <x:c r="B1656" s="3" t="str">
         <x:v>6662 SL</x:v>
       </x:c>
       <x:c r="C1656" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1656" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,610.00</x:v>
       </x:c>
       <x:c r="E1656" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1657">
       <x:c r="A1657" s="3" t="str">
         <x:v>1652</x:v>
       </x:c>
       <x:c r="B1657" s="3" t="str">
         <x:v>SLA 3C</x:v>
       </x:c>
       <x:c r="C1657" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1657" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1657" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:30</x:v>
+        <x:v>Tue 17 Feb 2026 17:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1658">
       <x:c r="A1658" s="3" t="str">
         <x:v>1653</x:v>
       </x:c>
       <x:c r="B1658" s="3" t="str">
         <x:v>13 SLC</x:v>
       </x:c>
       <x:c r="C1658" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1658" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,320.00</x:v>
       </x:c>
       <x:c r="E1658" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1659">
       <x:c r="A1659" s="3" t="str">
         <x:v>1654</x:v>
       </x:c>
       <x:c r="B1659" s="3" t="str">
         <x:v>SLH 1X</x:v>
       </x:c>
       <x:c r="C1659" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1659" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,040.00</x:v>
       </x:c>
       <x:c r="E1659" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:30</x:v>
+        <x:v>Tue 17 Feb 2026 18:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1660">
       <x:c r="A1660" s="3" t="str">
         <x:v>1655</x:v>
       </x:c>
       <x:c r="B1660" s="3" t="str">
         <x:v>SLK 73Y</x:v>
       </x:c>
       <x:c r="C1660" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1660" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1660" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1661">
       <x:c r="A1661" s="3" t="str">
         <x:v>1656</x:v>
       </x:c>
       <x:c r="B1661" s="3" t="str">
         <x:v>SLM 555S</x:v>
       </x:c>
       <x:c r="C1661" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1661" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£390.00</x:v>
       </x:c>
       <x:c r="E1661" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:31</x:v>
+        <x:v>Tue 17 Feb 2026 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1662">
       <x:c r="A1662" s="3" t="str">
         <x:v>1657</x:v>
       </x:c>
       <x:c r="B1662" s="3" t="str">
         <x:v>SLR 13J</x:v>
       </x:c>
       <x:c r="C1662" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1662" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£370.00</x:v>
       </x:c>
       <x:c r="E1662" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1663">
       <x:c r="A1663" s="3" t="str">
         <x:v>1658</x:v>
       </x:c>
       <x:c r="B1663" s="3" t="str">
         <x:v>670 SLT</x:v>
       </x:c>
       <x:c r="C1663" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1663" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,260.00</x:v>
       </x:c>
       <x:c r="E1663" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:31</x:v>
+        <x:v>Tue 17 Feb 2026 16:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1664">
       <x:c r="A1664" s="3" t="str">
         <x:v>1659</x:v>
       </x:c>
       <x:c r="B1664" s="3" t="str">
         <x:v>S155 LXM</x:v>
       </x:c>
       <x:c r="C1664" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1664" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1664" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1665">
       <x:c r="A1665" s="3" t="str">
         <x:v>1660</x:v>
       </x:c>
       <x:c r="B1665" s="3" t="str">
         <x:v>S41 LYP</x:v>
       </x:c>
       <x:c r="C1665" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1665" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E1665" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:31</x:v>
+        <x:v>Tue 17 Feb 2026 17:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1666">
       <x:c r="A1666" s="3" t="str">
         <x:v>1661</x:v>
       </x:c>
       <x:c r="B1666" s="3" t="str">
         <x:v>136 SM</x:v>
       </x:c>
       <x:c r="C1666" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1666" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,800.00</x:v>
       </x:c>
       <x:c r="E1666" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:32</x:v>
+        <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1667">
       <x:c r="A1667" s="3" t="str">
         <x:v>1662</x:v>
       </x:c>
       <x:c r="B1667" s="3" t="str">
         <x:v>SMA 27A</x:v>
       </x:c>
       <x:c r="C1667" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1667" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,160.00</x:v>
       </x:c>
       <x:c r="E1667" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:32</x:v>
+        <x:v>Tue 17 Feb 2026 18:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1668">
       <x:c r="A1668" s="3" t="str">
         <x:v>1663</x:v>
       </x:c>
       <x:c r="B1668" s="3" t="str">
         <x:v>S401 MLK</x:v>
       </x:c>
       <x:c r="C1668" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1668" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1668" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1669">
       <x:c r="A1669" s="3" t="str">
         <x:v>1664</x:v>
       </x:c>
       <x:c r="B1669" s="3" t="str">
         <x:v>SMM 11X</x:v>
       </x:c>
       <x:c r="C1669" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1669" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E1669" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:32</x:v>
+        <x:v>Tue 17 Feb 2026 17:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1670">
       <x:c r="A1670" s="3" t="str">
         <x:v>1665</x:v>
       </x:c>
       <x:c r="B1670" s="3" t="str">
         <x:v>S447 MMY</x:v>
       </x:c>
       <x:c r="C1670" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1670" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,400.00</x:v>
       </x:c>
       <x:c r="E1670" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:32</x:v>
+        <x:v>Tue 17 Feb 2026 17:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1671">
       <x:c r="A1671" s="3" t="str">
         <x:v>1666</x:v>
       </x:c>
       <x:c r="B1671" s="3" t="str">
         <x:v>S196 MON</x:v>
       </x:c>
       <x:c r="C1671" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1671" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1671" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:33</x:v>
+        <x:v>Tue 17 Feb 2026 16:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1672">
       <x:c r="A1672" s="3" t="str">
         <x:v>1667</x:v>
       </x:c>
       <x:c r="B1672" s="3" t="str">
         <x:v>23 SMR</x:v>
       </x:c>
       <x:c r="C1672" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1672" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E1672" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1673">
       <x:c r="A1673" s="3" t="str">
         <x:v>1668</x:v>
       </x:c>
       <x:c r="B1673" s="3" t="str">
         <x:v>212 SMR</x:v>
       </x:c>
       <x:c r="C1673" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1673" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,630.00</x:v>
       </x:c>
       <x:c r="E1673" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:33</x:v>
+        <x:v>Tue 17 Feb 2026 16:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1674">
       <x:c r="A1674" s="3" t="str">
         <x:v>1669</x:v>
       </x:c>
       <x:c r="B1674" s="3" t="str">
         <x:v>SMR 70W</x:v>
       </x:c>
       <x:c r="C1674" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1674" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,270.00</x:v>
       </x:c>
       <x:c r="E1674" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1675">
       <x:c r="A1675" s="3" t="str">
         <x:v>1670</x:v>
       </x:c>
       <x:c r="B1675" s="3" t="str">
         <x:v>S64 MUS</x:v>
       </x:c>
       <x:c r="C1675" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1675" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1675" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:33</x:v>
+        <x:v>Tue 17 Feb 2026 18:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1676">
       <x:c r="A1676" s="3" t="str">
         <x:v>1671</x:v>
       </x:c>
       <x:c r="B1676" s="3" t="str">
         <x:v>21 SMW</x:v>
       </x:c>
       <x:c r="C1676" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1676" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,610.00</x:v>
       </x:c>
       <x:c r="E1676" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1677">
       <x:c r="A1677" s="3" t="str">
         <x:v>1672</x:v>
       </x:c>
       <x:c r="B1677" s="3" t="str">
         <x:v>S61 MXN</x:v>
       </x:c>
       <x:c r="C1677" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1677" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E1677" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1678">
       <x:c r="A1678" s="3" t="str">
         <x:v>1673</x:v>
       </x:c>
       <x:c r="B1678" s="3" t="str">
         <x:v>17 SND</x:v>
       </x:c>
       <x:c r="C1678" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1678" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,650.00</x:v>
       </x:c>
       <x:c r="E1678" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:34</x:v>
+        <x:v>Tue 17 Feb 2026 17:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1679">
       <x:c r="A1679" s="3" t="str">
         <x:v>1674</x:v>
       </x:c>
       <x:c r="B1679" s="3" t="str">
         <x:v>S64 NDU</x:v>
       </x:c>
       <x:c r="C1679" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1679" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£870.00</x:v>
       </x:c>
       <x:c r="E1679" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:34</x:v>
+        <x:v>Tue 17 Feb 2026 17:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1680">
       <x:c r="A1680" s="3" t="str">
         <x:v>1675</x:v>
       </x:c>
       <x:c r="B1680" s="3" t="str">
         <x:v>SNE 8L</x:v>
       </x:c>
       <x:c r="C1680" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1680" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1680" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:34</x:v>
+        <x:v>Tue 17 Feb 2026 22:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1681">
       <x:c r="A1681" s="3" t="str">
         <x:v>1676</x:v>
       </x:c>
       <x:c r="B1681" s="3" t="str">
         <x:v>700 SNM</x:v>
       </x:c>
       <x:c r="C1681" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1681" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E1681" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1682">
       <x:c r="A1682" s="3" t="str">
         <x:v>1677</x:v>
       </x:c>
       <x:c r="B1682" s="3" t="str">
         <x:v>SNT 10M</x:v>
       </x:c>
       <x:c r="C1682" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1682" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1682" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1683">
       <x:c r="A1683" s="3" t="str">
         <x:v>1678</x:v>
       </x:c>
       <x:c r="B1683" s="3" t="str">
         <x:v>91 SO</x:v>
       </x:c>
       <x:c r="C1683" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1683" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,070.00</x:v>
       </x:c>
       <x:c r="E1683" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:35</x:v>
+        <x:v>Tue 17 Feb 2026 18:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1684">
       <x:c r="A1684" s="3" t="str">
         <x:v>1679</x:v>
       </x:c>
       <x:c r="B1684" s="3" t="str">
         <x:v>SOF 199J</x:v>
       </x:c>
       <x:c r="C1684" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1684" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£820.00</x:v>
       </x:c>
       <x:c r="E1684" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:35</x:v>
+        <x:v>Tue 17 Feb 2026 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1685">
       <x:c r="A1685" s="3" t="str">
         <x:v>1680</x:v>
       </x:c>
       <x:c r="B1685" s="3" t="str">
         <x:v>SOM 477A</x:v>
       </x:c>
       <x:c r="C1685" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1685" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E1685" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1686">
       <x:c r="A1686" s="3" t="str">
         <x:v>1681</x:v>
       </x:c>
       <x:c r="B1686" s="3" t="str">
         <x:v>SON 424A</x:v>
       </x:c>
       <x:c r="C1686" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1686" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1686" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1687">
       <x:c r="A1687" s="3" t="str">
         <x:v>1682</x:v>
       </x:c>
       <x:c r="B1687" s="3" t="str">
         <x:v>SON 477J</x:v>
       </x:c>
       <x:c r="C1687" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1687" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E1687" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1688">
       <x:c r="A1688" s="3" t="str">
         <x:v>1683</x:v>
       </x:c>
       <x:c r="B1688" s="3" t="str">
         <x:v>SON 141N</x:v>
       </x:c>
       <x:c r="C1688" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1688" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,980.00</x:v>
       </x:c>
       <x:c r="E1688" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:36</x:v>
+        <x:v>Tue 17 Feb 2026 17:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1689">
       <x:c r="A1689" s="3" t="str">
         <x:v>1684</x:v>
       </x:c>
       <x:c r="B1689" s="3" t="str">
         <x:v>S700 OOO</x:v>
       </x:c>
       <x:c r="C1689" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1689" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,130.00</x:v>
       </x:c>
       <x:c r="E1689" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:36</x:v>
+        <x:v>Tue 17 Feb 2026 18:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1690">
       <x:c r="A1690" s="3" t="str">
         <x:v>1685</x:v>
       </x:c>
       <x:c r="B1690" s="3" t="str">
         <x:v>S11 OOT</x:v>
       </x:c>
       <x:c r="C1690" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1690" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£19,280.00</x:v>
       </x:c>
       <x:c r="E1690" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:36</x:v>
+        <x:v>Wed 18 Feb 2026 00:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1691">
       <x:c r="A1691" s="3" t="str">
         <x:v>1686</x:v>
       </x:c>
       <x:c r="B1691" s="3" t="str">
         <x:v>8 SOV</x:v>
       </x:c>
       <x:c r="C1691" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1691" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1691" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1692">
       <x:c r="A1692" s="3" t="str">
         <x:v>1687</x:v>
       </x:c>
       <x:c r="B1692" s="3" t="str">
         <x:v>30 SOX</x:v>
       </x:c>
       <x:c r="C1692" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1692" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,060.00</x:v>
       </x:c>
       <x:c r="E1692" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:37</x:v>
+        <x:v>Tue 17 Feb 2026 18:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1693">
       <x:c r="A1693" s="3" t="str">
         <x:v>1688</x:v>
       </x:c>
       <x:c r="B1693" s="3" t="str">
         <x:v>289 SP</x:v>
       </x:c>
       <x:c r="C1693" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1693" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,510.00</x:v>
       </x:c>
       <x:c r="E1693" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:37</x:v>
+        <x:v>Tue 17 Feb 2026 18:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1694">
       <x:c r="A1694" s="3" t="str">
         <x:v>1689</x:v>
       </x:c>
       <x:c r="B1694" s="3" t="str">
         <x:v>SPA 111E</x:v>
       </x:c>
       <x:c r="C1694" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1694" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E1694" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1695">
       <x:c r="A1695" s="3" t="str">
         <x:v>1690</x:v>
       </x:c>
       <x:c r="B1695" s="3" t="str">
         <x:v>SPH 13E</x:v>
       </x:c>
       <x:c r="C1695" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1695" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E1695" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:37</x:v>
+        <x:v>Tue 17 Feb 2026 19:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1696">
       <x:c r="A1696" s="3" t="str">
         <x:v>1691</x:v>
       </x:c>
       <x:c r="B1696" s="3" t="str">
         <x:v>750 SPY</x:v>
       </x:c>
       <x:c r="C1696" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1696" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,310.00</x:v>
       </x:c>
       <x:c r="E1696" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:38</x:v>
+        <x:v>Tue 17 Feb 2026 18:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1697">
       <x:c r="A1697" s="3" t="str">
         <x:v>1692</x:v>
       </x:c>
       <x:c r="B1697" s="3" t="str">
         <x:v>13 SRG</x:v>
       </x:c>
       <x:c r="C1697" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1697" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1697" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1698">
       <x:c r="A1698" s="3" t="str">
         <x:v>1693</x:v>
       </x:c>
       <x:c r="B1698" s="3" t="str">
         <x:v>SRP 8J</x:v>
       </x:c>
       <x:c r="C1698" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1698" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£480.00</x:v>
       </x:c>
       <x:c r="E1698" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:38</x:v>
+        <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1699">
       <x:c r="A1699" s="3" t="str">
         <x:v>1694</x:v>
       </x:c>
       <x:c r="B1699" s="3" t="str">
         <x:v>SRT 64H</x:v>
       </x:c>
       <x:c r="C1699" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1699" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1699" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1700">
       <x:c r="A1700" s="3" t="str">
         <x:v>1695</x:v>
       </x:c>
       <x:c r="B1700" s="3" t="str">
         <x:v>S484 RUK</x:v>
       </x:c>
       <x:c r="C1700" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1700" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1700" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1701">
       <x:c r="A1701" s="3" t="str">
         <x:v>1696</x:v>
       </x:c>
       <x:c r="B1701" s="3" t="str">
         <x:v>S749 RUM</x:v>
       </x:c>
       <x:c r="C1701" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1701" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E1701" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:39</x:v>
+        <x:v>Tue 17 Feb 2026 17:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1702">
       <x:c r="A1702" s="3" t="str">
         <x:v>1697</x:v>
       </x:c>
       <x:c r="B1702" s="3" t="str">
         <x:v>S114 RUT</x:v>
       </x:c>
       <x:c r="C1702" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1702" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E1702" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1703">
       <x:c r="A1703" s="3" t="str">
         <x:v>1698</x:v>
       </x:c>
       <x:c r="B1703" s="3" t="str">
         <x:v>105 SS</x:v>
       </x:c>
       <x:c r="C1703" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1703" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,560.00</x:v>
       </x:c>
       <x:c r="E1703" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:39</x:v>
+        <x:v>Tue 17 Feb 2026 19:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1704">
       <x:c r="A1704" s="3" t="str">
         <x:v>1699</x:v>
       </x:c>
       <x:c r="B1704" s="3" t="str">
         <x:v>1202 SS</x:v>
       </x:c>
       <x:c r="C1704" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1704" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,410.00</x:v>
       </x:c>
       <x:c r="E1704" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:39</x:v>
+        <x:v>Tue 17 Feb 2026 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1705">
       <x:c r="A1705" s="3" t="str">
         <x:v>1700</x:v>
       </x:c>
       <x:c r="B1705" s="3" t="str">
         <x:v>29 SSB</x:v>
       </x:c>
       <x:c r="C1705" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1705" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,210.00</x:v>
       </x:c>
       <x:c r="E1705" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:39</x:v>
+        <x:v>Tue 17 Feb 2026 18:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1706">
       <x:c r="A1706" s="3" t="str">
         <x:v>1701</x:v>
       </x:c>
       <x:c r="B1706" s="3" t="str">
         <x:v>SSC 12X</x:v>
       </x:c>
       <x:c r="C1706" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1706" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1706" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1707">
       <x:c r="A1707" s="3" t="str">
         <x:v>1702</x:v>
       </x:c>
       <x:c r="B1707" s="3" t="str">
         <x:v>SSD 111N</x:v>
       </x:c>
       <x:c r="C1707" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1707" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1707" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:40</x:v>
+        <x:v>Tue 17 Feb 2026 17:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1708">
       <x:c r="A1708" s="3" t="str">
         <x:v>1703</x:v>
       </x:c>
       <x:c r="B1708" s="3" t="str">
         <x:v>36 SSG</x:v>
       </x:c>
       <x:c r="C1708" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1708" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E1708" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:40</x:v>
+        <x:v>Tue 17 Feb 2026 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1709">
       <x:c r="A1709" s="3" t="str">
         <x:v>1704</x:v>
       </x:c>
       <x:c r="B1709" s="3" t="str">
         <x:v>S78 SHE</x:v>
       </x:c>
       <x:c r="C1709" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1709" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£430.00</x:v>
       </x:c>
       <x:c r="E1709" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:40</x:v>
+        <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1710">
       <x:c r="A1710" s="3" t="str">
         <x:v>1705</x:v>
       </x:c>
       <x:c r="B1710" s="3" t="str">
         <x:v>SSM 4G</x:v>
       </x:c>
       <x:c r="C1710" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1710" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1710" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:40</x:v>
+        <x:v>Tue 17 Feb 2026 17:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1711">
       <x:c r="A1711" s="3" t="str">
         <x:v>1706</x:v>
       </x:c>
       <x:c r="B1711" s="3" t="str">
         <x:v>96 SSP</x:v>
       </x:c>
       <x:c r="C1711" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1711" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,600.00</x:v>
       </x:c>
       <x:c r="E1711" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:41</x:v>
+        <x:v>Tue 17 Feb 2026 17:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1712">
       <x:c r="A1712" s="3" t="str">
         <x:v>1707</x:v>
       </x:c>
       <x:c r="B1712" s="3" t="str">
         <x:v>94 SSR</x:v>
       </x:c>
       <x:c r="C1712" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1712" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,200.00</x:v>
       </x:c>
       <x:c r="E1712" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1713">
       <x:c r="A1713" s="3" t="str">
         <x:v>1708</x:v>
       </x:c>
       <x:c r="B1713" s="3" t="str">
         <x:v>77 SSS</x:v>
       </x:c>
       <x:c r="C1713" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1713" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,070.00</x:v>
       </x:c>
       <x:c r="E1713" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:41</x:v>
+        <x:v>Tue 17 Feb 2026 21:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1714">
       <x:c r="A1714" s="3" t="str">
         <x:v>1709</x:v>
       </x:c>
       <x:c r="B1714" s="3" t="str">
         <x:v>S41 SSB</x:v>
       </x:c>
       <x:c r="C1714" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1714" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1714" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1715">
       <x:c r="A1715" s="3" t="str">
         <x:v>1710</x:v>
       </x:c>
       <x:c r="B1715" s="3" t="str">
         <x:v>23 SST</x:v>
       </x:c>
       <x:c r="C1715" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1715" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,140.00</x:v>
       </x:c>
       <x:c r="E1715" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:41</x:v>
+        <x:v>Tue 17 Feb 2026 17:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1716">
       <x:c r="A1716" s="3" t="str">
         <x:v>1711</x:v>
       </x:c>
       <x:c r="B1716" s="3" t="str">
         <x:v>S41 SUJ</x:v>
       </x:c>
       <x:c r="C1716" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1716" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1716" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1717">
       <x:c r="A1717" s="3" t="str">
         <x:v>1712</x:v>
       </x:c>
       <x:c r="B1717" s="3" t="str">
         <x:v>1980 ST</x:v>
       </x:c>
       <x:c r="C1717" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1717" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,500.00</x:v>
       </x:c>
       <x:c r="E1717" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1718">
       <x:c r="A1718" s="3" t="str">
         <x:v>1713</x:v>
       </x:c>
       <x:c r="B1718" s="3" t="str">
         <x:v>ST23 CEY</x:v>
       </x:c>
       <x:c r="C1718" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1718" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,150.00</x:v>
       </x:c>
       <x:c r="E1718" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:42</x:v>
+        <x:v>Tue 17 Feb 2026 18:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1719">
       <x:c r="A1719" s="3" t="str">
         <x:v>1714</x:v>
       </x:c>
       <x:c r="B1719" s="3" t="str">
         <x:v>ST75 EPH</x:v>
       </x:c>
       <x:c r="C1719" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1719" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1719" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:42</x:v>
+        <x:v>Tue 17 Feb 2026 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1720">
       <x:c r="A1720" s="3" t="str">
         <x:v>1715</x:v>
       </x:c>
       <x:c r="B1720" s="3" t="str">
         <x:v>STE 7R</x:v>
       </x:c>
       <x:c r="C1720" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1720" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1720" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:42</x:v>
+        <x:v>Tue 17 Feb 2026 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1721">
       <x:c r="A1721" s="3" t="str">
         <x:v>1716</x:v>
       </x:c>
       <x:c r="B1721" s="3" t="str">
         <x:v>STK 805S</x:v>
       </x:c>
       <x:c r="C1721" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1721" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,970.00</x:v>
       </x:c>
       <x:c r="E1721" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:43</x:v>
+        <x:v>Tue 17 Feb 2026 21:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1722">
       <x:c r="A1722" s="3" t="str">
         <x:v>1717</x:v>
       </x:c>
       <x:c r="B1722" s="3" t="str">
         <x:v>STR 7S</x:v>
       </x:c>
       <x:c r="C1722" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1722" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E1722" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1723">
       <x:c r="A1723" s="3" t="str">
         <x:v>1718</x:v>
       </x:c>
       <x:c r="B1723" s="3" t="str">
         <x:v>STR 6T</x:v>
       </x:c>
       <x:c r="C1723" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1723" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E1723" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1724">
       <x:c r="A1724" s="3" t="str">
         <x:v>1719</x:v>
       </x:c>
       <x:c r="B1724" s="3" t="str">
         <x:v>SUK 911A</x:v>
       </x:c>
       <x:c r="C1724" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1724" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1724" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:43</x:v>
+        <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1725">
       <x:c r="A1725" s="3" t="str">
         <x:v>1720</x:v>
       </x:c>
       <x:c r="B1725" s="3" t="str">
         <x:v>SUL 22C</x:v>
       </x:c>
       <x:c r="C1725" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1725" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1725" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:43</x:v>
+        <x:v>Tue 17 Feb 2026 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1726">
       <x:c r="A1726" s="3" t="str">
         <x:v>1721</x:v>
       </x:c>
       <x:c r="B1726" s="3" t="str">
         <x:v>79 SUM</x:v>
       </x:c>
       <x:c r="C1726" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1726" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,880.00</x:v>
       </x:c>
       <x:c r="E1726" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:44</x:v>
+        <x:v>Tue 17 Feb 2026 18:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1727">
       <x:c r="A1727" s="3" t="str">
         <x:v>1722</x:v>
       </x:c>
       <x:c r="B1727" s="3" t="str">
         <x:v>SUN 121Y</x:v>
       </x:c>
       <x:c r="C1727" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1727" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1727" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1728">
       <x:c r="A1728" s="3" t="str">
         <x:v>1723</x:v>
       </x:c>
       <x:c r="B1728" s="3" t="str">
         <x:v>SU11 REE</x:v>
       </x:c>
       <x:c r="C1728" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1728" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£580.00</x:v>
       </x:c>
       <x:c r="E1728" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:44</x:v>
+        <x:v>Tue 17 Feb 2026 19:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1729">
       <x:c r="A1729" s="3" t="str">
         <x:v>1724</x:v>
       </x:c>
       <x:c r="B1729" s="3" t="str">
         <x:v>SUR 7K</x:v>
       </x:c>
       <x:c r="C1729" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1729" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£760.00</x:v>
       </x:c>
       <x:c r="E1729" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:44</x:v>
+        <x:v>Tue 17 Feb 2026 17:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1730">
       <x:c r="A1730" s="3" t="str">
         <x:v>1725</x:v>
       </x:c>
       <x:c r="B1730" s="3" t="str">
         <x:v>SUR 166S</x:v>
       </x:c>
       <x:c r="C1730" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1730" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1730" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1731">
       <x:c r="A1731" s="3" t="str">
         <x:v>1726</x:v>
       </x:c>
       <x:c r="B1731" s="3" t="str">
         <x:v>SVK 1C</x:v>
       </x:c>
       <x:c r="C1731" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1731" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E1731" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:45</x:v>
+        <x:v>Tue 17 Feb 2026 17:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1732">
       <x:c r="A1732" s="3" t="str">
         <x:v>1727</x:v>
       </x:c>
       <x:c r="B1732" s="3" t="str">
         <x:v>S41 VVV</x:v>
       </x:c>
       <x:c r="C1732" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1732" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E1732" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:45</x:v>
+        <x:v>Tue 17 Feb 2026 17:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1733">
       <x:c r="A1733" s="3" t="str">
         <x:v>1728</x:v>
       </x:c>
       <x:c r="B1733" s="3" t="str">
         <x:v>1974 SW</x:v>
       </x:c>
       <x:c r="C1733" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1733" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,120.00</x:v>
       </x:c>
       <x:c r="E1733" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:45</x:v>
+        <x:v>Tue 17 Feb 2026 19:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1734">
       <x:c r="A1734" s="3" t="str">
         <x:v>1729</x:v>
       </x:c>
       <x:c r="B1734" s="3" t="str">
         <x:v>64 SWA</x:v>
       </x:c>
       <x:c r="C1734" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1734" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,400.00</x:v>
       </x:c>
       <x:c r="E1734" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1735">
       <x:c r="A1735" s="3" t="str">
         <x:v>1730</x:v>
       </x:c>
       <x:c r="B1735" s="3" t="str">
         <x:v>SWA 57K</x:v>
       </x:c>
       <x:c r="C1735" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1735" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1735" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1736">
       <x:c r="A1736" s="3" t="str">
         <x:v>1731</x:v>
       </x:c>
       <x:c r="B1736" s="3" t="str">
         <x:v>20 SWM</x:v>
       </x:c>
       <x:c r="C1736" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1736" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,110.00</x:v>
       </x:c>
       <x:c r="E1736" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1737">
       <x:c r="A1737" s="3" t="str">
         <x:v>1732</x:v>
       </x:c>
       <x:c r="B1737" s="3" t="str">
         <x:v>8 SWS</x:v>
       </x:c>
       <x:c r="C1737" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1737" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,450.00</x:v>
       </x:c>
       <x:c r="E1737" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:46</x:v>
+        <x:v>Tue 17 Feb 2026 18:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1738">
       <x:c r="A1738" s="3" t="str">
         <x:v>1733</x:v>
       </x:c>
       <x:c r="B1738" s="3" t="str">
         <x:v>S114 WYR</x:v>
       </x:c>
       <x:c r="C1738" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1738" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E1738" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:46</x:v>
+        <x:v>Tue 17 Feb 2026 18:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1739">
       <x:c r="A1739" s="3" t="str">
         <x:v>1734</x:v>
       </x:c>
       <x:c r="B1739" s="3" t="str">
         <x:v>25 SXB</x:v>
       </x:c>
       <x:c r="C1739" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1739" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,030.00</x:v>
       </x:c>
       <x:c r="E1739" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1740">
       <x:c r="A1740" s="3" t="str">
         <x:v>1735</x:v>
       </x:c>
       <x:c r="B1740" s="3" t="str">
         <x:v>S266 XPH</x:v>
       </x:c>
       <x:c r="C1740" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1740" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1740" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1741">
       <x:c r="A1741" s="3" t="str">
         <x:v>1736</x:v>
       </x:c>
       <x:c r="B1741" s="3" t="str">
         <x:v>SXZ 500</x:v>
       </x:c>
       <x:c r="C1741" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1741" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,120.00</x:v>
       </x:c>
       <x:c r="E1741" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:47</x:v>
+        <x:v>Tue 17 Feb 2026 18:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1742">
       <x:c r="A1742" s="3" t="str">
         <x:v>1737</x:v>
       </x:c>
       <x:c r="B1742" s="3" t="str">
         <x:v>97 SY</x:v>
       </x:c>
       <x:c r="C1742" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1742" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£13,010.00</x:v>
       </x:c>
       <x:c r="E1742" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:47</x:v>
+        <x:v>Wed 18 Feb 2026 07:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1743">
       <x:c r="A1743" s="3" t="str">
         <x:v>1738</x:v>
       </x:c>
       <x:c r="B1743" s="3" t="str">
         <x:v>S47 YED</x:v>
       </x:c>
       <x:c r="C1743" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1743" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,710.00</x:v>
       </x:c>
       <x:c r="E1743" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:47</x:v>
+        <x:v>Tue 17 Feb 2026 18:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1744">
       <x:c r="A1744" s="3" t="str">
         <x:v>1739</x:v>
       </x:c>
       <x:c r="B1744" s="3" t="str">
         <x:v>SYJ 5</x:v>
       </x:c>
       <x:c r="C1744" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1744" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,500.00</x:v>
       </x:c>
       <x:c r="E1744" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:47</x:v>
+        <x:v>Tue 17 Feb 2026 20:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1745">
       <x:c r="A1745" s="3" t="str">
         <x:v>1740</x:v>
       </x:c>
       <x:c r="B1745" s="3" t="str">
         <x:v>4 SYY</x:v>
       </x:c>
       <x:c r="C1745" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1745" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,370.00</x:v>
       </x:c>
       <x:c r="E1745" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:47</x:v>
+        <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1746">
       <x:c r="A1746" s="3" t="str">
         <x:v>1741</x:v>
       </x:c>
       <x:c r="B1746" s="3" t="str">
         <x:v>804 T</x:v>
       </x:c>
       <x:c r="C1746" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1746" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,620.00</x:v>
       </x:c>
       <x:c r="E1746" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:48</x:v>
+        <x:v>Tue 17 Feb 2026 21:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1747">
       <x:c r="A1747" s="3" t="str">
         <x:v>1742</x:v>
       </x:c>
       <x:c r="B1747" s="3" t="str">
         <x:v>155 TA</x:v>
       </x:c>
       <x:c r="C1747" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1747" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,010.00</x:v>
       </x:c>
       <x:c r="E1747" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:48</x:v>
+        <x:v>Tue 17 Feb 2026 17:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1748">
       <x:c r="A1748" s="3" t="str">
         <x:v>1743</x:v>
       </x:c>
       <x:c r="B1748" s="3" t="str">
         <x:v>TA11 GGY</x:v>
       </x:c>
       <x:c r="C1748" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1748" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1748" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:48</x:v>
+        <x:v>Tue 17 Feb 2026 20:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1749">
       <x:c r="A1749" s="3" t="str">
         <x:v>1744</x:v>
       </x:c>
       <x:c r="B1749" s="3" t="str">
         <x:v>TAJ 430F</x:v>
       </x:c>
       <x:c r="C1749" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1749" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E1749" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:48</x:v>
+        <x:v>Tue 17 Feb 2026 17:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1750">
       <x:c r="A1750" s="3" t="str">
         <x:v>1745</x:v>
       </x:c>
       <x:c r="B1750" s="3" t="str">
         <x:v>T411 AMB</x:v>
       </x:c>
       <x:c r="C1750" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1750" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E1750" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:48</x:v>
+        <x:v>Tue 17 Feb 2026 17:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1751">
       <x:c r="A1751" s="3" t="str">
         <x:v>1746</x:v>
       </x:c>
       <x:c r="B1751" s="3" t="str">
         <x:v>TAM 66M</x:v>
       </x:c>
       <x:c r="C1751" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1751" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E1751" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:49</x:v>
+        <x:v>Tue 17 Feb 2026 16:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1752">
       <x:c r="A1752" s="3" t="str">
         <x:v>1747</x:v>
       </x:c>
       <x:c r="B1752" s="3" t="str">
         <x:v>TAN 24K</x:v>
       </x:c>
       <x:c r="C1752" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1752" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1752" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1753">
       <x:c r="A1753" s="3" t="str">
         <x:v>1748</x:v>
       </x:c>
       <x:c r="B1753" s="3" t="str">
         <x:v>T47 ARA</x:v>
       </x:c>
       <x:c r="C1753" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1753" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1753" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1754">
       <x:c r="A1754" s="3" t="str">
         <x:v>1749</x:v>
       </x:c>
       <x:c r="B1754" s="3" t="str">
         <x:v>TAR 777K</x:v>
       </x:c>
       <x:c r="C1754" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1754" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,820.00</x:v>
       </x:c>
       <x:c r="E1754" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:49</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1755">
       <x:c r="A1755" s="3" t="str">
         <x:v>1750</x:v>
       </x:c>
       <x:c r="B1755" s="3" t="str">
         <x:v>TAR 455S</x:v>
       </x:c>
       <x:c r="C1755" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1755" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,170.00</x:v>
       </x:c>
       <x:c r="E1755" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:49</x:v>
+        <x:v>Tue 17 Feb 2026 17:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1756">
       <x:c r="A1756" s="3" t="str">
         <x:v>1751</x:v>
       </x:c>
       <x:c r="B1756" s="3" t="str">
         <x:v>TAS 514L</x:v>
       </x:c>
       <x:c r="C1756" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1756" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1756" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1757">
       <x:c r="A1757" s="3" t="str">
         <x:v>1752</x:v>
       </x:c>
       <x:c r="B1757" s="3" t="str">
         <x:v>TAS 166M</x:v>
       </x:c>
       <x:c r="C1757" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1757" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1757" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:50</x:v>
+        <x:v>Tue 17 Feb 2026 17:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1758">
       <x:c r="A1758" s="3" t="str">
         <x:v>1753</x:v>
       </x:c>
       <x:c r="B1758" s="3" t="str">
         <x:v>TAT 14N</x:v>
       </x:c>
       <x:c r="C1758" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1758" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E1758" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1759">
       <x:c r="A1759" s="3" t="str">
         <x:v>1754</x:v>
       </x:c>
       <x:c r="B1759" s="3" t="str">
         <x:v>TAX 77X</x:v>
       </x:c>
       <x:c r="C1759" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1759" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1759" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1760">
       <x:c r="A1760" s="3" t="str">
         <x:v>1755</x:v>
       </x:c>
       <x:c r="B1760" s="3" t="str">
         <x:v>TAY 9F</x:v>
       </x:c>
       <x:c r="C1760" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1760" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1760" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:50</x:v>
+        <x:v>Tue 17 Feb 2026 17:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1761">
       <x:c r="A1761" s="3" t="str">
         <x:v>1756</x:v>
       </x:c>
       <x:c r="B1761" s="3" t="str">
         <x:v>1995 TB</x:v>
       </x:c>
       <x:c r="C1761" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1761" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1761" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:51</x:v>
+        <x:v>Tue 17 Feb 2026 17:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1762">
       <x:c r="A1762" s="3" t="str">
         <x:v>1757</x:v>
       </x:c>
       <x:c r="B1762" s="3" t="str">
         <x:v>TBA 77S</x:v>
       </x:c>
       <x:c r="C1762" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1762" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1762" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1763">
       <x:c r="A1763" s="3" t="str">
         <x:v>1758</x:v>
       </x:c>
       <x:c r="B1763" s="3" t="str">
         <x:v>1987 TC</x:v>
       </x:c>
       <x:c r="C1763" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1763" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,500.00</x:v>
       </x:c>
       <x:c r="E1763" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1764">
       <x:c r="A1764" s="3" t="str">
         <x:v>1759</x:v>
       </x:c>
       <x:c r="B1764" s="3" t="str">
         <x:v>T41 COX</x:v>
       </x:c>
       <x:c r="C1764" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1764" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£560.00</x:v>
       </x:c>
       <x:c r="E1764" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1765">
       <x:c r="A1765" s="3" t="str">
         <x:v>1760</x:v>
       </x:c>
       <x:c r="B1765" s="3" t="str">
         <x:v>15 TDC</x:v>
       </x:c>
       <x:c r="C1765" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1765" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,000.00</x:v>
       </x:c>
       <x:c r="E1765" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:51</x:v>
+        <x:v>Tue 17 Feb 2026 17:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1766">
       <x:c r="A1766" s="3" t="str">
         <x:v>1761</x:v>
       </x:c>
       <x:c r="B1766" s="3" t="str">
         <x:v>TDC 1D</x:v>
       </x:c>
       <x:c r="C1766" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1766" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,970.00</x:v>
       </x:c>
       <x:c r="E1766" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:52</x:v>
+        <x:v>Tue 17 Feb 2026 17:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1767">
       <x:c r="A1767" s="3" t="str">
         <x:v>1762</x:v>
       </x:c>
       <x:c r="B1767" s="3" t="str">
         <x:v>992 TDM</x:v>
       </x:c>
       <x:c r="C1767" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1767" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,350.00</x:v>
       </x:c>
       <x:c r="E1767" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:52</x:v>
+        <x:v>Tue 17 Feb 2026 19:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1768">
       <x:c r="A1768" s="3" t="str">
         <x:v>1763</x:v>
       </x:c>
       <x:c r="B1768" s="3" t="str">
         <x:v>800 TDY</x:v>
       </x:c>
       <x:c r="C1768" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1768" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,630.00</x:v>
       </x:c>
       <x:c r="E1768" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:52</x:v>
+        <x:v>Tue 17 Feb 2026 18:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1769">
       <x:c r="A1769" s="3" t="str">
         <x:v>1764</x:v>
       </x:c>
       <x:c r="B1769" s="3" t="str">
         <x:v>55 TED</x:v>
       </x:c>
       <x:c r="C1769" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1769" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,910.00</x:v>
       </x:c>
       <x:c r="E1769" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1770">
       <x:c r="A1770" s="3" t="str">
         <x:v>1765</x:v>
       </x:c>
       <x:c r="B1770" s="3" t="str">
         <x:v>TE09 DDY</x:v>
       </x:c>
       <x:c r="C1770" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1770" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E1770" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:52</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1771">
       <x:c r="A1771" s="3" t="str">
         <x:v>1766</x:v>
       </x:c>
       <x:c r="B1771" s="3" t="str">
         <x:v>T455 EEF</x:v>
       </x:c>
       <x:c r="C1771" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1771" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£780.00</x:v>
       </x:c>
       <x:c r="E1771" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:53</x:v>
+        <x:v>Tue 17 Feb 2026 18:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1772">
       <x:c r="A1772" s="3" t="str">
         <x:v>1767</x:v>
       </x:c>
       <x:c r="B1772" s="3" t="str">
         <x:v>TEE 97X</x:v>
       </x:c>
       <x:c r="C1772" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1772" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1772" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:53</x:v>
+        <x:v>Tue 17 Feb 2026 17:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1773">
       <x:c r="A1773" s="3" t="str">
         <x:v>1768</x:v>
       </x:c>
       <x:c r="B1773" s="3" t="str">
         <x:v>25 TEJ</x:v>
       </x:c>
       <x:c r="C1773" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1773" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,020.00</x:v>
       </x:c>
       <x:c r="E1773" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:53</x:v>
+        <x:v>Tue 17 Feb 2026 17:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1774">
       <x:c r="A1774" s="3" t="str">
         <x:v>1769</x:v>
       </x:c>
       <x:c r="B1774" s="3" t="str">
         <x:v>TEM 9S</x:v>
       </x:c>
       <x:c r="C1774" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1774" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1774" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:53</x:v>
+        <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1775">
       <x:c r="A1775" s="3" t="str">
         <x:v>1770</x:v>
       </x:c>
       <x:c r="B1775" s="3" t="str">
         <x:v>TEM 180Y</x:v>
       </x:c>
       <x:c r="C1775" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1775" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E1775" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1776">
       <x:c r="A1776" s="3" t="str">
         <x:v>1771</x:v>
       </x:c>
       <x:c r="B1776" s="3" t="str">
         <x:v>68 TEN</x:v>
       </x:c>
       <x:c r="C1776" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1776" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,020.00</x:v>
       </x:c>
       <x:c r="E1776" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:54</x:v>
+        <x:v>Tue 17 Feb 2026 19:30</x:v>
       </x:c>
     </x:row>
     <x:row r="1777">
       <x:c r="A1777" s="3" t="str">
         <x:v>1772</x:v>
       </x:c>
       <x:c r="B1777" s="3" t="str">
         <x:v>TEZ 29</x:v>
       </x:c>
       <x:c r="C1777" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1777" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1777" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1778">
       <x:c r="A1778" s="3" t="str">
         <x:v>1773</x:v>
       </x:c>
       <x:c r="B1778" s="3" t="str">
         <x:v>202 TG</x:v>
       </x:c>
       <x:c r="C1778" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1778" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1778" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1779">
       <x:c r="A1779" s="3" t="str">
         <x:v>1774</x:v>
       </x:c>
       <x:c r="B1779" s="3" t="str">
         <x:v>T480 GNG</x:v>
       </x:c>
       <x:c r="C1779" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1779" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£440.00</x:v>
       </x:c>
       <x:c r="E1779" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:54</x:v>
+        <x:v>Tue 17 Feb 2026 17:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1780">
       <x:c r="A1780" s="3" t="str">
         <x:v>1775</x:v>
       </x:c>
       <x:c r="B1780" s="3" t="str">
         <x:v>THA 114A</x:v>
       </x:c>
       <x:c r="C1780" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1780" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,690.00</x:v>
       </x:c>
       <x:c r="E1780" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:54</x:v>
+        <x:v>Tue 17 Feb 2026 20:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1781">
       <x:c r="A1781" s="3" t="str">
         <x:v>1776</x:v>
       </x:c>
       <x:c r="B1781" s="3" t="str">
         <x:v>T91 HAX</x:v>
       </x:c>
       <x:c r="C1781" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1781" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£340.00</x:v>
       </x:c>
       <x:c r="E1781" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:55</x:v>
+        <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1782">
       <x:c r="A1782" s="3" t="str">
         <x:v>1777</x:v>
       </x:c>
       <x:c r="B1782" s="3" t="str">
         <x:v>THO 64N</x:v>
       </x:c>
       <x:c r="C1782" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1782" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1782" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1783">
       <x:c r="A1783" s="3" t="str">
         <x:v>1778</x:v>
       </x:c>
       <x:c r="B1783" s="3" t="str">
         <x:v>THZ 8055</x:v>
       </x:c>
       <x:c r="C1783" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1783" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E1783" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:55</x:v>
+        <x:v>Tue 17 Feb 2026 22:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1784">
       <x:c r="A1784" s="3" t="str">
         <x:v>1779</x:v>
       </x:c>
       <x:c r="B1784" s="3" t="str">
         <x:v>TIG 99</x:v>
       </x:c>
       <x:c r="C1784" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1784" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,110.00</x:v>
       </x:c>
       <x:c r="E1784" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1785">
       <x:c r="A1785" s="3" t="str">
         <x:v>1780</x:v>
       </x:c>
       <x:c r="B1785" s="3" t="str">
         <x:v>T61 JED</x:v>
       </x:c>
       <x:c r="C1785" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1785" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1785" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1786">
       <x:c r="A1786" s="3" t="str">
         <x:v>1781</x:v>
       </x:c>
       <x:c r="B1786" s="3" t="str">
         <x:v>TJK 77</x:v>
       </x:c>
       <x:c r="C1786" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1786" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,260.00</x:v>
       </x:c>
       <x:c r="E1786" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1787">
       <x:c r="A1787" s="3" t="str">
         <x:v>1782</x:v>
       </x:c>
       <x:c r="B1787" s="3" t="str">
         <x:v>TJK 1A</x:v>
       </x:c>
       <x:c r="C1787" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1787" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£700.00</x:v>
       </x:c>
       <x:c r="E1787" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1788">
       <x:c r="A1788" s="3" t="str">
         <x:v>1783</x:v>
       </x:c>
       <x:c r="B1788" s="3" t="str">
         <x:v>TLE 77S</x:v>
       </x:c>
       <x:c r="C1788" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1788" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1788" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1789">
       <x:c r="A1789" s="3" t="str">
         <x:v>1784</x:v>
       </x:c>
       <x:c r="B1789" s="3" t="str">
         <x:v>10 TLK</x:v>
       </x:c>
       <x:c r="C1789" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1789" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,930.00</x:v>
       </x:c>
       <x:c r="E1789" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1790">
       <x:c r="A1790" s="3" t="str">
         <x:v>1785</x:v>
       </x:c>
       <x:c r="B1790" s="3" t="str">
         <x:v>509 TLP</x:v>
       </x:c>
       <x:c r="C1790" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1790" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£910.00</x:v>
       </x:c>
       <x:c r="E1790" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1791">
       <x:c r="A1791" s="3" t="str">
         <x:v>1786</x:v>
       </x:c>
       <x:c r="B1791" s="3" t="str">
         <x:v>TMB 14G</x:v>
       </x:c>
       <x:c r="C1791" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1791" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£430.00</x:v>
       </x:c>
       <x:c r="E1791" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1792">
       <x:c r="A1792" s="3" t="str">
         <x:v>1787</x:v>
       </x:c>
       <x:c r="B1792" s="3" t="str">
         <x:v>T414 MMY</x:v>
       </x:c>
       <x:c r="C1792" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1792" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£770.00</x:v>
       </x:c>
       <x:c r="E1792" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1793">
       <x:c r="A1793" s="3" t="str">
         <x:v>1788</x:v>
       </x:c>
       <x:c r="B1793" s="3" t="str">
         <x:v>T801 MPA</x:v>
       </x:c>
       <x:c r="C1793" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1793" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1793" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:57</x:v>
       </x:c>
     </x:row>
     <x:row r="1794">
       <x:c r="A1794" s="3" t="str">
         <x:v>1789</x:v>
       </x:c>
       <x:c r="B1794" s="3" t="str">
         <x:v>TMV 1P</x:v>
       </x:c>
       <x:c r="C1794" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1794" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,140.00</x:v>
       </x:c>
       <x:c r="E1794" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:57</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1795">
       <x:c r="A1795" s="3" t="str">
         <x:v>1790</x:v>
       </x:c>
       <x:c r="B1795" s="3" t="str">
         <x:v>T45 MXA</x:v>
       </x:c>
       <x:c r="C1795" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1795" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£320.00</x:v>
       </x:c>
       <x:c r="E1795" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:57</x:v>
+        <x:v>Tue 17 Feb 2026 17:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1796">
       <x:c r="A1796" s="3" t="str">
         <x:v>1791</x:v>
       </x:c>
       <x:c r="B1796" s="3" t="str">
         <x:v>5 TNA</x:v>
       </x:c>
       <x:c r="C1796" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1796" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,510.00</x:v>
       </x:c>
       <x:c r="E1796" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1797">
       <x:c r="A1797" s="3" t="str">
         <x:v>1792</x:v>
       </x:c>
       <x:c r="B1797" s="3" t="str">
         <x:v>2 TNB</x:v>
       </x:c>
       <x:c r="C1797" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1797" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,310.00</x:v>
       </x:c>
       <x:c r="E1797" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:58</x:v>
+        <x:v>Tue 17 Feb 2026 20:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1798">
       <x:c r="A1798" s="3" t="str">
         <x:v>1793</x:v>
       </x:c>
       <x:c r="B1798" s="3" t="str">
         <x:v>T519 NGH</x:v>
       </x:c>
       <x:c r="C1798" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1798" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1798" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:58</x:v>
+        <x:v>Tue 17 Feb 2026 18:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1799">
       <x:c r="A1799" s="3" t="str">
         <x:v>1794</x:v>
       </x:c>
       <x:c r="B1799" s="3" t="str">
         <x:v>TNT 454X</x:v>
       </x:c>
       <x:c r="C1799" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1799" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E1799" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:58</x:v>
+        <x:v>Tue 17 Feb 2026 19:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1800">
       <x:c r="A1800" s="3" t="str">
         <x:v>1795</x:v>
       </x:c>
       <x:c r="B1800" s="3" t="str">
         <x:v>5000 TO</x:v>
       </x:c>
       <x:c r="C1800" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D1800" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1800" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:58</x:v>
+        <x:v>Tue 17 Feb 2026 17:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1801">
       <x:c r="A1801" s="3" t="str">
         <x:v>1796</x:v>
       </x:c>
       <x:c r="B1801" s="3" t="str">
         <x:v>T81 OGS</x:v>
       </x:c>
       <x:c r="C1801" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1801" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1801" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1802">
       <x:c r="A1802" s="3" t="str">
         <x:v>1797</x:v>
       </x:c>
       <x:c r="B1802" s="3" t="str">
         <x:v>TOM 14C</x:v>
       </x:c>
       <x:c r="C1802" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1802" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E1802" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:59</x:v>
+        <x:v>Tue 17 Feb 2026 23:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1803">
       <x:c r="A1803" s="3" t="str">
         <x:v>1798</x:v>
       </x:c>
       <x:c r="B1803" s="3" t="str">
         <x:v>88 TON</x:v>
       </x:c>
       <x:c r="C1803" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1803" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,760.00</x:v>
       </x:c>
       <x:c r="E1803" s="3" t="str">
         <x:v>Tue 17 Feb 2026 16:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1804">
       <x:c r="A1804" s="3" t="str">
         <x:v>1799</x:v>
       </x:c>
       <x:c r="B1804" s="3" t="str">
         <x:v>TOO 485T</x:v>
       </x:c>
       <x:c r="C1804" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1804" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E1804" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:59</x:v>
+        <x:v>Tue 17 Feb 2026 17:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1805">
       <x:c r="A1805" s="3" t="str">
         <x:v>1800</x:v>
       </x:c>
       <x:c r="B1805" s="3" t="str">
         <x:v>TOP 777G</x:v>
       </x:c>
       <x:c r="C1805" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1805" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,620.00</x:v>
       </x:c>
       <x:c r="E1805" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 16:59</x:v>
+        <x:v>Tue 17 Feb 2026 18:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1806">
       <x:c r="A1806" s="3" t="str">
         <x:v>1801</x:v>
       </x:c>
       <x:c r="B1806" s="3" t="str">
         <x:v>TOR 13B</x:v>
       </x:c>
       <x:c r="C1806" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1806" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£680.00</x:v>
       </x:c>
       <x:c r="E1806" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:00</x:v>
+        <x:v>Tue 17 Feb 2026 17:56</x:v>
       </x:c>
     </x:row>
     <x:row r="1807">
       <x:c r="A1807" s="3" t="str">
         <x:v>1802</x:v>
       </x:c>
       <x:c r="B1807" s="3" t="str">
         <x:v>365 TOW</x:v>
       </x:c>
       <x:c r="C1807" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1807" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£20,010.00</x:v>
       </x:c>
       <x:c r="E1807" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:00</x:v>
+        <x:v>Tue 17 Feb 2026 17:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1808">
       <x:c r="A1808" s="3" t="str">
         <x:v>1803</x:v>
       </x:c>
       <x:c r="B1808" s="3" t="str">
         <x:v>1380 TP</x:v>
       </x:c>
       <x:c r="C1808" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1808" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1808" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1809">
       <x:c r="A1809" s="3" t="str">
         <x:v>1804</x:v>
       </x:c>
       <x:c r="B1809" s="3" t="str">
         <x:v>TRA 761T</x:v>
       </x:c>
       <x:c r="C1809" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1809" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E1809" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1810">
       <x:c r="A1810" s="3" t="str">
         <x:v>1805</x:v>
       </x:c>
       <x:c r="B1810" s="3" t="str">
         <x:v>T61 RBO</x:v>
       </x:c>
       <x:c r="C1810" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1810" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,870.00</x:v>
       </x:c>
       <x:c r="E1810" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:00</x:v>
+        <x:v>Tue 17 Feb 2026 21:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1811">
       <x:c r="A1811" s="3" t="str">
         <x:v>1806</x:v>
       </x:c>
       <x:c r="B1811" s="3" t="str">
         <x:v>TRE 16H</x:v>
       </x:c>
       <x:c r="C1811" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1811" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1811" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1812">
       <x:c r="A1812" s="3" t="str">
         <x:v>1807</x:v>
       </x:c>
       <x:c r="B1812" s="3" t="str">
         <x:v>28 TRG</x:v>
       </x:c>
       <x:c r="C1812" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1812" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1812" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1813">
       <x:c r="A1813" s="3" t="str">
         <x:v>1808</x:v>
       </x:c>
       <x:c r="B1813" s="3" t="str">
         <x:v>T110 ROS</x:v>
       </x:c>
       <x:c r="C1813" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1813" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E1813" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1814">
       <x:c r="A1814" s="3" t="str">
         <x:v>1809</x:v>
       </x:c>
       <x:c r="B1814" s="3" t="str">
         <x:v>TR75 TAN</x:v>
       </x:c>
       <x:c r="C1814" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1814" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£15,910.00</x:v>
       </x:c>
       <x:c r="E1814" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:01</x:v>
+        <x:v>Tue 17 Feb 2026 18:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1815">
       <x:c r="A1815" s="3" t="str">
         <x:v>1810</x:v>
       </x:c>
       <x:c r="B1815" s="3" t="str">
         <x:v>TRY 11N</x:v>
       </x:c>
       <x:c r="C1815" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1815" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,510.00</x:v>
       </x:c>
       <x:c r="E1815" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:01</x:v>
+        <x:v>Tue 17 Feb 2026 17:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1816">
       <x:c r="A1816" s="3" t="str">
         <x:v>1811</x:v>
       </x:c>
       <x:c r="B1816" s="3" t="str">
         <x:v>TRZ 10</x:v>
       </x:c>
       <x:c r="C1816" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1816" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,480.00</x:v>
       </x:c>
       <x:c r="E1816" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:02</x:v>
+        <x:v>Tue 17 Feb 2026 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1817">
       <x:c r="A1817" s="3" t="str">
         <x:v>1812</x:v>
       </x:c>
       <x:c r="B1817" s="3" t="str">
         <x:v>1999 TS</x:v>
       </x:c>
       <x:c r="C1817" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1817" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,010.00</x:v>
       </x:c>
       <x:c r="E1817" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1818">
       <x:c r="A1818" s="3" t="str">
         <x:v>1813</x:v>
       </x:c>
       <x:c r="B1818" s="3" t="str">
         <x:v>TSB 10</x:v>
       </x:c>
       <x:c r="C1818" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1818" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£13,010.00</x:v>
       </x:c>
       <x:c r="E1818" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:02</x:v>
+        <x:v>Tue 17 Feb 2026 17:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1819">
       <x:c r="A1819" s="3" t="str">
         <x:v>1814</x:v>
       </x:c>
       <x:c r="B1819" s="3" t="str">
         <x:v>13 TSC</x:v>
       </x:c>
       <x:c r="C1819" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1819" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,320.00</x:v>
       </x:c>
       <x:c r="E1819" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:02</x:v>
+        <x:v>Tue 17 Feb 2026 17:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1820">
       <x:c r="A1820" s="3" t="str">
         <x:v>1815</x:v>
       </x:c>
       <x:c r="B1820" s="3" t="str">
         <x:v>313 TSG</x:v>
       </x:c>
       <x:c r="C1820" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1820" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,950.00</x:v>
       </x:c>
       <x:c r="E1820" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:02</x:v>
+        <x:v>Tue 17 Feb 2026 17:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1821">
       <x:c r="A1821" s="3" t="str">
         <x:v>1816</x:v>
       </x:c>
       <x:c r="B1821" s="3" t="str">
         <x:v>TSM 4N</x:v>
       </x:c>
       <x:c r="C1821" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1821" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1821" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:03</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1822">
       <x:c r="A1822" s="3" t="str">
         <x:v>1817</x:v>
       </x:c>
       <x:c r="B1822" s="3" t="str">
         <x:v>6 TSS</x:v>
       </x:c>
       <x:c r="C1822" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1822" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,950.00</x:v>
       </x:c>
       <x:c r="E1822" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:03</x:v>
+        <x:v>Tue 17 Feb 2026 21:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1823">
       <x:c r="A1823" s="3" t="str">
         <x:v>1818</x:v>
       </x:c>
       <x:c r="B1823" s="3" t="str">
         <x:v>TSV 1P</x:v>
       </x:c>
       <x:c r="C1823" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1823" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,140.00</x:v>
       </x:c>
       <x:c r="E1823" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:03</x:v>
+        <x:v>Tue 17 Feb 2026 17:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1824">
       <x:c r="A1824" s="3" t="str">
         <x:v>1819</x:v>
       </x:c>
       <x:c r="B1824" s="3" t="str">
         <x:v>T350 TRV</x:v>
       </x:c>
       <x:c r="C1824" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1824" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£290.00</x:v>
       </x:c>
       <x:c r="E1824" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:03</x:v>
+        <x:v>Tue 17 Feb 2026 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1825">
       <x:c r="A1825" s="3" t="str">
         <x:v>1820</x:v>
       </x:c>
       <x:c r="B1825" s="3" t="str">
         <x:v>510 TTS</x:v>
       </x:c>
       <x:c r="C1825" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1825" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,120.00</x:v>
       </x:c>
       <x:c r="E1825" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1826">
       <x:c r="A1826" s="3" t="str">
         <x:v>1821</x:v>
       </x:c>
       <x:c r="B1826" s="3" t="str">
         <x:v>TTS 10W</x:v>
       </x:c>
       <x:c r="C1826" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1826" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,460.00</x:v>
       </x:c>
       <x:c r="E1826" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:04</x:v>
+        <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1827">
       <x:c r="A1827" s="3" t="str">
         <x:v>1822</x:v>
       </x:c>
       <x:c r="B1827" s="3" t="str">
         <x:v>T47 UMT</x:v>
       </x:c>
       <x:c r="C1827" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1827" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1827" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1828">
       <x:c r="A1828" s="3" t="str">
         <x:v>1823</x:v>
       </x:c>
       <x:c r="B1828" s="3" t="str">
         <x:v>T303 UOO</x:v>
       </x:c>
       <x:c r="C1828" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1828" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E1828" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1829">
       <x:c r="A1829" s="3" t="str">
         <x:v>1824</x:v>
       </x:c>
       <x:c r="B1829" s="3" t="str">
         <x:v>TUR 911C</x:v>
       </x:c>
       <x:c r="C1829" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1829" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,210.00</x:v>
       </x:c>
       <x:c r="E1829" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:04</x:v>
+        <x:v>Tue 17 Feb 2026 18:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1830">
       <x:c r="A1830" s="3" t="str">
         <x:v>1825</x:v>
       </x:c>
       <x:c r="B1830" s="3" t="str">
         <x:v>TVR 800M</x:v>
       </x:c>
       <x:c r="C1830" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1830" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,310.00</x:v>
       </x:c>
       <x:c r="E1830" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:04</x:v>
+        <x:v>Tue 17 Feb 2026 17:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1831">
       <x:c r="A1831" s="3" t="str">
         <x:v>1826</x:v>
       </x:c>
       <x:c r="B1831" s="3" t="str">
         <x:v>T130 WEN</x:v>
       </x:c>
       <x:c r="C1831" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1831" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£830.00</x:v>
       </x:c>
       <x:c r="E1831" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:05</x:v>
+        <x:v>Tue 17 Feb 2026 17:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1832">
       <x:c r="A1832" s="3" t="str">
         <x:v>1827</x:v>
       </x:c>
       <x:c r="B1832" s="3" t="str">
         <x:v>TXN 1A</x:v>
       </x:c>
       <x:c r="C1832" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1832" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E1832" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:05</x:v>
+        <x:v>Tue 17 Feb 2026 17:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1833">
       <x:c r="A1833" s="3" t="str">
         <x:v>1828</x:v>
       </x:c>
       <x:c r="B1833" s="3" t="str">
         <x:v>TXZ 222</x:v>
       </x:c>
       <x:c r="C1833" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1833" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E1833" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:05</x:v>
+        <x:v>Tue 17 Feb 2026 17:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1834">
       <x:c r="A1834" s="3" t="str">
         <x:v>1829</x:v>
       </x:c>
       <x:c r="B1834" s="3" t="str">
         <x:v>TYA 13N</x:v>
       </x:c>
       <x:c r="C1834" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1834" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1834" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1835">
       <x:c r="A1835" s="3" t="str">
         <x:v>1830</x:v>
       </x:c>
       <x:c r="B1835" s="3" t="str">
         <x:v>5 TYE</x:v>
       </x:c>
       <x:c r="C1835" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1835" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,510.00</x:v>
       </x:c>
       <x:c r="E1835" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:05</x:v>
+        <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1836">
       <x:c r="A1836" s="3" t="str">
         <x:v>1831</x:v>
       </x:c>
       <x:c r="B1836" s="3" t="str">
         <x:v>TYE 60N</x:v>
       </x:c>
       <x:c r="C1836" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1836" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1836" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1837">
       <x:c r="A1837" s="3" t="str">
         <x:v>1832</x:v>
       </x:c>
       <x:c r="B1837" s="3" t="str">
         <x:v>TYE 4X</x:v>
       </x:c>
       <x:c r="C1837" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1837" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,710.00</x:v>
       </x:c>
       <x:c r="E1837" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:06</x:v>
+        <x:v>Tue 17 Feb 2026 18:50</x:v>
       </x:c>
     </x:row>
     <x:row r="1838">
       <x:c r="A1838" s="3" t="str">
         <x:v>1833</x:v>
       </x:c>
       <x:c r="B1838" s="3" t="str">
         <x:v>26 TYL</x:v>
       </x:c>
       <x:c r="C1838" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1838" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1838" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1839">
       <x:c r="A1839" s="3" t="str">
         <x:v>1834</x:v>
       </x:c>
       <x:c r="B1839" s="3" t="str">
         <x:v>TYR 333R</x:v>
       </x:c>
       <x:c r="C1839" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1839" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1839" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1840">
       <x:c r="A1840" s="3" t="str">
         <x:v>1835</x:v>
       </x:c>
       <x:c r="B1840" s="3" t="str">
         <x:v>UBZ 1234</x:v>
       </x:c>
       <x:c r="C1840" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1840" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1840" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:06</x:v>
       </x:c>
     </x:row>
     <x:row r="1841">
       <x:c r="A1841" s="3" t="str">
         <x:v>1836</x:v>
       </x:c>
       <x:c r="B1841" s="3" t="str">
         <x:v>6 UEK</x:v>
       </x:c>
       <x:c r="C1841" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1841" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1841" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1842">
       <x:c r="A1842" s="3" t="str">
         <x:v>1837</x:v>
       </x:c>
       <x:c r="B1842" s="3" t="str">
         <x:v>UFO 750</x:v>
       </x:c>
       <x:c r="C1842" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1842" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1842" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:07</x:v>
+        <x:v>Tue 17 Feb 2026 17:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1843">
       <x:c r="A1843" s="3" t="str">
         <x:v>1838</x:v>
       </x:c>
       <x:c r="B1843" s="3" t="str">
         <x:v>1 UFS</x:v>
       </x:c>
       <x:c r="C1843" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1843" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,010.00</x:v>
       </x:c>
       <x:c r="E1843" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1844">
       <x:c r="A1844" s="3" t="str">
         <x:v>1839</x:v>
       </x:c>
       <x:c r="B1844" s="3" t="str">
         <x:v>UFZ 200</x:v>
       </x:c>
       <x:c r="C1844" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1844" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1844" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:07</x:v>
+        <x:v>Tue 17 Feb 2026 18:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1845">
       <x:c r="A1845" s="3" t="str">
         <x:v>1840</x:v>
       </x:c>
       <x:c r="B1845" s="3" t="str">
         <x:v>UGZ 569</x:v>
       </x:c>
       <x:c r="C1845" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1845" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E1845" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1846">
       <x:c r="A1846" s="3" t="str">
         <x:v>1841</x:v>
       </x:c>
       <x:c r="B1846" s="3" t="str">
         <x:v>94 UK</x:v>
       </x:c>
       <x:c r="C1846" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1846" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,230.00</x:v>
       </x:c>
       <x:c r="E1846" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:08</x:v>
+        <x:v>Tue 17 Feb 2026 18:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1847">
       <x:c r="A1847" s="3" t="str">
         <x:v>1842</x:v>
       </x:c>
       <x:c r="B1847" s="3" t="str">
         <x:v>UKZ 93</x:v>
       </x:c>
       <x:c r="C1847" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1847" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£970.00</x:v>
       </x:c>
       <x:c r="E1847" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:08</x:v>
+        <x:v>Tue 17 Feb 2026 18:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1848">
       <x:c r="A1848" s="3" t="str">
         <x:v>1843</x:v>
       </x:c>
       <x:c r="B1848" s="3" t="str">
         <x:v>UMM 333R</x:v>
       </x:c>
       <x:c r="C1848" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1848" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,190.00</x:v>
       </x:c>
       <x:c r="E1848" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:08</x:v>
+        <x:v>Tue 17 Feb 2026 19:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1849">
       <x:c r="A1849" s="3" t="str">
         <x:v>1844</x:v>
       </x:c>
       <x:c r="B1849" s="3" t="str">
         <x:v>UMR 21M</x:v>
       </x:c>
       <x:c r="C1849" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1849" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,660.00</x:v>
       </x:c>
       <x:c r="E1849" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:08</x:v>
+        <x:v>Tue 17 Feb 2026 17:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1850">
       <x:c r="A1850" s="3" t="str">
         <x:v>1845</x:v>
       </x:c>
       <x:c r="B1850" s="3" t="str">
         <x:v>UMU 7T</x:v>
       </x:c>
       <x:c r="C1850" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1850" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,410.00</x:v>
       </x:c>
       <x:c r="E1850" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:08</x:v>
+        <x:v>Tue 17 Feb 2026 17:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1851">
       <x:c r="A1851" s="3" t="str">
         <x:v>1846</x:v>
       </x:c>
       <x:c r="B1851" s="3" t="str">
         <x:v>11 UNA</x:v>
       </x:c>
       <x:c r="C1851" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1851" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,850.00</x:v>
       </x:c>
       <x:c r="E1851" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1852">
       <x:c r="A1852" s="3" t="str">
         <x:v>1847</x:v>
       </x:c>
       <x:c r="B1852" s="3" t="str">
         <x:v>URZ 222</x:v>
       </x:c>
       <x:c r="C1852" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1852" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£840.00</x:v>
       </x:c>
       <x:c r="E1852" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:09</x:v>
+        <x:v>Tue 17 Feb 2026 17:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1853">
       <x:c r="A1853" s="3" t="str">
         <x:v>1848</x:v>
       </x:c>
       <x:c r="B1853" s="3" t="str">
         <x:v>USH 41</x:v>
       </x:c>
       <x:c r="C1853" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1853" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,760.00</x:v>
       </x:c>
       <x:c r="E1853" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1854">
       <x:c r="A1854" s="3" t="str">
         <x:v>1849</x:v>
       </x:c>
       <x:c r="B1854" s="3" t="str">
         <x:v>USH 45X</x:v>
       </x:c>
       <x:c r="C1854" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1854" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1854" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1855">
       <x:c r="A1855" s="3" t="str">
         <x:v>1850</x:v>
       </x:c>
       <x:c r="B1855" s="3" t="str">
         <x:v>USM 879N</x:v>
       </x:c>
       <x:c r="C1855" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1855" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,160.00</x:v>
       </x:c>
       <x:c r="E1855" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:09</x:v>
+        <x:v>Tue 17 Feb 2026 19:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1856">
       <x:c r="A1856" s="3" t="str">
         <x:v>1851</x:v>
       </x:c>
       <x:c r="B1856" s="3" t="str">
         <x:v>UUI 1000</x:v>
       </x:c>
       <x:c r="C1856" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1856" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,840.00</x:v>
       </x:c>
       <x:c r="E1856" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:10</x:v>
+        <x:v>Tue 17 Feb 2026 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1857">
       <x:c r="A1857" s="3" t="str">
         <x:v>1852</x:v>
       </x:c>
       <x:c r="B1857" s="3" t="str">
         <x:v>1 UWH</x:v>
       </x:c>
       <x:c r="C1857" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1857" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£8,260.00</x:v>
       </x:c>
       <x:c r="E1857" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1858">
       <x:c r="A1858" s="3" t="str">
         <x:v>1853</x:v>
       </x:c>
       <x:c r="B1858" s="3" t="str">
         <x:v>UXZ 11</x:v>
       </x:c>
       <x:c r="C1858" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1858" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,610.00</x:v>
       </x:c>
       <x:c r="E1858" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:10</x:v>
+        <x:v>Tue 17 Feb 2026 19:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1859">
       <x:c r="A1859" s="3" t="str">
         <x:v>1854</x:v>
       </x:c>
       <x:c r="B1859" s="3" t="str">
         <x:v>1800 V</x:v>
       </x:c>
       <x:c r="C1859" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1859" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,210.00</x:v>
       </x:c>
       <x:c r="E1859" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:10</x:v>
+        <x:v>Tue 17 Feb 2026 17:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1860">
       <x:c r="A1860" s="3" t="str">
         <x:v>1855</x:v>
       </x:c>
       <x:c r="B1860" s="3" t="str">
         <x:v>VAL 20M</x:v>
       </x:c>
       <x:c r="C1860" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1860" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1860" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1861">
       <x:c r="A1861" s="3" t="str">
         <x:v>1856</x:v>
       </x:c>
       <x:c r="B1861" s="3" t="str">
         <x:v>54 VAN</x:v>
       </x:c>
       <x:c r="C1861" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1861" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,010.00</x:v>
       </x:c>
       <x:c r="E1861" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:11</x:v>
+        <x:v>Tue 17 Feb 2026 18:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1862">
       <x:c r="A1862" s="3" t="str">
         <x:v>1857</x:v>
       </x:c>
       <x:c r="B1862" s="3" t="str">
         <x:v>V901 ANL</x:v>
       </x:c>
       <x:c r="C1862" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1862" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1862" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1863">
       <x:c r="A1863" s="3" t="str">
         <x:v>1858</x:v>
       </x:c>
       <x:c r="B1863" s="3" t="str">
         <x:v>VAR 4N</x:v>
       </x:c>
       <x:c r="C1863" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1863" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£20,020.00</x:v>
       </x:c>
       <x:c r="E1863" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:11</x:v>
+        <x:v>Tue 17 Feb 2026 17:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1864">
       <x:c r="A1864" s="3" t="str">
         <x:v>1859</x:v>
       </x:c>
       <x:c r="B1864" s="3" t="str">
         <x:v>35 VB</x:v>
       </x:c>
       <x:c r="C1864" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1864" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,510.00</x:v>
       </x:c>
       <x:c r="E1864" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1865">
       <x:c r="A1865" s="3" t="str">
         <x:v>1860</x:v>
       </x:c>
       <x:c r="B1865" s="3" t="str">
         <x:v>V628 CAB</x:v>
       </x:c>
       <x:c r="C1865" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1865" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E1865" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:11</x:v>
+        <x:v>Tue 17 Feb 2026 17:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1866">
       <x:c r="A1866" s="3" t="str">
         <x:v>1861</x:v>
       </x:c>
       <x:c r="B1866" s="3" t="str">
         <x:v>V92 COX</x:v>
       </x:c>
       <x:c r="C1866" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1866" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E1866" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1867">
       <x:c r="A1867" s="3" t="str">
         <x:v>1862</x:v>
       </x:c>
       <x:c r="B1867" s="3" t="str">
         <x:v>1 VCW</x:v>
       </x:c>
       <x:c r="C1867" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1867" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£16,080.00</x:v>
       </x:c>
       <x:c r="E1867" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:12</x:v>
+        <x:v>Tue 17 Feb 2026 17:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1868">
       <x:c r="A1868" s="3" t="str">
         <x:v>1863</x:v>
       </x:c>
       <x:c r="B1868" s="3" t="str">
         <x:v>V41 DES</x:v>
       </x:c>
       <x:c r="C1868" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1868" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,860.00</x:v>
       </x:c>
       <x:c r="E1868" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:12</x:v>
+        <x:v>Tue 17 Feb 2026 18:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1869">
       <x:c r="A1869" s="3" t="str">
         <x:v>1864</x:v>
       </x:c>
       <x:c r="B1869" s="3" t="str">
         <x:v>172 VE</x:v>
       </x:c>
       <x:c r="C1869" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1869" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,230.00</x:v>
       </x:c>
       <x:c r="E1869" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:12</x:v>
+        <x:v>Tue 17 Feb 2026 18:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1870">
       <x:c r="A1870" s="3" t="str">
         <x:v>1865</x:v>
       </x:c>
       <x:c r="B1870" s="3" t="str">
         <x:v>1945 VE</x:v>
       </x:c>
       <x:c r="C1870" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D1870" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,460.00</x:v>
       </x:c>
       <x:c r="E1870" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:12</x:v>
+        <x:v>Tue 17 Feb 2026 18:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1871">
       <x:c r="A1871" s="3" t="str">
         <x:v>1866</x:v>
       </x:c>
       <x:c r="B1871" s="3" t="str">
         <x:v>VE07 SPA</x:v>
       </x:c>
       <x:c r="C1871" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1871" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£450.00</x:v>
       </x:c>
       <x:c r="E1871" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:13</x:v>
+        <x:v>Tue 17 Feb 2026 18:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1872">
       <x:c r="A1872" s="3" t="str">
         <x:v>1867</x:v>
       </x:c>
       <x:c r="B1872" s="3" t="str">
         <x:v>78 VET</x:v>
       </x:c>
       <x:c r="C1872" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1872" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,020.00</x:v>
       </x:c>
       <x:c r="E1872" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:13</x:v>
+        <x:v>Tue 17 Feb 2026 22:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1873">
       <x:c r="A1873" s="3" t="str">
         <x:v>1868</x:v>
       </x:c>
       <x:c r="B1873" s="3" t="str">
         <x:v>V101 ETW</x:v>
       </x:c>
       <x:c r="C1873" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1873" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,800.00</x:v>
       </x:c>
       <x:c r="E1873" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:13</x:v>
+        <x:v>Tue 17 Feb 2026 19:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1874">
       <x:c r="A1874" s="3" t="str">
         <x:v>1869</x:v>
       </x:c>
       <x:c r="B1874" s="3" t="str">
         <x:v>VFZ 900</x:v>
       </x:c>
       <x:c r="C1874" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1874" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1874" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:13</x:v>
+        <x:v>Tue 17 Feb 2026 18:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1875">
       <x:c r="A1875" s="3" t="str">
         <x:v>1870</x:v>
       </x:c>
       <x:c r="B1875" s="3" t="str">
         <x:v>VIL 589</x:v>
       </x:c>
       <x:c r="C1875" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1875" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E1875" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:13</x:v>
+        <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1876">
       <x:c r="A1876" s="3" t="str">
         <x:v>1871</x:v>
       </x:c>
       <x:c r="B1876" s="3" t="str">
         <x:v>VJK 2</x:v>
       </x:c>
       <x:c r="C1876" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1876" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E1876" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1877">
       <x:c r="A1877" s="3" t="str">
         <x:v>1872</x:v>
       </x:c>
       <x:c r="B1877" s="3" t="str">
         <x:v>9 VJY</x:v>
       </x:c>
       <x:c r="C1877" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1877" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,260.00</x:v>
       </x:c>
       <x:c r="E1877" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:14</x:v>
+        <x:v>Tue 17 Feb 2026 19:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1878">
       <x:c r="A1878" s="3" t="str">
         <x:v>1873</x:v>
       </x:c>
       <x:c r="B1878" s="3" t="str">
         <x:v>1 VKA</x:v>
       </x:c>
       <x:c r="C1878" s="3" t="str">
         <x:v>£2400.00</x:v>
       </x:c>
       <x:c r="D1878" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£12,270.00</x:v>
       </x:c>
       <x:c r="E1878" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:14</x:v>
+        <x:v>Tue 17 Feb 2026 21:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1879">
       <x:c r="A1879" s="3" t="str">
         <x:v>1874</x:v>
       </x:c>
       <x:c r="B1879" s="3" t="str">
         <x:v>VLW 10W</x:v>
       </x:c>
       <x:c r="C1879" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1879" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E1879" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1880">
       <x:c r="A1880" s="3" t="str">
         <x:v>1875</x:v>
       </x:c>
       <x:c r="B1880" s="3" t="str">
         <x:v>V410 MTT</x:v>
       </x:c>
       <x:c r="C1880" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1880" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E1880" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:14</x:v>
+        <x:v>Tue 17 Feb 2026 18:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1881">
       <x:c r="A1881" s="3" t="str">
         <x:v>1876</x:v>
       </x:c>
       <x:c r="B1881" s="3" t="str">
         <x:v>123 VN</x:v>
       </x:c>
       <x:c r="C1881" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1881" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,770.00</x:v>
       </x:c>
       <x:c r="E1881" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:15</x:v>
+        <x:v>Tue 17 Feb 2026 18:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1882">
       <x:c r="A1882" s="3" t="str">
         <x:v>1877</x:v>
       </x:c>
       <x:c r="B1882" s="3" t="str">
         <x:v>VNZ 55</x:v>
       </x:c>
       <x:c r="C1882" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1882" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,290.00</x:v>
       </x:c>
       <x:c r="E1882" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:15</x:v>
+        <x:v>Tue 17 Feb 2026 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1883">
       <x:c r="A1883" s="3" t="str">
         <x:v>1878</x:v>
       </x:c>
       <x:c r="B1883" s="3" t="str">
         <x:v>100 VOL</x:v>
       </x:c>
       <x:c r="C1883" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1883" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,810.00</x:v>
       </x:c>
       <x:c r="E1883" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:15</x:v>
       </x:c>
     </x:row>
     <x:row r="1884">
       <x:c r="A1884" s="3" t="str">
         <x:v>1879</x:v>
       </x:c>
       <x:c r="B1884" s="3" t="str">
         <x:v>713 VOM</x:v>
       </x:c>
       <x:c r="C1884" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1884" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,720.00</x:v>
       </x:c>
       <x:c r="E1884" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:15</x:v>
+        <x:v>Tue 17 Feb 2026 20:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1885">
       <x:c r="A1885" s="3" t="str">
         <x:v>1880</x:v>
       </x:c>
       <x:c r="B1885" s="3" t="str">
         <x:v>V82 OOM</x:v>
       </x:c>
       <x:c r="C1885" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1885" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1885" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:15</x:v>
+        <x:v>Tue 17 Feb 2026 18:13</x:v>
       </x:c>
     </x:row>
     <x:row r="1886">
       <x:c r="A1886" s="3" t="str">
         <x:v>1881</x:v>
       </x:c>
       <x:c r="B1886" s="3" t="str">
         <x:v>V188 ORA</x:v>
       </x:c>
       <x:c r="C1886" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1886" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,230.00</x:v>
       </x:c>
       <x:c r="E1886" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:16</x:v>
+        <x:v>Tue 17 Feb 2026 18:22</x:v>
       </x:c>
     </x:row>
     <x:row r="1887">
       <x:c r="A1887" s="3" t="str">
         <x:v>1882</x:v>
       </x:c>
       <x:c r="B1887" s="3" t="str">
         <x:v>V81 OUD</x:v>
       </x:c>
       <x:c r="C1887" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1887" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,000.00</x:v>
       </x:c>
       <x:c r="E1887" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:16</x:v>
+        <x:v>Tue 17 Feb 2026 20:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1888">
       <x:c r="A1888" s="3" t="str">
         <x:v>1883</x:v>
       </x:c>
       <x:c r="B1888" s="3" t="str">
         <x:v>VRZ 1</x:v>
       </x:c>
       <x:c r="C1888" s="3" t="str">
         <x:v>£2000.00</x:v>
       </x:c>
       <x:c r="D1888" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,000.00</x:v>
       </x:c>
       <x:c r="E1888" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:16</x:v>
+        <x:v>Tue 17 Feb 2026 18:42</x:v>
       </x:c>
     </x:row>
     <x:row r="1889">
       <x:c r="A1889" s="3" t="str">
         <x:v>1884</x:v>
       </x:c>
       <x:c r="B1889" s="3" t="str">
         <x:v>VTA 1N</x:v>
       </x:c>
       <x:c r="C1889" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1889" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£640.00</x:v>
       </x:c>
       <x:c r="E1889" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:16</x:v>
+        <x:v>Tue 17 Feb 2026 19:02</x:v>
       </x:c>
     </x:row>
     <x:row r="1890">
       <x:c r="A1890" s="3" t="str">
         <x:v>1885</x:v>
       </x:c>
       <x:c r="B1890" s="3" t="str">
         <x:v>V167 TOR</x:v>
       </x:c>
       <x:c r="C1890" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1890" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1890" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:16</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1891">
       <x:c r="A1891" s="3" t="str">
         <x:v>1886</x:v>
       </x:c>
       <x:c r="B1891" s="3" t="str">
         <x:v>VUC 4J</x:v>
       </x:c>
       <x:c r="C1891" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1891" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1891" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1892">
       <x:c r="A1892" s="3" t="str">
         <x:v>1887</x:v>
       </x:c>
       <x:c r="B1892" s="3" t="str">
         <x:v>VUI 60</x:v>
       </x:c>
       <x:c r="C1892" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1892" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,540.00</x:v>
       </x:c>
       <x:c r="E1892" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:17</x:v>
+        <x:v>Tue 17 Feb 2026 20:12</x:v>
       </x:c>
     </x:row>
     <x:row r="1893">
       <x:c r="A1893" s="3" t="str">
         <x:v>1888</x:v>
       </x:c>
       <x:c r="B1893" s="3" t="str">
         <x:v>VXR 12C</x:v>
       </x:c>
       <x:c r="C1893" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1893" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1893" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1894">
       <x:c r="A1894" s="3" t="str">
         <x:v>1889</x:v>
       </x:c>
       <x:c r="B1894" s="3" t="str">
         <x:v>VXR 720S</x:v>
       </x:c>
       <x:c r="C1894" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1894" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E1894" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1895">
       <x:c r="A1895" s="3" t="str">
         <x:v>1890</x:v>
       </x:c>
       <x:c r="B1895" s="3" t="str">
         <x:v>54 WAA</x:v>
       </x:c>
       <x:c r="C1895" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1895" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,570.00</x:v>
       </x:c>
       <x:c r="E1895" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:17</x:v>
       </x:c>
     </x:row>
     <x:row r="1896">
       <x:c r="A1896" s="3" t="str">
         <x:v>1891</x:v>
       </x:c>
       <x:c r="B1896" s="3" t="str">
         <x:v>W338 ACH</x:v>
       </x:c>
       <x:c r="C1896" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1896" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1896" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1897">
       <x:c r="A1897" s="3" t="str">
         <x:v>1892</x:v>
       </x:c>
       <x:c r="B1897" s="3" t="str">
         <x:v>WAG 111A</x:v>
       </x:c>
       <x:c r="C1897" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1897" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£410.00</x:v>
       </x:c>
       <x:c r="E1897" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1898">
       <x:c r="A1898" s="3" t="str">
         <x:v>1893</x:v>
       </x:c>
       <x:c r="B1898" s="3" t="str">
         <x:v>W335 ARA</x:v>
       </x:c>
       <x:c r="C1898" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1898" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£220.00</x:v>
       </x:c>
       <x:c r="E1898" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1899">
       <x:c r="A1899" s="3" t="str">
         <x:v>1894</x:v>
       </x:c>
       <x:c r="B1899" s="3" t="str">
         <x:v>WAT 68N</x:v>
       </x:c>
       <x:c r="C1899" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1899" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1899" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:18</x:v>
+        <x:v>Tue 17 Feb 2026 17:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1900">
       <x:c r="A1900" s="3" t="str">
         <x:v>1895</x:v>
       </x:c>
       <x:c r="B1900" s="3" t="str">
         <x:v>WAT 7R</x:v>
       </x:c>
       <x:c r="C1900" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1900" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,050.00</x:v>
       </x:c>
       <x:c r="E1900" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:18</x:v>
+        <x:v>Tue 17 Feb 2026 20:11</x:v>
       </x:c>
     </x:row>
     <x:row r="1901">
       <x:c r="A1901" s="3" t="str">
         <x:v>1896</x:v>
       </x:c>
       <x:c r="B1901" s="3" t="str">
         <x:v>25 WBA</x:v>
       </x:c>
       <x:c r="C1901" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1901" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,060.00</x:v>
       </x:c>
       <x:c r="E1901" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1902">
       <x:c r="A1902" s="3" t="str">
         <x:v>1897</x:v>
       </x:c>
       <x:c r="B1902" s="3" t="str">
         <x:v>W477 BEV</x:v>
       </x:c>
       <x:c r="C1902" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1902" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£330.00</x:v>
       </x:c>
       <x:c r="E1902" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1903">
       <x:c r="A1903" s="3" t="str">
         <x:v>1898</x:v>
       </x:c>
       <x:c r="B1903" s="3" t="str">
         <x:v>WBZ 786</x:v>
       </x:c>
       <x:c r="C1903" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1903" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,210.00</x:v>
       </x:c>
       <x:c r="E1903" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1904">
       <x:c r="A1904" s="3" t="str">
         <x:v>1899</x:v>
       </x:c>
       <x:c r="B1904" s="3" t="str">
         <x:v>W35 CRM</x:v>
       </x:c>
       <x:c r="C1904" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1904" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1904" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:19</x:v>
       </x:c>
     </x:row>
     <x:row r="1905">
       <x:c r="A1905" s="3" t="str">
         <x:v>1900</x:v>
       </x:c>
       <x:c r="B1905" s="3" t="str">
         <x:v>WCU 271S</x:v>
       </x:c>
       <x:c r="C1905" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1905" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E1905" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:19</x:v>
+        <x:v>Tue 17 Feb 2026 17:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1906">
       <x:c r="A1906" s="3" t="str">
         <x:v>1901</x:v>
       </x:c>
       <x:c r="B1906" s="3" t="str">
         <x:v>W37 DEN</x:v>
       </x:c>
       <x:c r="C1906" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1906" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E1906" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:20</x:v>
+        <x:v>Tue 17 Feb 2026 17:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1907">
       <x:c r="A1907" s="3" t="str">
         <x:v>1902</x:v>
       </x:c>
       <x:c r="B1907" s="3" t="str">
         <x:v>WDU 11N</x:v>
       </x:c>
       <x:c r="C1907" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1907" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£420.00</x:v>
       </x:c>
       <x:c r="E1907" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:20</x:v>
+        <x:v>Tue 17 Feb 2026 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1908">
       <x:c r="A1908" s="3" t="str">
         <x:v>1903</x:v>
       </x:c>
       <x:c r="B1908" s="3" t="str">
         <x:v>WEB 8W</x:v>
       </x:c>
       <x:c r="C1908" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1908" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,850.00</x:v>
       </x:c>
       <x:c r="E1908" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:20</x:v>
+        <x:v>Tue 17 Feb 2026 18:20</x:v>
       </x:c>
     </x:row>
     <x:row r="1909">
       <x:c r="A1909" s="3" t="str">
         <x:v>1904</x:v>
       </x:c>
       <x:c r="B1909" s="3" t="str">
         <x:v>WIG 444</x:v>
       </x:c>
       <x:c r="C1909" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1909" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,920.00</x:v>
       </x:c>
       <x:c r="E1909" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:20</x:v>
+        <x:v>Tue 17 Feb 2026 18:16</x:v>
       </x:c>
     </x:row>
     <x:row r="1910">
       <x:c r="A1910" s="3" t="str">
         <x:v>1905</x:v>
       </x:c>
       <x:c r="B1910" s="3" t="str">
         <x:v>WIL 632</x:v>
       </x:c>
       <x:c r="C1910" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1910" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E1910" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:20</x:v>
+        <x:v>Tue 17 Feb 2026 17:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1911">
       <x:c r="A1911" s="3" t="str">
         <x:v>1906</x:v>
       </x:c>
       <x:c r="B1911" s="3" t="str">
         <x:v>WJZ 32</x:v>
       </x:c>
       <x:c r="C1911" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1911" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£930.00</x:v>
       </x:c>
       <x:c r="E1911" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:21</x:v>
+        <x:v>Tue 17 Feb 2026 17:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1912">
       <x:c r="A1912" s="3" t="str">
         <x:v>1907</x:v>
       </x:c>
       <x:c r="B1912" s="3" t="str">
         <x:v>WKH 14N</x:v>
       </x:c>
       <x:c r="C1912" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1912" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,050.00</x:v>
       </x:c>
       <x:c r="E1912" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:21</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1913">
       <x:c r="A1913" s="3" t="str">
         <x:v>1908</x:v>
       </x:c>
       <x:c r="B1913" s="3" t="str">
         <x:v>W114 LES</x:v>
       </x:c>
       <x:c r="C1913" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1913" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E1913" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:21</x:v>
+        <x:v>Tue 17 Feb 2026 18:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1914">
       <x:c r="A1914" s="3" t="str">
         <x:v>1909</x:v>
       </x:c>
       <x:c r="B1914" s="3" t="str">
         <x:v>WLK 35J</x:v>
       </x:c>
       <x:c r="C1914" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1914" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£860.00</x:v>
       </x:c>
       <x:c r="E1914" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1915">
       <x:c r="A1915" s="3" t="str">
         <x:v>1910</x:v>
       </x:c>
       <x:c r="B1915" s="3" t="str">
         <x:v>WLL 1A</x:v>
       </x:c>
       <x:c r="C1915" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1915" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,510.00</x:v>
       </x:c>
       <x:c r="E1915" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:21</x:v>
+        <x:v>Tue 17 Feb 2026 17:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1916">
       <x:c r="A1916" s="3" t="str">
         <x:v>1911</x:v>
       </x:c>
       <x:c r="B1916" s="3" t="str">
         <x:v>W47 LLE</x:v>
       </x:c>
       <x:c r="C1916" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1916" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£310.00</x:v>
       </x:c>
       <x:c r="E1916" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:22</x:v>
+        <x:v>Tue 17 Feb 2026 17:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1917">
       <x:c r="A1917" s="3" t="str">
         <x:v>1912</x:v>
       </x:c>
       <x:c r="B1917" s="3" t="str">
         <x:v>W110 LOW</x:v>
       </x:c>
       <x:c r="C1917" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1917" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1917" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:22</x:v>
+        <x:v>Tue 17 Feb 2026 17:52</x:v>
       </x:c>
     </x:row>
     <x:row r="1918">
       <x:c r="A1918" s="3" t="str">
         <x:v>1913</x:v>
       </x:c>
       <x:c r="B1918" s="3" t="str">
         <x:v>31 WLX</x:v>
       </x:c>
       <x:c r="C1918" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1918" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,620.00</x:v>
       </x:c>
       <x:c r="E1918" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:22</x:v>
+        <x:v>Tue 17 Feb 2026 17:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1919">
       <x:c r="A1919" s="3" t="str">
         <x:v>1914</x:v>
       </x:c>
       <x:c r="B1919" s="3" t="str">
         <x:v>84 WR</x:v>
       </x:c>
       <x:c r="C1919" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1919" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,530.00</x:v>
       </x:c>
       <x:c r="E1919" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:22</x:v>
+        <x:v>Tue 17 Feb 2026 17:46</x:v>
       </x:c>
     </x:row>
     <x:row r="1920">
       <x:c r="A1920" s="3" t="str">
         <x:v>1915</x:v>
       </x:c>
       <x:c r="B1920" s="3" t="str">
         <x:v>W32 RDY</x:v>
       </x:c>
       <x:c r="C1920" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1920" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E1920" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:22</x:v>
+        <x:v>Tue 17 Feb 2026 17:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1921">
       <x:c r="A1921" s="3" t="str">
         <x:v>1916</x:v>
       </x:c>
       <x:c r="B1921" s="3" t="str">
         <x:v>450 WS</x:v>
       </x:c>
       <x:c r="C1921" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1921" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,320.00</x:v>
       </x:c>
       <x:c r="E1921" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:23</x:v>
+        <x:v>Tue 17 Feb 2026 17:49</x:v>
       </x:c>
     </x:row>
     <x:row r="1922">
       <x:c r="A1922" s="3" t="str">
         <x:v>1917</x:v>
       </x:c>
       <x:c r="B1922" s="3" t="str">
         <x:v>W43 SON</x:v>
       </x:c>
       <x:c r="C1922" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1922" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£570.00</x:v>
       </x:c>
       <x:c r="E1922" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:23</x:v>
+        <x:v>Tue 17 Feb 2026 18:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1923">
       <x:c r="A1923" s="3" t="str">
         <x:v>1918</x:v>
       </x:c>
       <x:c r="B1923" s="3" t="str">
         <x:v>W48 TEC</x:v>
       </x:c>
       <x:c r="C1923" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1923" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1923" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1924">
       <x:c r="A1924" s="3" t="str">
         <x:v>1919</x:v>
       </x:c>
       <x:c r="B1924" s="3" t="str">
         <x:v>W54 VER</x:v>
       </x:c>
       <x:c r="C1924" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1924" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,020.00</x:v>
       </x:c>
       <x:c r="E1924" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1925">
       <x:c r="A1925" s="3" t="str">
         <x:v>1920</x:v>
       </x:c>
       <x:c r="B1925" s="3" t="str">
         <x:v>W334 VES</x:v>
       </x:c>
       <x:c r="C1925" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1925" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£470.00</x:v>
       </x:c>
       <x:c r="E1925" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1926">
       <x:c r="A1926" s="3" t="str">
         <x:v>1921</x:v>
       </x:c>
       <x:c r="B1926" s="3" t="str">
         <x:v>83 WWH</x:v>
       </x:c>
       <x:c r="C1926" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1926" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,410.00</x:v>
       </x:c>
       <x:c r="E1926" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:24</x:v>
+        <x:v>Tue 17 Feb 2026 17:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1927">
       <x:c r="A1927" s="3" t="str">
         <x:v>1922</x:v>
       </x:c>
       <x:c r="B1927" s="3" t="str">
         <x:v>3 WWL</x:v>
       </x:c>
       <x:c r="C1927" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1927" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,630.00</x:v>
       </x:c>
       <x:c r="E1927" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:24</x:v>
+        <x:v>Tue 17 Feb 2026 18:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1928">
       <x:c r="A1928" s="3" t="str">
         <x:v>1923</x:v>
       </x:c>
       <x:c r="B1928" s="3" t="str">
         <x:v>W411 WLA</x:v>
       </x:c>
       <x:c r="C1928" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1928" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E1928" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:24</x:v>
+        <x:v>Tue 17 Feb 2026 19:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1929">
       <x:c r="A1929" s="3" t="str">
         <x:v>1924</x:v>
       </x:c>
       <x:c r="B1929" s="3" t="str">
         <x:v>2 WWR</x:v>
       </x:c>
       <x:c r="C1929" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1929" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,510.00</x:v>
       </x:c>
       <x:c r="E1929" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:24</x:v>
+        <x:v>Tue 17 Feb 2026 18:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1930">
       <x:c r="A1930" s="3" t="str">
         <x:v>1925</x:v>
       </x:c>
       <x:c r="B1930" s="3" t="str">
         <x:v>3 WYL</x:v>
       </x:c>
       <x:c r="C1930" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1930" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,280.00</x:v>
       </x:c>
       <x:c r="E1930" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:24</x:v>
+        <x:v>Tue 17 Feb 2026 18:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1931">
       <x:c r="A1931" s="3" t="str">
         <x:v>1926</x:v>
       </x:c>
       <x:c r="B1931" s="3" t="str">
         <x:v>456 X</x:v>
       </x:c>
       <x:c r="C1931" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D1931" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,860.00</x:v>
       </x:c>
       <x:c r="E1931" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:25</x:v>
+        <x:v>Tue 17 Feb 2026 18:44</x:v>
       </x:c>
     </x:row>
     <x:row r="1932">
       <x:c r="A1932" s="3" t="str">
         <x:v>1927</x:v>
       </x:c>
       <x:c r="B1932" s="3" t="str">
         <x:v>3 XAB</x:v>
       </x:c>
       <x:c r="C1932" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1932" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,880.00</x:v>
       </x:c>
       <x:c r="E1932" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1933">
       <x:c r="A1933" s="3" t="str">
         <x:v>1928</x:v>
       </x:c>
       <x:c r="B1933" s="3" t="str">
         <x:v>X68 ABS</x:v>
       </x:c>
       <x:c r="C1933" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1933" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£700.00</x:v>
       </x:c>
       <x:c r="E1933" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:25</x:v>
+        <x:v>Tue 17 Feb 2026 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1934">
       <x:c r="A1934" s="3" t="str">
         <x:v>1929</x:v>
       </x:c>
       <x:c r="B1934" s="3" t="str">
         <x:v>XAC 427C</x:v>
       </x:c>
       <x:c r="C1934" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1934" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£280.00</x:v>
       </x:c>
       <x:c r="E1934" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:25</x:v>
+        <x:v>Tue 17 Feb 2026 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1935">
       <x:c r="A1935" s="3" t="str">
         <x:v>1930</x:v>
       </x:c>
       <x:c r="B1935" s="3" t="str">
         <x:v>X64 AEW</x:v>
       </x:c>
       <x:c r="C1935" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1935" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E1935" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:25</x:v>
       </x:c>
     </x:row>
     <x:row r="1936">
       <x:c r="A1936" s="3" t="str">
         <x:v>1931</x:v>
       </x:c>
       <x:c r="B1936" s="3" t="str">
         <x:v>10 XAH</x:v>
       </x:c>
       <x:c r="C1936" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1936" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E1936" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:26</x:v>
+        <x:v>Tue 17 Feb 2026 17:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1937">
       <x:c r="A1937" s="3" t="str">
         <x:v>1932</x:v>
       </x:c>
       <x:c r="B1937" s="3" t="str">
         <x:v>2 XAM</x:v>
       </x:c>
       <x:c r="C1937" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1937" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,870.00</x:v>
       </x:c>
       <x:c r="E1937" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:26</x:v>
+        <x:v>Tue 17 Feb 2026 18:01</x:v>
       </x:c>
     </x:row>
     <x:row r="1938">
       <x:c r="A1938" s="3" t="str">
         <x:v>1933</x:v>
       </x:c>
       <x:c r="B1938" s="3" t="str">
         <x:v>510 XBM</x:v>
       </x:c>
       <x:c r="C1938" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1938" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,240.00</x:v>
       </x:c>
       <x:c r="E1938" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:26</x:v>
+        <x:v>Tue 17 Feb 2026 17:43</x:v>
       </x:c>
     </x:row>
     <x:row r="1939">
       <x:c r="A1939" s="3" t="str">
         <x:v>1934</x:v>
       </x:c>
       <x:c r="B1939" s="3" t="str">
         <x:v>XCH 15X</x:v>
       </x:c>
       <x:c r="C1939" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1939" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£360.00</x:v>
       </x:c>
       <x:c r="E1939" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1940">
       <x:c r="A1940" s="3" t="str">
         <x:v>1935</x:v>
       </x:c>
       <x:c r="B1940" s="3" t="str">
         <x:v>X51 COU</x:v>
       </x:c>
       <x:c r="C1940" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1940" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1940" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:26</x:v>
       </x:c>
     </x:row>
     <x:row r="1941">
       <x:c r="A1941" s="3" t="str">
         <x:v>1936</x:v>
       </x:c>
       <x:c r="B1941" s="3" t="str">
         <x:v>2 XCR</x:v>
       </x:c>
       <x:c r="C1941" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1941" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,670.00</x:v>
       </x:c>
       <x:c r="E1941" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:27</x:v>
+        <x:v>Tue 17 Feb 2026 20:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1942">
       <x:c r="A1942" s="3" t="str">
         <x:v>1937</x:v>
       </x:c>
       <x:c r="B1942" s="3" t="str">
         <x:v>X68 DML</x:v>
       </x:c>
       <x:c r="C1942" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1942" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E1942" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:27</x:v>
       </x:c>
     </x:row>
     <x:row r="1943">
       <x:c r="A1943" s="3" t="str">
         <x:v>1938</x:v>
       </x:c>
       <x:c r="B1943" s="3" t="str">
         <x:v>X113 DRB</x:v>
       </x:c>
       <x:c r="C1943" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1943" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£230.00</x:v>
       </x:c>
       <x:c r="E1943" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:27</x:v>
+        <x:v>Tue 17 Feb 2026 17:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1944">
       <x:c r="A1944" s="3" t="str">
         <x:v>1939</x:v>
       </x:c>
       <x:c r="B1944" s="3" t="str">
         <x:v>77 XDW</x:v>
       </x:c>
       <x:c r="C1944" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1944" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,490.00</x:v>
       </x:c>
       <x:c r="E1944" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:27</x:v>
+        <x:v>Tue 17 Feb 2026 18:55</x:v>
       </x:c>
     </x:row>
     <x:row r="1945">
       <x:c r="A1945" s="3" t="str">
         <x:v>1940</x:v>
       </x:c>
       <x:c r="B1945" s="3" t="str">
         <x:v>XDZ 47</x:v>
       </x:c>
       <x:c r="C1945" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1945" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£940.00</x:v>
       </x:c>
       <x:c r="E1945" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:27</x:v>
+        <x:v>Tue 17 Feb 2026 17:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1946">
       <x:c r="A1946" s="3" t="str">
         <x:v>1941</x:v>
       </x:c>
       <x:c r="B1946" s="3" t="str">
         <x:v>X98 ECK</x:v>
       </x:c>
       <x:c r="C1946" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1946" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1946" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1947">
       <x:c r="A1947" s="3" t="str">
         <x:v>1942</x:v>
       </x:c>
       <x:c r="B1947" s="3" t="str">
         <x:v>XEZ 90</x:v>
       </x:c>
       <x:c r="C1947" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1947" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,030.00</x:v>
       </x:c>
       <x:c r="E1947" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:28</x:v>
+        <x:v>Tue 17 Feb 2026 17:53</x:v>
       </x:c>
     </x:row>
     <x:row r="1948">
       <x:c r="A1948" s="3" t="str">
         <x:v>1943</x:v>
       </x:c>
       <x:c r="B1948" s="3" t="str">
         <x:v>X147 GTA</x:v>
       </x:c>
       <x:c r="C1948" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1948" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,010.00</x:v>
       </x:c>
       <x:c r="E1948" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:28</x:v>
+        <x:v>Tue 17 Feb 2026 19:39</x:v>
       </x:c>
     </x:row>
     <x:row r="1949">
       <x:c r="A1949" s="3" t="str">
         <x:v>1944</x:v>
       </x:c>
       <x:c r="B1949" s="3" t="str">
         <x:v>X45 HES</x:v>
       </x:c>
       <x:c r="C1949" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1949" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,340.00</x:v>
       </x:c>
       <x:c r="E1949" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:28</x:v>
+        <x:v>Tue 17 Feb 2026 18:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1950">
       <x:c r="A1950" s="3" t="str">
         <x:v>1945</x:v>
       </x:c>
       <x:c r="B1950" s="3" t="str">
         <x:v>XHZ 700</x:v>
       </x:c>
       <x:c r="C1950" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1950" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£520.00</x:v>
       </x:c>
       <x:c r="E1950" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:28</x:v>
       </x:c>
     </x:row>
     <x:row r="1951">
       <x:c r="A1951" s="3" t="str">
         <x:v>1946</x:v>
       </x:c>
       <x:c r="B1951" s="3" t="str">
         <x:v>180 XJA</x:v>
       </x:c>
       <x:c r="C1951" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1951" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,110.00</x:v>
       </x:c>
       <x:c r="E1951" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1952">
       <x:c r="A1952" s="3" t="str">
         <x:v>1947</x:v>
       </x:c>
       <x:c r="B1952" s="3" t="str">
         <x:v>X911 JAR</x:v>
       </x:c>
       <x:c r="C1952" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1952" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1952" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:29</x:v>
+        <x:v>Tue 17 Feb 2026 19:07</x:v>
       </x:c>
     </x:row>
     <x:row r="1953">
       <x:c r="A1953" s="3" t="str">
         <x:v>1948</x:v>
       </x:c>
       <x:c r="B1953" s="3" t="str">
         <x:v>X93 JLB</x:v>
       </x:c>
       <x:c r="C1953" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1953" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£510.00</x:v>
       </x:c>
       <x:c r="E1953" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:29</x:v>
+        <x:v>Tue 17 Feb 2026 18:14</x:v>
       </x:c>
     </x:row>
     <x:row r="1954">
       <x:c r="A1954" s="3" t="str">
         <x:v>1949</x:v>
       </x:c>
       <x:c r="B1954" s="3" t="str">
         <x:v>XJV 85L</x:v>
       </x:c>
       <x:c r="C1954" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1954" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E1954" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:29</x:v>
       </x:c>
     </x:row>
     <x:row r="1955">
       <x:c r="A1955" s="3" t="str">
         <x:v>1950</x:v>
       </x:c>
       <x:c r="B1955" s="3" t="str">
         <x:v>XJZ 777</x:v>
       </x:c>
       <x:c r="C1955" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1955" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,140.00</x:v>
       </x:c>
       <x:c r="E1955" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:29</x:v>
+        <x:v>Tue 17 Feb 2026 18:58</x:v>
       </x:c>
     </x:row>
     <x:row r="1956">
       <x:c r="A1956" s="3" t="str">
         <x:v>1951</x:v>
       </x:c>
       <x:c r="B1956" s="3" t="str">
         <x:v>X57 KHS</x:v>
       </x:c>
       <x:c r="C1956" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1956" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,010.00</x:v>
       </x:c>
       <x:c r="E1956" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:30</x:v>
+        <x:v>Tue 17 Feb 2026 20:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1957">
       <x:c r="A1957" s="3" t="str">
         <x:v>1952</x:v>
       </x:c>
       <x:c r="B1957" s="3" t="str">
         <x:v>X611 LLS</x:v>
       </x:c>
       <x:c r="C1957" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1957" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,140.00</x:v>
       </x:c>
       <x:c r="E1957" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:30</x:v>
+        <x:v>Wed 18 Feb 2026 00:54</x:v>
       </x:c>
     </x:row>
     <x:row r="1958">
       <x:c r="A1958" s="3" t="str">
         <x:v>1953</x:v>
       </x:c>
       <x:c r="B1958" s="3" t="str">
         <x:v>XLZ 66</x:v>
       </x:c>
       <x:c r="C1958" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1958" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,420.00</x:v>
       </x:c>
       <x:c r="E1958" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:30</x:v>
+        <x:v>Tue 17 Feb 2026 18:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1959">
       <x:c r="A1959" s="3" t="str">
         <x:v>1954</x:v>
       </x:c>
       <x:c r="B1959" s="3" t="str">
         <x:v>X91 MJD</x:v>
       </x:c>
       <x:c r="C1959" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1959" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,480.00</x:v>
       </x:c>
       <x:c r="E1959" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:30</x:v>
+        <x:v>Tue 17 Feb 2026 18:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1960">
       <x:c r="A1960" s="3" t="str">
         <x:v>1955</x:v>
       </x:c>
       <x:c r="B1960" s="3" t="str">
         <x:v>X511 MMY</x:v>
       </x:c>
       <x:c r="C1960" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1960" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E1960" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:30</x:v>
+        <x:v>Tue 17 Feb 2026 18:05</x:v>
       </x:c>
     </x:row>
     <x:row r="1961">
       <x:c r="A1961" s="3" t="str">
         <x:v>1956</x:v>
       </x:c>
       <x:c r="B1961" s="3" t="str">
         <x:v>XNA 1A</x:v>
       </x:c>
       <x:c r="C1961" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1961" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,270.00</x:v>
       </x:c>
       <x:c r="E1961" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:31</x:v>
+        <x:v>Tue 17 Feb 2026 19:03</x:v>
       </x:c>
     </x:row>
     <x:row r="1962">
       <x:c r="A1962" s="3" t="str">
         <x:v>1957</x:v>
       </x:c>
       <x:c r="B1962" s="3" t="str">
         <x:v>XNZ 51</x:v>
       </x:c>
       <x:c r="C1962" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1962" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£930.00</x:v>
       </x:c>
       <x:c r="E1962" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:31</x:v>
+        <x:v>Tue 17 Feb 2026 18:23</x:v>
       </x:c>
     </x:row>
     <x:row r="1963">
       <x:c r="A1963" s="3" t="str">
         <x:v>1958</x:v>
       </x:c>
       <x:c r="B1963" s="3" t="str">
         <x:v>22 XOM</x:v>
       </x:c>
       <x:c r="C1963" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1963" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,560.00</x:v>
       </x:c>
       <x:c r="E1963" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:31</x:v>
       </x:c>
     </x:row>
     <x:row r="1964">
       <x:c r="A1964" s="3" t="str">
         <x:v>1959</x:v>
       </x:c>
       <x:c r="B1964" s="3" t="str">
         <x:v>XOM 1D</x:v>
       </x:c>
       <x:c r="C1964" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1964" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,000.00</x:v>
       </x:c>
       <x:c r="E1964" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:31</x:v>
+        <x:v>Tue 17 Feb 2026 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1965">
       <x:c r="A1965" s="3" t="str">
         <x:v>1960</x:v>
       </x:c>
       <x:c r="B1965" s="3" t="str">
         <x:v>XRZ 2</x:v>
       </x:c>
       <x:c r="C1965" s="3" t="str">
         <x:v>£500.00</x:v>
       </x:c>
       <x:c r="D1965" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,760.00</x:v>
       </x:c>
       <x:c r="E1965" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:31</x:v>
+        <x:v>Tue 17 Feb 2026 18:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1966">
       <x:c r="A1966" s="3" t="str">
         <x:v>1961</x:v>
       </x:c>
       <x:c r="B1966" s="3" t="str">
         <x:v>X71 SLA</x:v>
       </x:c>
       <x:c r="C1966" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1966" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,270.00</x:v>
       </x:c>
       <x:c r="E1966" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:32</x:v>
+        <x:v>Tue 17 Feb 2026 19:48</x:v>
       </x:c>
     </x:row>
     <x:row r="1967">
       <x:c r="A1967" s="3" t="str">
         <x:v>1962</x:v>
       </x:c>
       <x:c r="B1967" s="3" t="str">
         <x:v>X89 SMX</x:v>
       </x:c>
       <x:c r="C1967" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1967" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E1967" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:32</x:v>
+        <x:v>Tue 17 Feb 2026 18:00</x:v>
       </x:c>
     </x:row>
     <x:row r="1968">
       <x:c r="A1968" s="3" t="str">
         <x:v>1963</x:v>
       </x:c>
       <x:c r="B1968" s="3" t="str">
         <x:v>XSS 5</x:v>
       </x:c>
       <x:c r="C1968" s="3" t="str">
         <x:v>£400.00</x:v>
       </x:c>
       <x:c r="D1968" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£9,010.00</x:v>
       </x:c>
       <x:c r="E1968" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:32</x:v>
+        <x:v>Tue 17 Feb 2026 18:45</x:v>
       </x:c>
     </x:row>
     <x:row r="1969">
       <x:c r="A1969" s="3" t="str">
         <x:v>1964</x:v>
       </x:c>
       <x:c r="B1969" s="3" t="str">
         <x:v>33 XV</x:v>
       </x:c>
       <x:c r="C1969" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1969" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,090.00</x:v>
       </x:c>
       <x:c r="E1969" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:32</x:v>
+        <x:v>Tue 17 Feb 2026 19:08</x:v>
       </x:c>
     </x:row>
     <x:row r="1970">
       <x:c r="A1970" s="3" t="str">
         <x:v>1965</x:v>
       </x:c>
       <x:c r="B1970" s="3" t="str">
         <x:v>X58 VPS</x:v>
       </x:c>
       <x:c r="C1970" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1970" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£260.00</x:v>
       </x:c>
       <x:c r="E1970" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:32</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1971">
       <x:c r="A1971" s="3" t="str">
         <x:v>1966</x:v>
       </x:c>
       <x:c r="B1971" s="3" t="str">
         <x:v>X62 WAK</x:v>
       </x:c>
       <x:c r="C1971" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1971" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E1971" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:33</x:v>
+        <x:v>Tue 17 Feb 2026 18:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1972">
       <x:c r="A1972" s="3" t="str">
         <x:v>1967</x:v>
       </x:c>
       <x:c r="B1972" s="3" t="str">
         <x:v>X75 WAR</x:v>
       </x:c>
       <x:c r="C1972" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1972" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1972" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1973">
       <x:c r="A1973" s="3" t="str">
         <x:v>1968</x:v>
       </x:c>
       <x:c r="B1973" s="3" t="str">
         <x:v>96 XX</x:v>
       </x:c>
       <x:c r="C1973" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1973" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£13,010.00</x:v>
       </x:c>
       <x:c r="E1973" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:33</x:v>
+        <x:v>Tue 17 Feb 2026 20:10</x:v>
       </x:c>
     </x:row>
     <x:row r="1974">
       <x:c r="A1974" s="3" t="str">
         <x:v>1969</x:v>
       </x:c>
       <x:c r="B1974" s="3" t="str">
         <x:v>X413 XAX</x:v>
       </x:c>
       <x:c r="C1974" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1974" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£710.00</x:v>
       </x:c>
       <x:c r="E1974" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:33</x:v>
+        <x:v>Tue 17 Feb 2026 18:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1975">
       <x:c r="A1975" s="3" t="str">
         <x:v>1970</x:v>
       </x:c>
       <x:c r="B1975" s="3" t="str">
         <x:v>XX54 CHA</x:v>
       </x:c>
       <x:c r="C1975" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1975" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,710.00</x:v>
       </x:c>
       <x:c r="E1975" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:33</x:v>
       </x:c>
     </x:row>
     <x:row r="1976">
       <x:c r="A1976" s="3" t="str">
         <x:v>1971</x:v>
       </x:c>
       <x:c r="B1976" s="3" t="str">
         <x:v>90 XXX</x:v>
       </x:c>
       <x:c r="C1976" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1976" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,610.00</x:v>
       </x:c>
       <x:c r="E1976" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:34</x:v>
+        <x:v>Tue 17 Feb 2026 19:09</x:v>
       </x:c>
     </x:row>
     <x:row r="1977">
       <x:c r="A1977" s="3" t="str">
         <x:v>1972</x:v>
       </x:c>
       <x:c r="B1977" s="3" t="str">
         <x:v>YAA 45S</x:v>
       </x:c>
       <x:c r="C1977" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1977" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,040.00</x:v>
       </x:c>
       <x:c r="E1977" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1978">
       <x:c r="A1978" s="3" t="str">
         <x:v>1973</x:v>
       </x:c>
       <x:c r="B1978" s="3" t="str">
         <x:v>YAF 41B</x:v>
       </x:c>
       <x:c r="C1978" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1978" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£720.00</x:v>
       </x:c>
       <x:c r="E1978" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:34</x:v>
+        <x:v>Tue 17 Feb 2026 18:59</x:v>
       </x:c>
     </x:row>
     <x:row r="1979">
       <x:c r="A1979" s="3" t="str">
         <x:v>1974</x:v>
       </x:c>
       <x:c r="B1979" s="3" t="str">
         <x:v>71 YAN</x:v>
       </x:c>
       <x:c r="C1979" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D1979" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,660.00</x:v>
       </x:c>
       <x:c r="E1979" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:34</x:v>
+        <x:v>Tue 17 Feb 2026 18:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1980">
       <x:c r="A1980" s="3" t="str">
         <x:v>1975</x:v>
       </x:c>
       <x:c r="B1980" s="3" t="str">
         <x:v>YAN 3E</x:v>
       </x:c>
       <x:c r="C1980" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1980" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,000.00</x:v>
       </x:c>
       <x:c r="E1980" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:34</x:v>
       </x:c>
     </x:row>
     <x:row r="1981">
       <x:c r="A1981" s="3" t="str">
         <x:v>1976</x:v>
       </x:c>
       <x:c r="B1981" s="3" t="str">
         <x:v>124 YAT</x:v>
       </x:c>
       <x:c r="C1981" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1981" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,510.00</x:v>
       </x:c>
       <x:c r="E1981" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:35</x:v>
+        <x:v>Tue 17 Feb 2026 18:21</x:v>
       </x:c>
     </x:row>
     <x:row r="1982">
       <x:c r="A1982" s="3" t="str">
         <x:v>1977</x:v>
       </x:c>
       <x:c r="B1982" s="3" t="str">
         <x:v>Y431 BEN</x:v>
       </x:c>
       <x:c r="C1982" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1982" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£640.00</x:v>
       </x:c>
       <x:c r="E1982" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:35</x:v>
+        <x:v>Tue 17 Feb 2026 18:04</x:v>
       </x:c>
     </x:row>
     <x:row r="1983">
       <x:c r="A1983" s="3" t="str">
         <x:v>1978</x:v>
       </x:c>
       <x:c r="B1983" s="3" t="str">
         <x:v>Y35 BUH</x:v>
       </x:c>
       <x:c r="C1983" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1983" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£810.00</x:v>
       </x:c>
       <x:c r="E1983" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:35</x:v>
       </x:c>
     </x:row>
     <x:row r="1984">
       <x:c r="A1984" s="3" t="str">
         <x:v>1979</x:v>
       </x:c>
       <x:c r="B1984" s="3" t="str">
         <x:v>14 YDA</x:v>
       </x:c>
       <x:c r="C1984" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1984" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,310.00</x:v>
       </x:c>
       <x:c r="E1984" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:35</x:v>
+        <x:v>Tue 17 Feb 2026 17:40</x:v>
       </x:c>
     </x:row>
     <x:row r="1985">
       <x:c r="A1985" s="3" t="str">
         <x:v>1980</x:v>
       </x:c>
       <x:c r="B1985" s="3" t="str">
         <x:v>Y92 DAN</x:v>
       </x:c>
       <x:c r="C1985" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1985" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,650.00</x:v>
       </x:c>
       <x:c r="E1985" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:35</x:v>
+        <x:v>Tue 17 Feb 2026 18:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1986">
       <x:c r="A1986" s="3" t="str">
         <x:v>1981</x:v>
       </x:c>
       <x:c r="B1986" s="3" t="str">
         <x:v>241 YDN</x:v>
       </x:c>
       <x:c r="C1986" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1986" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,100.00</x:v>
       </x:c>
       <x:c r="E1986" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:36</x:v>
+        <x:v>Wed 18 Feb 2026 03:32</x:v>
       </x:c>
     </x:row>
     <x:row r="1987">
       <x:c r="A1987" s="3" t="str">
         <x:v>1982</x:v>
       </x:c>
       <x:c r="B1987" s="3" t="str">
         <x:v>997 YEL</x:v>
       </x:c>
       <x:c r="C1987" s="3" t="str">
         <x:v>£800.00</x:v>
       </x:c>
       <x:c r="D1987" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£6,240.00</x:v>
       </x:c>
       <x:c r="E1987" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:36</x:v>
+        <x:v>Tue 17 Feb 2026 18:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1988">
       <x:c r="A1988" s="3" t="str">
         <x:v>1983</x:v>
       </x:c>
       <x:c r="B1988" s="3" t="str">
         <x:v>YGZ 400</x:v>
       </x:c>
       <x:c r="C1988" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D1988" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£800.00</x:v>
       </x:c>
       <x:c r="E1988" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:36</x:v>
+        <x:v>Tue 17 Feb 2026 20:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1989">
       <x:c r="A1989" s="3" t="str">
         <x:v>1984</x:v>
       </x:c>
       <x:c r="B1989" s="3" t="str">
         <x:v>YIG 40</x:v>
       </x:c>
       <x:c r="C1989" s="3" t="str">
         <x:v>£170.00</x:v>
       </x:c>
       <x:c r="D1989" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,170.00</x:v>
       </x:c>
       <x:c r="E1989" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:36</x:v>
+        <x:v>Tue 17 Feb 2026 17:47</x:v>
       </x:c>
     </x:row>
     <x:row r="1990">
       <x:c r="A1990" s="3" t="str">
         <x:v>1985</x:v>
       </x:c>
       <x:c r="B1990" s="3" t="str">
         <x:v>Y93 LTA</x:v>
       </x:c>
       <x:c r="C1990" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1990" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£210.00</x:v>
       </x:c>
       <x:c r="E1990" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:36</x:v>
       </x:c>
     </x:row>
     <x:row r="1991">
       <x:c r="A1991" s="3" t="str">
         <x:v>1986</x:v>
       </x:c>
       <x:c r="B1991" s="3" t="str">
         <x:v>YLZ 7000</x:v>
       </x:c>
       <x:c r="C1991" s="3" t="str">
         <x:v>£70.00</x:v>
       </x:c>
       <x:c r="D1991" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£550.00</x:v>
       </x:c>
       <x:c r="E1991" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1992">
       <x:c r="A1992" s="3" t="str">
         <x:v>1987</x:v>
       </x:c>
       <x:c r="B1992" s="3" t="str">
         <x:v>25 YM</x:v>
       </x:c>
       <x:c r="C1992" s="3" t="str">
         <x:v>£2200.00</x:v>
       </x:c>
       <x:c r="D1992" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£7,000.00</x:v>
       </x:c>
       <x:c r="E1992" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1993">
       <x:c r="A1993" s="3" t="str">
         <x:v>1988</x:v>
       </x:c>
       <x:c r="B1993" s="3" t="str">
         <x:v>YMU 11A</x:v>
       </x:c>
       <x:c r="C1993" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1993" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,520.00</x:v>
       </x:c>
       <x:c r="E1993" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:37</x:v>
       </x:c>
     </x:row>
     <x:row r="1994">
       <x:c r="A1994" s="3" t="str">
         <x:v>1989</x:v>
       </x:c>
       <x:c r="B1994" s="3" t="str">
         <x:v>414 YNA</x:v>
       </x:c>
       <x:c r="C1994" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1994" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£18,010.00</x:v>
       </x:c>
       <x:c r="E1994" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:37</x:v>
+        <x:v>Wed 18 Feb 2026 02:18</x:v>
       </x:c>
     </x:row>
     <x:row r="1995">
       <x:c r="A1995" s="3" t="str">
         <x:v>1990</x:v>
       </x:c>
       <x:c r="B1995" s="3" t="str">
         <x:v>Y91 NGH</x:v>
       </x:c>
       <x:c r="C1995" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D1995" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,910.00</x:v>
       </x:c>
       <x:c r="E1995" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:37</x:v>
+        <x:v>Tue 17 Feb 2026 22:24</x:v>
       </x:c>
     </x:row>
     <x:row r="1996">
       <x:c r="A1996" s="3" t="str">
         <x:v>1991</x:v>
       </x:c>
       <x:c r="B1996" s="3" t="str">
         <x:v>YSE 11A</x:v>
       </x:c>
       <x:c r="C1996" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D1996" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£680.00</x:v>
       </x:c>
       <x:c r="E1996" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:38</x:v>
+        <x:v>Tue 17 Feb 2026 18:41</x:v>
       </x:c>
     </x:row>
     <x:row r="1997">
       <x:c r="A1997" s="3" t="str">
         <x:v>1992</x:v>
       </x:c>
       <x:c r="B1997" s="3" t="str">
         <x:v>YSH 481R</x:v>
       </x:c>
       <x:c r="C1997" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1997" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£2,000.00</x:v>
       </x:c>
       <x:c r="E1997" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:38</x:v>
+        <x:v>Tue 17 Feb 2026 17:51</x:v>
       </x:c>
     </x:row>
     <x:row r="1998">
       <x:c r="A1998" s="3" t="str">
         <x:v>1993</x:v>
       </x:c>
       <x:c r="B1998" s="3" t="str">
         <x:v>YTM 4E</x:v>
       </x:c>
       <x:c r="C1998" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D1998" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£610.00</x:v>
       </x:c>
       <x:c r="E1998" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:38</x:v>
       </x:c>
     </x:row>
     <x:row r="1999">
       <x:c r="A1999" s="3" t="str">
         <x:v>1994</x:v>
       </x:c>
       <x:c r="B1999" s="3" t="str">
         <x:v>YU51 NGH</x:v>
       </x:c>
       <x:c r="C1999" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D1999" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,110.00</x:v>
       </x:c>
       <x:c r="E1999" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:38</x:v>
+        <x:v>Tue 17 Feb 2026 18:16</x:v>
       </x:c>
     </x:row>
     <x:row r="2000">
       <x:c r="A2000" s="3" t="str">
         <x:v>1995</x:v>
       </x:c>
       <x:c r="B2000" s="3" t="str">
         <x:v>YUN 35S</x:v>
       </x:c>
       <x:c r="C2000" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D2000" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E2000" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:38</x:v>
+        <x:v>Tue 17 Feb 2026 19:24</x:v>
       </x:c>
     </x:row>
     <x:row r="2001">
       <x:c r="A2001" s="3" t="str">
         <x:v>1996</x:v>
       </x:c>
       <x:c r="B2001" s="3" t="str">
         <x:v>YU06 NUS</x:v>
       </x:c>
       <x:c r="C2001" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D2001" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£460.00</x:v>
       </x:c>
       <x:c r="E2001" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:39</x:v>
       </x:c>
     </x:row>
     <x:row r="2002">
       <x:c r="A2002" s="3" t="str">
         <x:v>1997</x:v>
       </x:c>
       <x:c r="B2002" s="3" t="str">
         <x:v>YU54 SHA</x:v>
       </x:c>
       <x:c r="C2002" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D2002" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£4,110.00</x:v>
       </x:c>
       <x:c r="E2002" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:39</x:v>
+        <x:v>Tue 17 Feb 2026 17:48</x:v>
       </x:c>
     </x:row>
     <x:row r="2003">
       <x:c r="A2003" s="3" t="str">
         <x:v>1998</x:v>
       </x:c>
       <x:c r="B2003" s="3" t="str">
         <x:v>YU59 SUF</x:v>
       </x:c>
       <x:c r="C2003" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D2003" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£3,510.00</x:v>
       </x:c>
       <x:c r="E2003" s="3" t="str">
-        <x:v>Tue 17 Feb 2026 17:39</x:v>
+        <x:v>Tue 17 Feb 2026 19:09</x:v>
       </x:c>
     </x:row>
     <x:row r="2004">
       <x:c r="A2004" s="3" t="str">
         <x:v>1999</x:v>
       </x:c>
       <x:c r="B2004" s="3" t="str">
         <x:v>Y69 WEL</x:v>
       </x:c>
       <x:c r="C2004" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D2004" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E2004" s="3" t="str">
         <x:v>Tue 17 Feb 2026 17:39</x:v>
       </x:c>
     </x:row>
     <x:row r="2005">
       <x:c r="A2005" s="4" t="str">
         <x:v>2000</x:v>
       </x:c>
       <x:c r="B2005" s="4" t="str">
         <x:v>12 YXN</x:v>
       </x:c>
       <x:c r="C2005" s="4" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D2005" s="4" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£1,730.00</x:v>
       </x:c>
       <x:c r="E2005" s="4" t="str">
-        <x:v>Tue 17 Feb 2026 17:39</x:v>
+        <x:v>Tue 17 Feb 2026 17:45</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells>
     <x:mergeCell ref="A1:E1"/>
     <x:mergeCell ref="A2:E2"/>
     <x:mergeCell ref="A3:E3"/>
     <x:mergeCell ref="A4:E4"/>
   </x:mergeCells>
 </x:worksheet>
 </file>