--- v2 (2026-03-28)
+++ v3 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e0de41b776347e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cf0891956884baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="February, 2026" sheetId="1" r:id="R28c714ddcb6543dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="February, 2026" sheetId="1" r:id="Re70d3a1f3d514f79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77f1f504015945e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R28c714ddcb6543dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R678138b1903e4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re70d3a1f3d514f79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 11 to Tuesday 17, February, 2026</x:v>